--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1825,567 +1825,567 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03233594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerating Onset of Puberty Through Modification of Early Life Nutrition Induces Modest but Persistent Changes in Bull Sperm DNA Methylation Profiles Post-puberty</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A comprehensive overview of bull sperm-borne small non-coding RNAs and their diversity across breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marthey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Rau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fgene.2020.00945⟩</w:t>
+              <w:t xml:space="preserve">Epigenetics &amp; Chromatin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13072-020-00340-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03192093v1</w:t>
+                <w:t xml:space="preserve">hal-03176141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA methylation in bull spermatozoa: evolutionary impacts, interindividual variability, and contribution to the embryo</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Accelerating Onset of Puberty Through Modification of Early Life Nutrition Induces Modest but Persistent Changes in Bull Sperm DNA Methylation Profiles Post-puberty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Kenny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Byrne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 100 (1), pp.1-16. </w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1139/cjas-2019-0071⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2020.00945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02959991v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’épigénétique et la construction du phénotype chez le bovin</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DNA methylation in bull spermatozoa: evolutionary impacts, interindividual variability, and contribution to the embryo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2020.33.2.4477⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 100 (1), pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/cjas-2019-0071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02947903v1</w:t>
+                <w:t xml:space="preserve">hal-02959991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comprehensive overview of bull sperm-borne small non-coding RNAs and their diversity across breeds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+                <w:t xml:space="preserve">L’épigénétique et la construction du phénotype chez le bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Beaujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Devinoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetics &amp; Chromatin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 13 (1), </w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 33 (2), pp.109-124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13072-020-00340-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2020.33.2.4477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03176141v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of micronutrient supplementation on performance and epigenetic status in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3538,51 +3538,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02715398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (56)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (57)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3697,445 +3697,445 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05238688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of early cold temperature on genome-wide DNA methylation patterns in rainbow trout divergent lines for muscle fat content</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sequence-level GWAS of sperm DNA methylation in Holstein bulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Fouéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Lallias</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+                <w:t xml:space="preserve">Gabriel Costa Monteiro Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XV International Symposium on Genetics in Aquaculture (ISGA XV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Cadiz, Spain</w:t>
+              <w:t xml:space="preserve">Plant and Animal Genome conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, San Diego (CA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05227755v1</w:t>
+                <w:t xml:space="preserve">hal-05536661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic determinism of sperm DNA methylation in French Holstein cattle</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Valentin Costes</w:t>
+                <w:t xml:space="preserve">Impact of early cold temperature on genome-wide DNA methylation patterns in rainbow trout divergent lines for muscle fat content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lallias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Dehaullon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Harté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+                <w:t xml:space="preserve">Michael Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.773</w:t>
+              <w:t xml:space="preserve">XV International Symposium on Genetics in Aquaculture (ISGA XV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Cadiz, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04694158v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05227755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A capture-based approach for DNA methylation analysis in cattle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic determinism of sperm DNA methylation in French Holstein cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Fouéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Costes</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">D.E. Rico</w:t>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.231</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.773</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197539v1</w:t>
+                <w:t xml:space="preserve">hal-04694158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A large study to assess the magnitude of foetal programming in cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Hozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4157,1942 +4157,2007 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M P Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74th Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-936-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04195862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of early cold temperature on genomewide dna methylation patterns in juvenile rainbow trout divergent lines for muscle fat content</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lallias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Harté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquaculture Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Aquaculture Society (EAS), Sep 2023, Vienna, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15454/1.5572329612068406E12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04256745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetic biomarkers of environmental enrichment and parity in pregnant sows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A capture-based approach for DNA methylation analysis in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. López-Catalina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar González-Recio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Mescouto Lopes</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Camille Gerard</w:t>
+                <w:t xml:space="preserve">D.E. Rico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE; EAAP, Aug 2023, Lyon, France. pp.233</w:t>
+              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.231</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05460740v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A large population study to assess the magnitude of foetal programming in cattle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Epigenetic biomarkers of environmental enrichment and parity in pregnant sows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Mescouto Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Fouéré</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M.P. Sanchez</w:t>
+                <w:t xml:space="preserve">Camille Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.233</w:t>
+              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE; EAAP, Aug 2023, Lyon, France. pp.233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04197608v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05460740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of temperature regime during embryonic development on genomewide patterns of DNA methylation in liver samples of juvenile rainbow trout</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A large population study to assess the magnitude of foetal programming in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Labbé</w:t>
+                <w:t xml:space="preserve">C. Fouéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hoze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.P. Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Europe 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Funchal (Madeira), Portugal</w:t>
+              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03778951v1</w:t>
+                <w:t xml:space="preserve">hal-04197608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">APPRENTISSAGE AUTOMATIQUE ET EPIGENETIQUE : PREDICTION DE LA FERTILITE DES TAUREAUX A PARTIR DU METHYLOME SPERMATIQUE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Costes</w:t>
+                <w:t xml:space="preserve">Impact of temperature regime during embryonic development on genomewide patterns of DNA methylation in liver samples of juvenile rainbow trout</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lallias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Aubert</w:t>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EpiPHASE 6ème journée d'animation scientifique autour de l'épigénétique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Aquaculture Europe 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Funchal (Madeira), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03364090v1</w:t>
+                <w:t xml:space="preserve">hal-03778951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The epigenome of male germ cells in ruminants</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">APPRENTISSAGE AUTOMATIQUE ET EPIGENETIQUE : PREDICTION DE LA FERTILITE DES TAUREAUX A PARTIR DU METHYLOME SPERMATIQUE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DADE (Domestic Animals Dohad &amp; Epigenetics)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Quebec City, Canada</w:t>
+              <w:t xml:space="preserve">EpiPHASE 6ème journée d'animation scientifique autour de l'épigénétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03439192v1</w:t>
+                <w:t xml:space="preserve">hal-03364090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of bull fertility based on the sperm methylome</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The epigenome of male germ cells in ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAAP Annual Meeting 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Davos, Switzerland</w:t>
+              <w:t xml:space="preserve">DADE (Domestic Animals Dohad &amp; Epigenetics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Quebec City, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03364124v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03439192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inter-individual variability in the bull sperm methylome: what does it tells about the animal and which practical applications?</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Prediction of bull fertility based on the sperm methylome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIVETS 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Poitiers, France</w:t>
+              <w:t xml:space="preserve">EAAP Annual Meeting 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03440300v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03364124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Différenciation et reprogrammation épigénétique des cellules germinales mâles dans le testicule fœtal bovin</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inter-individual variability in the bull sperm methylome: what does it tells about the animal and which practical applications?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EpiPHASE 6ème journée d'animation scientifique autour de l'épigénétique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">AIVETS 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03284625v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03440300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sources de variation de la méthylation de l'ADN chez la truite arc-en-ciel : effets combinés de la température et du patrimoine génétique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Labbé</w:t>
+                <w:t xml:space="preserve">Différenciation et reprogrammation épigénétique des cellules germinales mâles dans le testicule fœtal bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bonnet-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème journée d'animation scientifique autour de l'épigénétique (épiPHASE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EpiPHASE 6ème journée d'animation scientifique autour de l'épigénétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03779185v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03284625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatisation de la préparation de librairies RRBS : un recul de 2 ans sur 388 librairies et 2 espèces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sources de variation de la méthylation de l'ADN chez la truite arc-en-ciel : effets combinés de la température et du patrimoine génétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lallias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Valentin Costes</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journée d'Animation Scientifique du réseau épiPhase</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6ème journée d'animation scientifique autour de l'épigénétique (épiPHASE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Zoom, France. pp.1031-1052, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15592294.2020.1834924⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02734801v1</w:t>
+                <w:t xml:space="preserve">hal-03779185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term impact of early life nutrition on DNA methylation patterns in bull sperm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automatisation de la préparation de librairies RRBS : un recul de 2 ans sur 388 librairies et 2 espèces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eli Sellem</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">61. Annual Meeting EAAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2019, Gand, Belgium. 116p</w:t>
+              <w:t xml:space="preserve">5. Journée d'Animation Scientifique du réseau épiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Toulouse, France. 35 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735495v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of aging on epigenetics of immune cells in dairy cattle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Jammes</w:t>
+                <w:t xml:space="preserve">Long-term impact of early life nutrition on DNA methylation patterns in bull sperm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Kenny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Byrne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Richard</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">70. Annual meeting of the European Association for Animal Production (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2019, Gant, Belgium. 116p</w:t>
+              <w:t xml:space="preserve">61. Annual Meeting EAAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2019, Gand, Belgium. 116p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734929v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic and non-genetic factors determine DNA methylation patterns in bull sperm</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eli Sellem</w:t>
+                <w:t xml:space="preserve">Effects of aging on epigenetics of immune cells in dairy cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Pontlevoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Chris Hoze</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">70. Annual meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2019, Gant, Belgium. 116p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02736384v1</w:t>
+                <w:t xml:space="preserve">hal-02734929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A descriptive analysis of bull sperm methylome using reduced representation bisulphite sequencing (RRBS).</w:t>
+                <w:t xml:space="preserve">Genetic and non-genetic factors determine DNA methylation patterns in bull sperm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hoze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Bull Fertility Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, British Society of Animal Science (BSAS). GBR., May 2018, Westport, Ireland</w:t>
+              <w:t xml:space="preserve">70. Annual meeting of the European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2019, Gant, Belgium. 116p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736565v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De «l’épigénétique en paillettes» ou l’épigénome des spermatozoïdes de taureaux</w:t>
+                <w:t xml:space="preserve">Contribution of sperm methylome to bull fertility and interactions with DNA polymorphism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séance hebdomadaire de l'Académie d'Agriculture de France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 ASAS-CSAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Society of Animal Science (ASAS). USA., Jul 2018, Vancouver, Canada. pp.522, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jas/sky404.815⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02734858v1</w:t>
+                <w:t xml:space="preserve">hal-02733892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le &amp;quot;patrimoine épigénétique&amp;quot; des spermatozoïdes bovins : variations physiologiques et pathologiques du méthylome spermatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6151,2140 +6216,2075 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Nouzilly, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of sperm methylome to bull fertility and interactions with DNA polymorphism</w:t>
+                <w:t xml:space="preserve">De «l’épigénétique en paillettes» ou l’épigénome des spermatozoïdes de taureaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 ASAS-CSAS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séance hebdomadaire de l'Académie d'Agriculture de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie d'Agriculture de France (AAF). FRA., Nov 2018, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733892v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Big data pour les données épigénétiques: illustration par des données pan-génomiques de méthylation de l’ADN</w:t>
+                <w:t xml:space="preserve">A descriptive analysis of bull sperm methylome using reduced representation bisulphite sequencing (RRBS).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Adebiotech, EPIGEN, L'épigénétique dans la réponse du vivant aux facteurs environnementaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Adebiotech. FRA., Mar 2018, Romainville, France. pp.48</w:t>
+              <w:t xml:space="preserve">International Bull Fertility Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, British Society of Animal Science (BSAS). GBR., May 2018, Westport, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737135v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bull sperm sncRNAs: A new source for potential fertility biomarkers?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Big data pour les données épigénétiques: illustration par des données pan-génomiques de méthylation de l’ADN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Bull Fertility Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, British Society of Animal Science (BSAS). GBR., May 2018, Westport, Ireland</w:t>
+              <w:t xml:space="preserve">Colloque Adebiotech, EPIGEN, L'épigénétique dans la réponse du vivant aux facteurs environnementaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Adebiotech. FRA., Mar 2018, Romainville, France. pp.48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734297v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reprogrammation de la méthylation de l’ADN des cellules germinales au cours du développement testiculaire chez Capra Hircus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bull sperm sncRNAs: A new source for potential fertility biomarkers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marthey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
+              <w:t xml:space="preserve">International Bull Fertility Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, British Society of Animal Science (BSAS). GBR., May 2018, Westport, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607860v1</w:t>
+                <w:t xml:space="preserve">hal-02734297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les petits ARN non codants du spermatozoïde bovin, de potentiels biomarqueurs de la fertilité mâle ?</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reprogrammation de la méthylation de l’ADN des cellules germinales au cours du développement testiculaire chez Capra Hircus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1p</w:t>
+              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01608764v1</w:t>
+                <w:t xml:space="preserve">hal-01607860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetic reprogramming in the male germ line of ruminants</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eli Sellem</w:t>
+                <w:t xml:space="preserve">RRBS-toolkit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Al Adhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">France-Japan Epigenetics Workshop 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ATouT. Com. FRA., Nov 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02791776v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RRBS-toolkit</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hala Al Adhami</w:t>
+                <w:t xml:space="preserve">Epigenetic reprogramming in the male germ line of ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Calvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
+              <w:t xml:space="preserve">France-Japan Epigenetics Workshop 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATouT. Com. FRA., Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01604387v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02791776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signatures épigénétiques associées à l’état physiologique, nutritionnel et pathologique chez la vache laitière en postpartum</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Les petits ARN non codants du spermatozoïde bovin, de potentiels biomarqueurs de la fertilité mâle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marthey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
+              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605492v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de nouveaux biomarqueurs de la fertilité mâle dans le méthylome de la semence bovine: une analyse par RRBS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Signatures épigénétiques associées à l’état physiologique, nutritionnel et pathologique chez la vache laitière en postpartum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Notebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605221v1</w:t>
+                <w:t xml:space="preserve">hal-01605492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une analyse multi-échelle révèle l’hypométhylation massive, tissu-spécifique et espèce-spécifique de l’ADN spermatique bovin</w:t>
+                <w:t xml:space="preserve">Identification de nouveaux biomarqueurs de la fertilité mâle dans le méthylome de la semence bovine: une analyse par RRBS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaneze Mehalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605215v1</w:t>
+                <w:t xml:space="preserve">hal-01605221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enjeu de la nutrition paternelle sur la qualité des gamètes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Une analyse multi-échelle révèle l’hypométhylation massive, tissu-spécifique et espèce-spécifique de l’ADN spermatique bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole Chercheurs - Nutrition périnatale "Enjeux et conséquences pour l'alimentation humaine et les pratiques d'élevage"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). US Formation permanente - Nantes (0534)., Sep 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603632v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new bioinformatics pipeline for livestock RRBS analysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’enjeu de la nutrition paternelle sur la qualité des gamètes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Genomics Meeting 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Molecular Biology Laboratory, European Bioinformatics Institute (EMBL-EBI). GBR., Sep 2016, Cambridge, United Kingdom. 1 p</w:t>
+              <w:t xml:space="preserve">Ecole Chercheurs - Nutrition périnatale "Enjeux et conséquences pour l'alimentation humaine et les pratiques d'élevage"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). US Formation permanente - Nantes (0534)., Sep 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603594v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bull spermatozoa methylation landscape displays breed-specific features revealed by RRBS analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new bioinformatics pipeline for livestock RRBS analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eli Sellem</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Al Adhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Genomics Meeting 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Molecular Biology Laboratory, European Bioinformatics Institute (EMBL-EBI). GBR., Sep 2016, Cambridge, United Kingdom. 45 Diapositives</w:t>
+              <w:t xml:space="preserve">, European Molecular Biology Laboratory, European Bioinformatics Institute (EMBL-EBI). GBR., Sep 2016, Cambridge, United Kingdom. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02797604v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of somatic cell count and trace element supplementation on lactation performance and DNA methylation in PBMC and MEC during early lactation in Holstein dairy cows</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+                <w:t xml:space="preserve">Bull spermatozoa methylation landscape displays breed-specific features revealed by RRBS analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michel Fargetton</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. IDF international mastitis conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Dairy Federation (IDF). FRA., Sep 2016, Nantes, France</w:t>
+              <w:t xml:space="preserve">Livestock Genomics Meeting 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Molecular Biology Laboratory, European Bioinformatics Institute (EMBL-EBI). GBR., Sep 2016, Cambridge, United Kingdom. 45 Diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740296v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02797604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small non coding RNA from Frozen bull sperm cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain S. Marthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Organisation on Animal Reproduction. FRA., Jun 2016, Tours, France. 676 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breeding animals for quality products: not only genetics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of somatic cell count and trace element supplementation on lactation performance and DNA methylation in PBMC and MEC during early lactation in Holstein dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Zawadzki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pount</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michel Fargetton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference of the International Embryo Transfer Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6. IDF international mastitis conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Dairy Federation (IDF). FRA., Sep 2016, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02744287v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An aberrant age of liver DNA methylation is associated with cloning-induced pathologies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Breeding animals for quality products: not only genetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Jacques Monod, DNA methylation and demethylation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annual Conference of the International Embryo Transfer Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2016, Louisville, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RD15353⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02797595v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetics of bovine semen: tools to analyse DNA methylation</w:t>
               </w:r>
@@ -8648,1600 +8648,1725 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01197642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences between cloned and non-cloned cows during first lactation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An aberrant age of liver DNA methylation is associated with cloning-induced pathologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Bagher M. B. Montazer Torbati</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Valérie V. Hallé</w:t>
+                <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2015, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">Conférence Jacques Monod, DNA methylation and demethylation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Nov 2015, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743511v1</w:t>
+                <w:t xml:space="preserve">hal-02797595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outils en épigénomique bovine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Differences between cloned and non-cloned cows during first lactation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bagher M. B. Montazer Torbati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie V. Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'Animation Scientifique "Epigénétique et Elevage"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AGENAE - Analyse du Génome des Animaux d'Elevage (AGENAE). FRA., Apr 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2015, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02797239v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cloning disrupts the methylation signatures associated to age in cattle</w:t>
+                <w:t xml:space="preserve">Outils en épigénomique bovine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Jacques Monod Méthylation et déméthylation de l'ADN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Sep 2013, Roscoff, France</w:t>
+              <w:t xml:space="preserve">Journée d'Animation Scientifique "Epigénétique et Elevage"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGENAE - Analyse du Génome des Animaux d'Elevage (AGENAE). FRA., Apr 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019185v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02797239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetic of gametes and fertility in male: potential consequences on progeny</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cloning disrupts the methylation signatures associated to age in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Martin-Magniette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Balzergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetics and Periconception Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Oct 2013, Sant Feliu de Guixols, Spain. pp.26</w:t>
+              <w:t xml:space="preserve">Conférence Jacques Monod Méthylation et déméthylation de l'ADN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Sep 2013, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01004780v1</w:t>
+                <w:t xml:space="preserve">hal-01019185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’épigénétique…un nouveau domaine à explorer pour la filière bovine</w:t>
+                <w:t xml:space="preserve">Analysis of 5-methyl cytosine and 5-hydromethyl cytosine content and distribution in different lineages during the bovine development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Guillomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA., Dec 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">1. Annual Epiconcept Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Apr 2013, Antalya, Turkey. pp.110</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01189845v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of 5-methyl cytosine and 5-hydromethyl cytosine content and distribution in different lineages during the bovine development</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation of inter-individual epigenetic variability in bovine clones: A high throughput study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Anne Gabory</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Magniette Martin-Magniette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Balzergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Annual Epiconcept Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annual Conference of the International Embryo Transfer Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Hanovre, Germany. pp.173, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv25n1Ab51⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019153v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of inter-individual epigenetic variability in bovine clones: A high throughput study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Epigenetic of gametes and fertility in male: potential consequences on progeny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne E. Campion</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference of the International Embryo Transfer Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Epigenetics and Periconception Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Oct 2013, Sant Feliu de Guixols, Spain. pp.26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/RDv25n1Ab51⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01004742v1</w:t>
+                <w:t xml:space="preserve">hal-01004780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of inter-individual epigenetic variability in bovine clones: a high throughput study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’épigénétique…un nouveau domaine à explorer pour la filière bovine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Devinoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Beaujean Bobineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association of Animal Production (EAAP). FRA., Aug 2013, Nantes, France. pp.542</w:t>
+              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA., Dec 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01004784v1</w:t>
+                <w:t xml:space="preserve">hal-01189845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of inter-individual epigenetic variability in bovine clones: a high throughput study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Magniette Martin-Magniette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Balzergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Annual Epiconcept Conference, Epigenetics and Periconception Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Apr 2013, Antalya, Turkey. pp.23</w:t>
+              <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Animal Production (EAAP). FRA., Aug 2013, Nantes, France. pp.542</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004781v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of 5-methyl cytosine and 5-hydromethyl cytosine contents and distribution in different lineages during the bovine development</w:t>
+                <w:t xml:space="preserve">L'épigénétique : une pierre dans le jardin des questions sur le génome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence J. Monod, "DNA methylation and demethylation"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA. Institut National de la Santé et de la Recherche Médicale (INSERM)., Sep 2013, Roscoff, France. 1 p</w:t>
+              <w:t xml:space="preserve">Colloques de l'Académie d'Agriculture de France : Pourquoi l'Elevage est-il concerné par l'Epigénétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie d'Agriculture de France (AAF). FRA., Nov 2010, Paris, France. pp.26-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019198v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'épigénétique : une pierre dans le jardin des questions sur le génome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation of inter-individual epigenetic variability in bovine clones: a high throughput study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloques de l'Académie d'Agriculture de France : Pourquoi l'Elevage est-il concerné par l'Epigénétique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Académie d'Agriculture de France (AAF). FRA., Nov 2010, Paris, France. pp.26-38</w:t>
+              <w:t xml:space="preserve">1. Annual Epiconcept Conference, Epigenetics and Periconception Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Apr 2013, Antalya, Turkey. pp.23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019632v1</w:t>
+                <w:t xml:space="preserve">hal-01004781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound evaluation of fetal and placental development in somatic cell nuclear transfer and artificial insemination bovine pregnancies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of 5-methyl cytosine and 5-hydromethyl cytosine contents and distribution in different lineages during the bovine development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Guillomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas N. Le Cleach</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Valérie V. Hallé</w:t>
+                <w:t xml:space="preserve">Juliette Salvaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38. Annual Conference of the International Embryo Transfer Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conférence J. Monod, "DNA methylation and demethylation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA. Institut National de la Santé et de la Recherche Médicale (INSERM)., Sep 2013, Roscoff, France. 1 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000963v1</w:t>
+                <w:t xml:space="preserve">hal-01019198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution de l'épigénétique dans l'expression phénotypique de caractères d'intérêt agromonique relevant de régulations polygéniques</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Guillomot</w:t>
+                <w:t xml:space="preserve">Ultrasound evaluation of fetal and placental development in somatic cell nuclear transfer and artificial insemination bovine pregnancies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N. Le Cleach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Rocha</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard E. Lecarpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie V. Hallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Colloque Génomique animale et microbienne AGENAE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">38. Annual Conference of the International Embryo Transfer Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2012, Phoenix, United States. pp.118, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv24n1Ab13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01003253v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Contribution de l'épigénétique dans l'expression phénotypique de caractères d'intérêt agromonique relevant de régulations polygéniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Guillomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9. Colloque Génomique animale et microbienne AGENAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, La Rochelle, France. pp.79-81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01003253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ultrasound evaluation of fetal and placental development in clone and control bovine pregnancies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Cleach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Lecarpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Hallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. Colloque scientifique de l'AETE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Européenne de Transfert Embryonnaire - European Embryo Transfer Association (AETE). FRA., Sep 2011, Chester, United Kingdom. pp.265</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01190435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10251,65 +10376,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuroepigenetic programming in relation to the maternal environment: epigenome wide differential analysis of 5-methylation and 5hydroxymethylation in the brain PROGENIE UMR1198</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Badonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10317,124 +10442,124 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Bourgeois-Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR “France Environmental Epigenetics”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05268428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuroepigenetic programming by the maternal environment: Independent contribution of methylation and hydroxymethylation in the offspring's olfactory bulb following preconceptional weight loss in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Badonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10442,485 +10567,485 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Costa Monteiro Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SfDohad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05417624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigénétique de cellules reprogrammées issues de clones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Baquerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Montillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Pain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’animation scientifiques du Département Physiologie Animale et Systèmes d’Elevage 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03808163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetic modifications induced by preclinical inflammation in the mouse mammary gland during successive lactations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elitsa Ivanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hue-Beauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Castille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DOHaD 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03769595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EPI-OLF project: Epigenetic programming of the olfactory bulb in relation to the maternal environment: mapping of 5-methylation and 5-hydroxymethylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Badonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boubet Camille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Baly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'animation EpiPhASE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04378839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of bull fertility based on the sperm methylome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10979,363 +11104,363 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DADE (Domestic Animals DOHaD and Epigenetics)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Quebec City, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03440281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ETUDE DES REMANIEMENTS ÉPIGÉNÉTIQUES AU MOMENT DE L'EGA CHEZ LE BOVIN À L'AIDE D'APPROCHES CORRÉLATIVES EN MICROSCOPIE OPTIQUE</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+                <w:t xml:space="preserve">Effect of inflammation on epigenetic markers in the lactating mammary gland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elitsa Ivanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hélène Jammes</w:t>
+                <w:t xml:space="preserve">Cathy Hue-Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Castille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10emes Journées Scientifiques et Techniques du Réseau des Microscopistes INRAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, TOURS, France</w:t>
+              <w:t xml:space="preserve">1st international congress on Domestic Animal DOHAD and epigenetics (DADE 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Quebec City, Canada. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03517503v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03726549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of inflammation on epigenetic markers in the lactating mammary gland</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elitsa Ivanova</w:t>
+                <w:t xml:space="preserve">ETUDE DES REMANIEMENTS ÉPIGÉNÉTIQUES AU MOMENT DE L'EGA CHEZ LE BOVIN À L'AIDE D'APPROCHES CORRÉLATIVES EN MICROSCOPIE OPTIQUE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Letheule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cathy Hue-Beauvais</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+                <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st international congress on Domestic Animal DOHAD and epigenetics (DADE 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Quebec City, Canada. </w:t>
+              <w:t xml:space="preserve">10emes Journées Scientifiques et Techniques du Réseau des Microscopistes INRAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, TOURS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03726549v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03517503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet du vieillissement chez le bovin sur le méthylome des monocytes à génome constant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Pontlevoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11354,483 +11479,483 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journée d'Animation Scientifique du réseau épiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Toulouse, France. 35 p., 2019, épiPHASE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long term effects of cloning by nuclear transfer on monocytes methylome in dairy Cattle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nuclear protein contents - An epigenetic marking of sperm cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. World Conference on Animal Production (WCAP) - ASAS-CSAS Annual meeting &amp; Trade Show</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Journal of Animal Science, 96 suppl n°3, pp.522, 2018, Abstracts 2018- ASAS-CSAS Annual. </w:t>
+              <w:t xml:space="preserve">International Bull Fertility Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Westport, Ireland. </w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jas/sky404.835⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cambridge University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Advances in Animal Biosciences, 9 (spécial Issue 2 Mai 2018), 2018, Proceedings of the Interantional Bull Fertility Conference</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734979v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear protein contents - An epigenetic marking of sperm cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
+                <w:t xml:space="preserve">Long term effects of cloning by nuclear transfer on monocytes methylome in dairy Cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Notebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Bray</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hélène Jammes</w:t>
+                <w:t xml:space="preserve">Gilles Foucras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Bull Fertility Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Westport, Ireland. </w:t>
+              <w:t xml:space="preserve">12. World Conference on Animal Production (WCAP) - ASAS-CSAS Annual meeting &amp; Trade Show</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Vancouver, Canada. </w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cambridge University Press</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">American Society of Animal Science</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journal of Animal Science, 96 suppl n°3, pp.522, 2018, Abstracts 2018- ASAS-CSAS Annual. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jas/sky404.835⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02734045v1</w:t>
+                <w:t xml:space="preserve">hal-02734979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA methylation dynamics during spermatogenesis in ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Messiaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Livera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mammalian Reproductive Gordon Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Lucca, Italy. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methylation analysis in monocytes at postpartum period in dairy cattle: potential biomarkers of health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11852,110 +11977,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Adebiotech, EPIGEN, L'épigénétique dans la réponse du vivant aux facteurs environnementaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Romainville, France. , pp.48, 2018, EPIGEN, L'épigénétique dans la réponse du vivant aux facteurs environnementaux</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small non coding RNA from frozen bull sperm cells: A Biomarkers panel of male fertility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11964,123 +12089,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAG XXV - Plant and Animal Genome Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Qan Diego, United States. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small non coding RNA from frozen bull sperm cells: biomarkers of male fertility?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12089,650 +12214,650 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36. Conference of the International Society for Animal Genetics (ISAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Dublin, Ireland. , pp.222, 2017, ISAG 2017 36th International Society for Animal Genetics Conference</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution des profils de méthylation (5mC et 5HMC) et d’expression des gènes DNMTs et TETs dans le lignage trophoblastique et ses dérivés chez le bovin au cours de la gestation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Guillomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gabory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Colloque International du Groupe de la Francophonie Placentaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Grenoble, France. , 47 p., 2017, Sixième Colloque International du Groupe de la Francophonie Placentaire "De l'implantation à la parturition : Bases fondamentales et cliniques"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methylation analysis in monocytes at postpartum period in dairy cattle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Jammes</w:t>
+                <w:t xml:space="preserve">LUminometric Methylation Assay (LUMA) : Mise au point et applications chez le bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAG XXV - Plant and Animal Genome Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, San Diego, United States. , 2017</w:t>
+              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. , 1 p., 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737532v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small non coding RNA from frozen bull sperm cells: biomarkers of male fertility?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+                <w:t xml:space="preserve">Methylation analysis in monocytes at postpartum period in dairy cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAG XXVI Plant and Animal Genome Conference</w:t>
+              <w:t xml:space="preserve">PAG XXV - Plant and Animal Genome Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, San Diego, United States. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738420v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LUminometric Methylation Assay (LUMA) : Mise au point et applications chez le bovin</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anne Gabory</w:t>
+                <w:t xml:space="preserve">Small non coding RNA from frozen bull sperm cells: biomarkers of male fertility?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. , 1 p., 2017</w:t>
+              <w:t xml:space="preserve">PAG XXVI Plant and Animal Genome Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, San Diego, United States. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607588v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histone/protamine content of frozen bull sperm cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Le Danvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12764,73 +12889,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Tours, France. , 676 p., 2016, 18th International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bull spermatozoa DNA methylation landscape displays unique features revealed by multi-scale analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12889,73 +13014,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Plant and Animal Genome (PAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2016, San Diego, United States. , 2016, Plant &amp; Animal Genome XXIV</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reprogrammation épigénétique des cellules germinales mâles de ruminants : résultats et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13014,73 +13139,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Réunion d'Animation épiPHASE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Saint-Pée-sur-Nivelle, France. , 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02798618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration des signatures épigénétiques et des polymorphismes de séquences pour évaluer l'impact environnemental sur la réalisation du potentiel génétique chez le bovin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13102,235 +13227,235 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Difference in fibroblasts’ ability to be reprogrammed by the oocyte cytoplasm: study of differential situation in bovine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dube Dubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Aguirre-Lavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Tours, France. , 676 p., 2016, 18th International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetics of bovine semen: tools to DNA methylation analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13339,1059 +13464,1059 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Dubrovnik, Croatia. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cost Office</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 60 p., 2015, Epigenetics and Periconception Environment</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global DNA methylation levels in bovine peripheral blood mononuclear cells and in milk somatic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Dubrovnik, Croatia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COST Edition</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 60 p., 2015, Epigenetics and Periconception Environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetic databases in cattle ant the prediction of phenotypes from genotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Devinoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Warsaw, Poland. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publication - European Association for Animal Production (EAAP), 21, 548 p., 2015, Publication - European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01535309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of somatic nuclear reprogramming on DNA methylation in bovine placental and fœtal tissues: global level, histological localization and genome-wide distribution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId320" w:history="1">
+                <w:t xml:space="preserve">Analysis of methylated DNA contents and distribution in bovine placental and foetal tissues after somatic nuclear reprogramming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Guillomot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Beaujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Aguirre-Lavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Publication - European Association for Animal Production (EAAP), 21, 548 p., 2015, 66th Annual Meeting of the European Association for Animal Production</w:t>
+              <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Dubrovnik, Croatia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cost Office</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 60 p., 2015, Epigenetics and Periconception Environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741156v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of methylated DNA contents and distribution in bovine placental and foetal tissues after somatic nuclear reprogramming</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+                <w:t xml:space="preserve">Studying the placental rabbit methylome and its alteration in intrauterine growth restriction (IUGR) cases during gestation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Al Adhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Aguirre-Lavin</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conférence Jacques Monod, DNA methylation and demethylation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Roscoff, France. , 2015, Conférence Jacques Monod, DNA methylation and demethylation</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost Office</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02742460v1</w:t>
+                <w:t xml:space="preserve">hal-02741269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying the placental rabbit methylome and its alteration in intrauterine growth restriction (IUGR) cases during gestation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hala Al Adhami</w:t>
+                <w:t xml:space="preserve">Methylation levels at the GNAS locus is not associated with field fertility in Holstein bulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sarah Valentino</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Acloque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Jacques Monod, DNA methylation and demethylation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Roscoff, France. , 2015, Conférence Jacques Monod, DNA methylation and demethylation</w:t>
+              <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Dubrovnik, Croatia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COST Edition</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 60 p., 2015, Epigenetics and Periconception Environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741269v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methylation levels at the GNAS locus is not associated with field fertility in Holstein bulls</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+                <w:t xml:space="preserve">Impact of somatic nuclear reprogramming on DNA methylation in bovine placental and fœtal tissues: global level, histological localization and genome-wide distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Guillomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hervé Acloque</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Warsaw, Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publication - European Association for Animal Production (EAAP), 21, 548 p., 2015, 66th Annual Meeting of the European Association for Animal Production</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COST Edition</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01194109v1</w:t>
+                <w:t xml:space="preserve">hal-02741156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global DNA methylation in bovine peripheral blood mononuclear cells and in milk somatic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Jacques Monod, DNA Methylation and Demethylation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Roscoff, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetics of bovine semen: tools for DNA methylation analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14450,212 +14575,212 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Jacques Monod, DNA Methylation and Demethylation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Roscoff, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global DNA methylation in bovine peripheral blood mononuclear cells and in milk somatic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Warsaw, Poland. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 21, 2015, Book of Abstracts of the 66th Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of 5-methyl cytosine and 5-hydromethyl cytosine content and distribution in bovine placental and fetal tissues after somatic nuclear reprogramming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Guillomot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14663,248 +14788,248 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne E. Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Beaujean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFPA EPG 2014, Fetal placental-maternal crosstalk and pregnancy outcome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Paris, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsevier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Placenta, 35 (9), 120 p., 2014, International Federation of Placenta Associations meeting 2014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.placenta.2014.06.120⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing a toolbox to study the rabbit methylome and its alteration in IUGR cases during gestation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Al-Adhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Valentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference 2014 Epiconcept "Epigenetics and Periconception Environment"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Vilamoura, Portugal. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COST Office European Cooperation in Science and Technology</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 72 p., 2014, Epigenetics and Periconception Environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14914,120 +15039,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome-wide analysis of methylation in bovine clones by methylated DNA immunoprecipitation (MeDIP)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear reprogramming: Methods and Protocols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1222 (2. ed), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 290 p., 2015, Methods in Molecular Biology, 978-1-4939-1593-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4939-1594-1_20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId340" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02797611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15037,117 +15162,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation d'élements de régulation négative pour l'expression neurospécifique de transgènes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Millecamps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N° de brevet: WOFR9900061. 1999</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02841615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15157,114 +15282,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clonage par simple-hybride de facteurs de transcription régulant le gène de la tyrosine hydroxylase (TH) de rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Institut national agronomique paris-grignon - INA P-G, 2002. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00372111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId346"/>
+      <w:footerReference w:type="default" r:id="rId347"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15411,51 +15536,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059006v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chaulot-Talmon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Ali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schibler" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4406-5_36" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297660v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Denis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doulaye Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leduc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Pez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0332176" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220883v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Costes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoz&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrita Raja Ravi Shankar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Besnard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-11934-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04373584v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n L&#243;pez-Catalina" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Peir&#243;-Pastor" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Gonz&#225;lez-Recio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2023.105377" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04489600v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Sellem" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marthey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0298623" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569709v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M P Sanchez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boussaha" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Fritz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vinet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2023-24051" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03975769v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Ledoux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gelin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-27884-x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672214v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriama &#352;tiavnick&#225;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Ho&#353;ek" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kenny" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-022-08614-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03654993v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Frambourg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13148-022-01275-x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713030v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinju Johnson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alysha Dance" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00441-022-03659-0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713054v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Ibeagha-Awemu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Mckay" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Liu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2022.942747" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508599v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnet-Garnier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/af/vfab062" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233594v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-021-00397-5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03192093v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Byrne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.00945" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02959991v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjas-2019-0071" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947903v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Devinoy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Guillou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.2.4477" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176141v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-020-00340-0" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02963013v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gasselin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Poton" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fargetton" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731120001159" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01975403v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gasselin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4764-0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633915v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38869" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660332v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihiro Mizutani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun-Ichiro Iemura" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tohru Natsume" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideaki Ando" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M807136200" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663700v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dai Tsuzurugi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Michikawa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2006.05.017" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680375v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Chatail-Hermitte" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ravassard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bayard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Brunet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.25.5.1713-1729.2005" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677401v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Alban&#232;se" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.F. Biguet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bayard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mallet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/10.17.1785" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03083407v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Millecamps" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Navarro" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Geoffroy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Robert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/12849" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715398v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Metezeau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cotinot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Colas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Azoulay" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.1080300313" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-24L0VJJ4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05238688v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Sanchez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Patry" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05227755v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lallias" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dehaullon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Hart&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Marchand" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04694158v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197539v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Costes" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L&#243;pez-Catalina" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.E. Rico" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195862v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Hoz&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256745v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Marchand" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frambourg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572329612068406E12" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05460740v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Mescouto Lopes" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gerard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197608v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778951v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labb&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03364090v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03439192v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03364124v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03440300v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284625v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Andr&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779185v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592294.2020.1834924" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734801v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735495v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734929v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Pontlevoy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736384v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736565v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734858v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734129v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733892v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky404.815" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737135v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734297v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Le Danvic" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607860v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608764v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791776v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Calvel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604387v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Al Adhami" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605492v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Notebaert" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605221v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaneze Mehalla" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605215v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603632v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603594v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797604v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740296v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zawadzki" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pount" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fargetton" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743053v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Marthey" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744287v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Couturier-Tarrade" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD15353" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797595v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut T. Larcher" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741190v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741067v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kaneda" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv27n1Ab19" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197642v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Campion" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743511v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bagher M. B. Montazer Torbati" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brun" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Hall&#233;" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797239v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019185v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Martin-Magniette" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004780v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189845v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Beaujean Bobineau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019153v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guillomot" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabory" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004742v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Magniette Martin-Magniette" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv25n1Ab51" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004784v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004781v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019198v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Salvaing" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019632v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000963v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Le Cleach" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard E. Lecarpentier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv24n1Ab13" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003253v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Renard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190435v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Cleach" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lecarpentier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Hall&#233;" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268428v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Badonnel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Bourgeois-Brunel" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417624v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Costa Monteiro Moreira" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03808163v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Kress" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baquerre" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montillet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pain" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769595v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elitsa Ivanova" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hue-Beauvais" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Castille" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04378839v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubet Camille" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Baly" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03440281v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517503v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Deloche" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffont" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726549v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Hue-Beauvais" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734931v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734979v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asas.org/meetings/annual-2018" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky404.835" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734045v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bray" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsas.org.uk/bull-fertility" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790316v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Messiaen" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Livera" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737041v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738179v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735698v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608686v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737532v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738420v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607588v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743274v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741887v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798618v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742703v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741293v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dube Dub&#233;" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Vitorino Carvalho" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Aguirre-Lavin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194108v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295295.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210954v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Neveux" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295262.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535309v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Renard" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/340126.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741156v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Guillomot" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/340118.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742460v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295287.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741269v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Valentino" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194109v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Acloque" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295297.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801617v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799304v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738559v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743903v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/270532_2.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2014.06.120" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741118v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Al-Adhami" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier Mourier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/271943.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797611v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/cell+biology/book/978-1-4939-1593-4" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1594-1_20" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841615v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mallet" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00372111v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059006v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chaulot-Talmon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Ali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schibler" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4406-5_36" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297660v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Denis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doulaye Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leduc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Pez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0332176" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220883v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Costes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoz&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrita Raja Ravi Shankar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Besnard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-11934-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04373584v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n L&#243;pez-Catalina" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Peir&#243;-Pastor" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Gonz&#225;lez-Recio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2023.105377" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04489600v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Sellem" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marthey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0298623" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569709v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M P Sanchez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boussaha" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Fritz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vinet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2023-24051" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03975769v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Ledoux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gelin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-27884-x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672214v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriama &#352;tiavnick&#225;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Ho&#353;ek" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kenny" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-022-08614-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03654993v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Frambourg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13148-022-01275-x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713030v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinju Johnson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alysha Dance" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00441-022-03659-0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713054v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Ibeagha-Awemu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Mckay" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Liu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2022.942747" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508599v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnet-Garnier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/af/vfab062" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233594v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-021-00397-5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176141v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-020-00340-0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03192093v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Byrne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.00945" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02959991v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjas-2019-0071" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947903v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Devinoy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Guillou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.2.4477" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02963013v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gasselin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Poton" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fargetton" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731120001159" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01975403v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gasselin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4764-0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633915v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38869" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660332v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihiro Mizutani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun-Ichiro Iemura" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tohru Natsume" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideaki Ando" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M807136200" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663700v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dai Tsuzurugi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Michikawa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2006.05.017" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680375v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Chatail-Hermitte" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ravassard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bayard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Brunet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.25.5.1713-1729.2005" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677401v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Alban&#232;se" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.F. Biguet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bayard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mallet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/10.17.1785" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03083407v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Millecamps" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Navarro" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Geoffroy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Robert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/12849" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715398v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Metezeau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cotinot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Colas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Azoulay" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.1080300313" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-24L0VJJ4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05238688v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Sanchez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Patry" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05536661v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Costa Monteiro Moreira" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05227755v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lallias" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dehaullon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Hart&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Marchand" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04694158v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195862v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Hoz&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256745v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Marchand" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frambourg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572329612068406E12" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197539v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Costes" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L&#243;pez-Catalina" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.E. Rico" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05460740v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Mescouto Lopes" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gerard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197608v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778951v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labb&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03364090v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03439192v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03364124v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03440300v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284625v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Andr&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779185v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592294.2020.1834924" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734801v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735495v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734929v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Pontlevoy" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736384v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733892v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky404.815" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734129v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734858v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736565v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737135v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734297v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Le Danvic" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607860v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604387v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Al Adhami" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791776v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Calvel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608764v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605492v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Notebaert" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605221v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaneze Mehalla" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605215v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603632v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603594v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797604v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743053v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Marthey" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740296v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zawadzki" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pount" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fargetton" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744287v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Couturier-Tarrade" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD15353" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741190v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741067v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kaneda" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv27n1Ab19" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197642v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Campion" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797595v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut T. Larcher" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743511v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bagher M. B. Montazer Torbati" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brun" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Hall&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797239v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019185v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Martin-Magniette" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019153v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guillomot" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabory" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004742v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Magniette Martin-Magniette" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv25n1Ab51" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004780v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189845v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Beaujean Bobineau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004784v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019632v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004781v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019198v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Salvaing" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000963v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Le Cleach" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard E. Lecarpentier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv24n1Ab13" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003253v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Renard" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190435v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Cleach" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lecarpentier" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Hall&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268428v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Badonnel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Bourgeois-Brunel" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417624v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03808163v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Kress" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baquerre" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montillet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pain" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769595v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elitsa Ivanova" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hue-Beauvais" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Castille" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04378839v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubet Camille" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Baly" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03440281v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726549v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Hue-Beauvais" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517503v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Deloche" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffont" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734931v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734045v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bray" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsas.org.uk/bull-fertility" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734979v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asas.org/meetings/annual-2018" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky404.835" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790316v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Messiaen" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Livera" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737041v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738179v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735698v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608686v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607588v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737532v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738420v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743274v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741887v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798618v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742703v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741293v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dube Dub&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Vitorino Carvalho" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Aguirre-Lavin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194108v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295295.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210954v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Neveux" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295262.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535309v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Renard" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/340126.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742460v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Guillomot" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295287.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741269v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Valentino" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194109v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Acloque" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295297.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741156v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/340118.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801617v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799304v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738559v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743903v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/270532_2.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2014.06.120" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741118v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Al-Adhami" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier Mourier" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/271943.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797611v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/cell+biology/book/978-1-4939-1593-4" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1594-1_20" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841615v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mallet" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00372111v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>