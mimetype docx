--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1912,465 +1912,465 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03866997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and distribution of allophanes, imogolite and proto-imogolite in volcanic soils</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of hydrofluoric acid dissolution on organo-mineral associations in Cambisols and Andosols of Reunion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Doelsch</w:t>
+                <w:t xml:space="preserve">A. de Junet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Borschneck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Abidin</w:t>
+                <w:t xml:space="preserve">Armand Masion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Miche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 183, pp.100-108. </w:t>
+              <w:t xml:space="preserve">European Journal of Soil Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 63 (5), pp.659-673. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2012.03.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2389.2012.01492.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01230138v1</w:t>
+                <w:t xml:space="preserve">hal-00772951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of hydrofluoric acid dissolution on organo-mineral associations in Cambisols and Andosols of Reunion</w:t>
+                <w:t xml:space="preserve">Recent environmental changes and human impact since mid 20th century in Mediterranean Lakes : Ifrah, Iffer and Afourgagh, Middle Atlas Morocco.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. de Junet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Daniel Borschneck</w:t>
+                <w:t xml:space="preserve">B Damnati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armand Masion</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Helene Miche</w:t>
+                <w:t xml:space="preserve">I Etebaai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Reddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Benhardouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Benhardouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Soil Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2389.2012.01492.x⟩</w:t>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 262, pp.44-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2011.09.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00772951v1</w:t>
+                <w:t xml:space="preserve">hal-00769379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent environmental changes and human impact since mid 20th century in Mediterranean Lakes : Ifrah, Iffer and Afourgagh, Middle Atlas Morocco.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">H Reddad</w:t>
+                <w:t xml:space="preserve">Structure and distribution of allophanes, imogolite and proto-imogolite in volcanic soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Levard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Benhardouz</w:t>
+                <w:t xml:space="preserve">Emmanuel Doelsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Benhardouz</w:t>
+                <w:t xml:space="preserve">Z. Abidin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Miche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 262, pp.44-55. </w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 183, pp.100-108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2011.09.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2012.03.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00769379v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01230138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison des résultats analytiques obtenus après fusion alcaline au métaborate avec ceux obtenus après fusion alcaline au tétraborate dans les niveaux d'altération des grès de l'Inkisi (secteur de Brazzaville, République du Congo) : applications dans l'étude des profils d'altération</w:t>
               </w:r>
@@ -2477,103 +2477,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts climatiques et anthropiques sur le fonctionnement hydrogéochimique du Lac Ifrah (Moyen Atlas marocain)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Etebaai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Damnati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Reddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Benhardouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Benhardouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrological Sciences Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 57 (3), pp.547-561. </w:t>
@@ -3370,277 +3370,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03546253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin, location and molecular characterization of phytolith carbon: insights for the phytolith carbon cycle.</w:t>
+                <w:t xml:space="preserve">Soil-plant-atmosphere transfer of organic and metal(oid) pollutants in an industrial and urban area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Alexandre</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Daniel Borschneck</w:t>
+                <w:t xml:space="preserve">A. Austruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Cazevieille</w:t>
+                <w:t xml:space="preserve">M. Roulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Miche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Angeletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th international meeting on phytolith research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Aix en Provence., France</w:t>
+              <w:t xml:space="preserve">EUROSOIL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Istanboul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03552387v1</w:t>
+                <w:t xml:space="preserve">hal-03553795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil-plant-atmosphere transfer of organic and metal(oid) pollutants in an industrial and urban area</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Origin, location and molecular characterization of phytolith carbon: insights for the phytolith carbon cycle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Angeletti</w:t>
+                <w:t xml:space="preserve">A. Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Balesdent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Borschneck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Keller</w:t>
+                <w:t xml:space="preserve">Patrick Cazevieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROSOIL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Istanboul, Turkey</w:t>
+              <w:t xml:space="preserve">10th international meeting on phytolith research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Aix en Provence., France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03553795v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03552387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geochemical and isotopical analyzes of groundwater in a karst system - the case study of Fez-Meknès basin (Morocco).</w:t>
               </w:r>
@@ -4743,51 +4743,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6B89E105"/>
+    <w:nsid w:val="22566174"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4974,51 +4974,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-miche" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4261-4874" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/13003522X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089682v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Claude" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Miche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Gassier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Cherigui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dutour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17111634" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304247v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Voigt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Alexandre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilja M. Reiter" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Orts" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vallet-Coulomb" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-2161-2023" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063830v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Barca" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Magari" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hennebert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2022.108922" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036764v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Scanu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Podda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Miche" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poizat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2020.101757" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120386v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Slomberg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ollivier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Angeletti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Bruchet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.11.279" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NFZLVBSG-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970695v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Saracco" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Mayer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Qarqori" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rouai" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-017-1675-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426082v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Bossa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Chaurand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Levard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Borschneck" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.11.019" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515399v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Balesdent" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M Cazevieille" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M Chevassus-Rosset" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Signoret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-13-1693-2016" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532602v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Austruy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Charbonnier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Babaguela" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445665v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle L. Slomberg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Baran" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Sani-Kast" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN15065" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318686v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mayer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J S&#252;ltenfuss" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Travi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Rebeix" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Purtschert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2013.10.009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6ZT572S-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071842v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Simler" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Affaton" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Mickala" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Boudzoumou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ijg.2013.410A005" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866997v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Rizwan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Meunier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Keller" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2012.01.033" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V3S2SPTS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230138v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Doelsch" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Basile-Doelsch" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Abidin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2012.03.015" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XFS6WF7L-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772951v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Junet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Masion" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2389.2012.01492.x" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T32VG7X3-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769379v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Damnati" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Etebaai" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Reddad" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Benhardouz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Benhardouz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2011.09.028" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PJ07SGVG-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230119v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Sounga" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Noack" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fid&#232;le Mialoundama" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769392v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2012.660158" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426200v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Botta" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Auffan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.03.003" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G5XP29QT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864132v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Etebaai" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Damnati" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Taieb" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897264v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brumas" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Fiallo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2006.11.017" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831266v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gineth Saracco" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Chalikakis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Dekayir" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551493v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Reddad" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar El Talibi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Bouzid" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546253v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552387v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alexandre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cazevieille" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553795v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Austruy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roulier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Miche" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Angeletti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Keller" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544527v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787632v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hamard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gille" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blouvac" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484285v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Noack" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Hamard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gille" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lozano" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907382v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.- E. Math&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Parisot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hermitte" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Borschneck" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863844v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Benhardouze" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Benhardouz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628392v2" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Rispal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Arfib" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audra" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henry" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mocochain" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898808v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465997v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Viguier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-miche" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4261-4874" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/13003522X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089682v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Claude" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Miche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Gassier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Cherigui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dutour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17111634" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304247v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Voigt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Alexandre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilja M. Reiter" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Orts" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vallet-Coulomb" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-2161-2023" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063830v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Barca" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Magari" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hennebert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2022.108922" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036764v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Scanu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Podda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Miche" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poizat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2020.101757" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120386v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Slomberg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ollivier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Angeletti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Bruchet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.11.279" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NFZLVBSG-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970695v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Saracco" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Mayer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Qarqori" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rouai" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-017-1675-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426082v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Bossa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Chaurand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Levard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Borschneck" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.11.019" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515399v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Balesdent" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M Cazevieille" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M Chevassus-Rosset" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Signoret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-13-1693-2016" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532602v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Austruy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Charbonnier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Babaguela" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445665v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle L. Slomberg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Baran" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Sani-Kast" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN15065" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318686v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mayer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J S&#252;ltenfuss" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Travi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Rebeix" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Purtschert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2013.10.009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6ZT572S-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071842v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Simler" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Affaton" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Mickala" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Boudzoumou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ijg.2013.410A005" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866997v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Rizwan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Meunier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Keller" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2012.01.033" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V3S2SPTS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772951v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Junet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Basile-Doelsch" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Masion" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2389.2012.01492.x" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T32VG7X3-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769379v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Damnati" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Etebaai" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Reddad" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Benhardouz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Benhardouz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2011.09.028" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PJ07SGVG-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230138v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Doelsch" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Abidin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2012.03.015" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XFS6WF7L-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230119v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Sounga" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Noack" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fid&#232;le Mialoundama" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769392v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2012.660158" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426200v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Botta" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Auffan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.03.003" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G5XP29QT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864132v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Etebaai" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Damnati" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Taieb" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897264v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brumas" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Fiallo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2006.11.017" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831266v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gineth Saracco" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Chalikakis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Dekayir" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551493v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Reddad" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar El Talibi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Bouzid" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546253v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553795v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Austruy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roulier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Miche" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Angeletti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Keller" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552387v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alexandre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cazevieille" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544527v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787632v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hamard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gille" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blouvac" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484285v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Noack" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Hamard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gille" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lozano" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907382v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.- E. Math&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Parisot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hermitte" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Borschneck" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863844v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Benhardouze" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Benhardouz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628392v2" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Rispal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Arfib" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audra" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henry" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mocochain" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898808v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465997v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Viguier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>