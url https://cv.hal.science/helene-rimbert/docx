--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -225,329 +225,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05518160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring wheat diversity with low-pass long-read sequencing</w:t>
+                <w:t xml:space="preserve">Breed wheat pangenome graph provides access to gene diversity, structural variations and key agronomic loci architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pauline Lasserre-Zuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djémilatou Ouandaogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sourdille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3eme colloque INRAE Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE Genomics, Jun 2025, Clermont- Ferrand, France</w:t>
+              <w:t xml:space="preserve">JOBIM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de BioInformatique (SFBI),Institut Français de Bioinformatique (IFB),Modélisation et Méthodologie (GDR BIMMM), Jul 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05122908v1</w:t>
+                <w:t xml:space="preserve">hal-05194720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breed wheat pangenome graph provides access to gene diversity, structural variations and key agronomic loci architecture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pauline Lasserre-Zuber</w:t>
+                <w:t xml:space="preserve">Exploring wheat diversity with low-pass long-read sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Djémilatou Ouandaogo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hélène Rimbert</w:t>
+                <w:t xml:space="preserve">Véronique Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Sourdille</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benjamin Aubier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de BioInformatique (SFBI),Institut Français de Bioinformatique (IFB),Modélisation et Méthodologie (GDR BIMMM), Jul 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">3eme colloque INRAE Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE Genomics, Jun 2025, Clermont- Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05194720v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05122908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bread wheat pangenome Graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lasserre-Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djemila Ouandaogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -887,51 +887,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Darracq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Pirani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">60. Maize Genetics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, St Malo, France</w:t>
@@ -986,51 +986,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Vignassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bornaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1111,51 +1111,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Duarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Darracq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clementine Vitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1210,51 +1210,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying sequence features impacting recombination in wheat: lessons from chromosome 3B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sourdille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Darrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1262,51 +1262,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Choulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Balfourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Int. Wheat Genet. Symp</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Tulln, France</w:t>
@@ -1348,90 +1348,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequencing and Analysis of Wheat Chromosome 1B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Choulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambre-Aurore Josselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Darrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sourdille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Animal Genome XXIV Conference; IWGSC Standards and Protocoles Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2016, San Diego, United States</w:t>
@@ -1486,51 +1486,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Darrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Loussert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1723,51 +1723,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural variations of the hexaploid wheat chromosome 3B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeric Dynomant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vrána</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1861,51 +1861,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Darrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Loussert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Debote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1999,51 +1999,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Darracq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Pirani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mabire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2367,103 +2367,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction and analysis of pangenomic graphs in soft wheat from 14 public genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djémilatou Ouandaogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sourdille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lasserre-Zuber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. , pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2482,277 +2482,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05194677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de diversité d'un panel de pré-breeding de blé tendre par une approche transcriptomique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mark Davey</w:t>
+                <w:t xml:space="preserve">IWGSC 2.0: Implementing the Wheat Diversity Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joshua C Stein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Llaca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Fengler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catalina Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Caugant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9 ème rencontres du FSOV -2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">PAG 2024 Australia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Perth, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04712172v1</w:t>
+                <w:t xml:space="preserve">hal-04913949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IWGSC 2.0: Implementing the Wheat Diversity Project</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Caugant</w:t>
+                <w:t xml:space="preserve">Analyse de diversité d'un panel de pré-breeding de blé tendre par une approche transcriptomique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Choulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Argillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Auzanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Davey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAG 2024 Australia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Perth, Australia</w:t>
+              <w:t xml:space="preserve">9 ème rencontres du FSOV -2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04913949v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04712172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Have a break: how to decipher Spo11.2 role in Triticum aestivum?</w:t>
               </w:r>
@@ -3014,51 +3014,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeric Dynomant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaroslav Dolezel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3084,374 +3084,374 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAG XXVI - Plant and Animal Genome Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, San Diego, United States. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural and Functional Annotation of the Wheat Genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Choulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Spannagl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Swarbreck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rudi Appels, Kellye Eversole, Catherine Feuillet, Dusti Gallagher. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Wheat Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.51-73, 2024, Compendium of Plant Genomes, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-38294-9_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04297331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DéBAT : Analyse de Diversité d'un panel de pré-breeding de Blé tendre par une approche Transcriptomique-projet FSOV 2018 M</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Choulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Argillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Auzanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Davey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04713932v1</w:t>
-              </w:r>
-[...168 lines deleted...]
-                <w:t xml:space="preserve">hal-04297331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3616,64 +3616,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">All families of transposable elements were active in the recent wheat genome evolution and polyploidy had no impact on their activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Papon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lasserre-Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3763,51 +3763,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Lavoignat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3869,295 +3869,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04027932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Location and Identification on Chromosome 3B of Bread Wheat of Genes Affecting Chiasma Number</w:t>
+                <w:t xml:space="preserve">Long-read and chromosome-scale assembly of the hexaploid wheat genome achieves high resolution for research and breeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Darrier</w:t>
+                <w:t xml:space="preserve">Jean-Marc Aury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Colas</w:t>
+                <w:t xml:space="preserve">Stefan Engelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Istace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Monat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Rimbert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Bazile</w:t>
+                <w:t xml:space="preserve">Pauline Lasserre-Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/plants11172281⟩</w:t>
+              <w:t xml:space="preserve">GigaScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gigascience/giac034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03766369v1</w:t>
+                <w:t xml:space="preserve">hal-03658639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-read and chromosome-scale assembly of the hexaploid wheat genome achieves high resolution for research and breeding</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Location and Identification on Chromosome 3B of Bread Wheat of Genes Affecting Chiasma Number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Engelen</w:t>
+                <w:t xml:space="preserve">Benoit Darrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Istace</w:t>
+                <w:t xml:space="preserve">Isabelle Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Choulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Monat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pauline Lasserre-Zuber</w:t>
+                <w:t xml:space="preserve">Jeanne Bazile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GigaScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11, pp.1-18. </w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gigascience/giac034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/plants11172281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03658639v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03766369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical maps refine the bread wheat Triticum aestivum cv. Chinese Spring genome assembly</w:t>
               </w:r>
@@ -4169,51 +4169,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tingting Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4290,51 +4290,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative genomics of eight fusarium graminearum strains with contrasting aggressiveness reveals an expanded open pangenome and extended effector content signatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Alouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jörg Bormann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4424,51 +4424,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural variations affecting genes and transposable elements of chromosome 3B in wheats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Balfourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4584,51 +4584,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Nadaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier da Ines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles I. White</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4731,51 +4731,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 5 (5), pp.eaav0536. </w:t>
@@ -4865,51 +4865,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Darracq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Pirani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 20 (1), </w:t>
@@ -5075,295 +5075,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02278879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High throughput SNP discovery and genotyping in hexaploid wheat</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Choulet</w:t>
+                <w:t xml:space="preserve">Shifting the limits in wheat research and breeding using a fully annotated reference genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudi Appels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kellye Eversole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Stein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beat Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0186329⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 361 (6403), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.aar7191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02628543v1</w:t>
+                <w:t xml:space="preserve">hal-04331004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shifting the limits in wheat research and breeding using a fully annotated reference genome</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Beat Keller</w:t>
+                <w:t xml:space="preserve">High throughput SNP discovery and genotyping in hexaploid wheat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Darrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Kitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Choulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 361 (6403), </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (1), pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.aar7191⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0186329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04331004v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shifting the limits in wheat research and breeding using a fully annotated reference genome</w:t>
               </w:r>
@@ -5428,51 +5428,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Alaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 361 (6403), pp.7191. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/science.aar7191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01885399v1</w:t>
@@ -5496,51 +5496,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome sequence of fusarium graminearum strain MDC_Fg1, isolated from bread wheat grown in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Alouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5617,64 +5617,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Resolution Mapping of Crossover Events in the Hexaploid Wheat Genome Suggests a Universal Recombination Mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Darrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Balfourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5790,51 +5790,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Choulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel C. Laugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6237,51 +6237,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Darracq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Pirani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6476,51 +6476,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05518160v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua C Stein" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Fengler" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Llaca" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Belmonte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pailler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122908v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rimbert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gautier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aubier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05194720v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lasserre-Zuber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dj&#233;milatou Ouandaogo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05194387v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djemila Ouandaogo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04225603v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mabire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Guilbaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Duarte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Darracq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Piranni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787704v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Joets" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie B Fi&#233;vet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787197v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Pirani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293573v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Fabre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vignassa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bornaque" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chebance" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787234v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Vitte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340493v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Darrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Choulet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Balfourier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306172v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre-Aurore Josselin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340468v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Loussert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Navarro" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793571v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques David" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Vilmus" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ranwez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roumet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tavaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740939v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dynomant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vr&#225;na" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kubal&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Dolezel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318721v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Debote" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795342v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Nicolas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05519131v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Johnson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Caugant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05519247v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05194677v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04712172v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Argillier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Auzanneau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Davey" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04913949v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284850v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Benyahya" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nadaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Georges" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lhommet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478801v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mabire" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duarte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Darracq" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Piranni" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rimbert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787820v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain de Oliveira" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Cattonaro" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04713932v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Auzanneau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297331v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Wang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Spannagl" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Swarbreck" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-38294-9_4" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707299v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jatinder Singh" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Gudi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J Maughan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaohui Liu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Kolmer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.14470" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04143737v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Papon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Paux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tpg2.20347" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04027932v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lavoignat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bancel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bagnon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Benigna" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2022.108807" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03766369v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Darrier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Colas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bazile" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants11172281" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03658639v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Engelen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Istace" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giac034" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285883v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Zhu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Wang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Rodriguez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Deal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15289" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287092v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Alouane" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Bormann" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisela Abigail Gonzalez-Montiel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Loesgen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22126257" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917729v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Kitt" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.00891" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02888993v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier da Ines" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles I. White" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14903" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172516v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouchet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Robert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aav0536" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393099v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-6136-9" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278879v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Rogers" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Letellier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Flores" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Alfama" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-018-1491-4" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628543v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0186329" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331004v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudi Appels" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kellye Eversole" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Stein" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Feuillet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beat Keller" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aar7191" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885399v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. International Wheat Genome Sequencing Consortium (iwgsc)" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Berges" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Vautrin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622524v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cambon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Langin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.01260-18" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686468v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pingault" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.116.196014" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635405v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Cubizolles" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rey" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel C. Laugier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3835/plantgenome2015.09.0078" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889033v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Pfeifer" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl G. Kugler" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simen R. Sandve" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bujie Zhan" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Rudi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1250091" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889053v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Marcussen" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sandve" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Heier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spannagl" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pfeifer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1250092" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788790v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Mabire" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duarte Jorge" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05518160v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua C Stein" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Fengler" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Llaca" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Belmonte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pailler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05194720v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lasserre-Zuber" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dj&#233;milatou Ouandaogo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rimbert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122908v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gautier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aubier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05194387v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djemila Ouandaogo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04225603v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mabire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Guilbaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Duarte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Darracq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Piranni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787704v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Joets" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie B Fi&#233;vet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787197v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Pirani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293573v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Fabre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vignassa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bornaque" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chebance" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787234v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Vitte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340493v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Darrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Choulet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Balfourier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306172v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre-Aurore Josselin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340468v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Loussert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Navarro" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793571v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques David" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Vilmus" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ranwez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roumet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tavaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740939v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dynomant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vr&#225;na" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kubal&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Dolezel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318721v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Debote" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795342v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Nicolas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05519131v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Johnson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Caugant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05519247v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05194677v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04913949v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04712172v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Argillier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Auzanneau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Davey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284850v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Benyahya" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nadaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Georges" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lhommet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478801v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mabire" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duarte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Darracq" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Piranni" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rimbert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787820v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain de Oliveira" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Cattonaro" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297331v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Wang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Spannagl" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Swarbreck" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-38294-9_4" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04713932v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Auzanneau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707299v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jatinder Singh" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Gudi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J Maughan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaohui Liu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Kolmer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.14470" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04143737v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Papon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Paux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tpg2.20347" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04027932v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lavoignat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bancel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bagnon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Benigna" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2022.108807" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03658639v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Engelen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Istace" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giac034" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03766369v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Darrier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Colas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bazile" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants11172281" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285883v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Zhu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Wang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Rodriguez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Deal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15289" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287092v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Alouane" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Bormann" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisela Abigail Gonzalez-Montiel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Loesgen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22126257" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917729v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Kitt" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.00891" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02888993v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier da Ines" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles I. White" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14903" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172516v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouchet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Robert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aav0536" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393099v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-6136-9" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278879v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Rogers" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Letellier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Flores" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Alfama" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-018-1491-4" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331004v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudi Appels" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kellye Eversole" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Stein" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Feuillet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beat Keller" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aar7191" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628543v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0186329" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885399v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. International Wheat Genome Sequencing Consortium (iwgsc)" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Berges" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Vautrin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622524v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cambon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Langin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.01260-18" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686468v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pingault" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.116.196014" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635405v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Cubizolles" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rey" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel C. Laugier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3835/plantgenome2015.09.0078" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889033v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Pfeifer" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl G. Kugler" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simen R. Sandve" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bujie Zhan" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Rudi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1250091" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889053v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Marcussen" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sandve" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Heier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spannagl" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pfeifer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1250092" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788790v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Mabire" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duarte Jorge" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>