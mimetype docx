--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -2459,407 +2459,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02315987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The combined effect of nisin, moderate heating and high hydrostatic pressure on the inactivation of Bacillus sporothermodurans spores.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimization of nutrient-induced germination of Bacillus sporothermodurans spores using response surface methodology.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chedia Aouadhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Aouadhi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Maaroufi</w:t>
+                <w:t xml:space="preserve">Abderrazak Maaroufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slah Mejri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jam.12220⟩</w:t>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 36 (2), pp.320-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2013.06.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-00997849v1</w:t>
+                <w:t xml:space="preserve">pasteur-00861242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inactivation of Bacillus sporothermodurans LTIS27 spores by high hydrostatic pressure and moderate heat studied by response surface methodology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chedia Aouadhi</w:t>
+                <w:t xml:space="preserve">The combined effect of nisin, moderate heating and high hydrostatic pressure on the inactivation of Bacillus sporothermodurans spores.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Aouadhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Prévost</w:t>
+                <w:t xml:space="preserve">S. Mejri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie de Lamballerie</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Maaroufi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lwt.2012.07.015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 115 (1), pp.147-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jam.12220⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01375119v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00997849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of nutrient-induced germination of Bacillus sporothermodurans spores using response surface methodology.</w:t>
+                <w:t xml:space="preserve">Inactivation of Bacillus sporothermodurans LTIS27 spores by high hydrostatic pressure and moderate heat studied by response surface methodology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chedia Aouadhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie de Lamballerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrazak Maaroufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fm.2013.06.021⟩</w:t>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 50 (1), pp.50 - 56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lwt.2012.07.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">pasteur-00861242v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01375119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation and stability of amylose ligand complexes formed by high pressure treatment</w:t>
               </w:r>
@@ -3306,51 +3306,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Chéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie de Lamballerie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Food Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 77 (8), pp.E188 - E194. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3564,51 +3564,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Chéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie de Lamballerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Guillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3698,51 +3698,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Chéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie de Lamballerie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 16, pp.373 - 380. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3788,51 +3788,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of pressure-induced germination of Bacillus sporothermodurans spores in water and milk.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Aouadhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3840,51 +3840,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M De Lamballerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maaroufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 30 (1), pp.1-7. </w:t>
@@ -4032,247 +4032,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02292207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell Death Induced by Mild Physical Perturbations Could Be Related to Transient Plasma Membrane Modifications</w:t>
+                <w:t xml:space="preserve">Sequence of occurring damages in yeast plasma membrane during dehydration and rehydration: Mechanisms of cell death</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Membrane Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 216 (1), pp.37-47. </w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1768 (6), pp.1600-1610. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00232-007-9027-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2007.03.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02292300v1</w:t>
+                <w:t xml:space="preserve">hal-02291880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequence of occurring damages in yeast plasma membrane during dehydration and rehydration: Mechanisms of cell death</w:t>
+                <w:t xml:space="preserve">Cell Death Induced by Mild Physical Perturbations Could Be Related to Transient Plasma Membrane Modifications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Membrane Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 216 (1), pp.37-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00232-007-9027-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2007.03.017⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02291880v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toxicity of fatty acid hydroperoxides towards Yarrowia lipolytica: Implication of their membrane fluidizing action</w:t>
               </w:r>
@@ -5320,277 +5320,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02316476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmentally eco-reasoned design process for functional yeast production and stabilization</w:t>
+                <w:t xml:space="preserve">Cartographie de la fluidité des membranes de spores de B. subtilis par microscopie de fluorescence résolue en temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Camarasa Junior</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
+                <w:t xml:space="preserve">Pauline Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Modugno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neveen Hosny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Kuimova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Simonin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Endrizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. European Congress of Applied Biotechnology (ECAB 3)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Nice, France</w:t>
+              <w:t xml:space="preserve">Congrès sur les bactéries sporulantes pathogènes ou d’intérêt technologique (SFM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02266908v1</w:t>
+                <w:t xml:space="preserve">hal-02317692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie de la fluidité des membranes de spores de B. subtilis par microscopie de fluorescence résolue en temps</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Environmentally eco-reasoned design process for functional yeast production and stabilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Kuimova</w:t>
+                <w:t xml:space="preserve">Antonio Camarasa Junior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Endrizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès sur les bactéries sporulantes pathogènes ou d’intérêt technologique (SFM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">3. European Congress of Applied Biotechnology (ECAB 3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02317692v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How dehydration with glycerol protects bacteria cell membranes against deleterious effects of supercooling</w:t>
               </w:r>
@@ -6704,51 +6704,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie de Lamballerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, pp.17-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -6860,51 +6860,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6476BE51"/>
+    <w:nsid w:val="59FA8430"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7091,51 +7091,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-simonin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5285-9728" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/119115212" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454974v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Arvisenet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chambaron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaira Hernandez&#8208;casiano" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gerard&#8208;simonin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Tanguy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nbu.70041" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532479v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Simonin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Petit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lambert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.12425" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03298016v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Kmiha" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Modugno" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chedia Aouadhi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slah Mejri" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08957959.2021.1946054" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03404261v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Fekraoui" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Paniel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Auvy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Chamontin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2021.102828" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02466732v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peltier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dujourdy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Capitani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.03122" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173746v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Diosdado Ca&#241;izares" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2019.103244" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618848v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Andr&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Chaillou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Champomier-Verges" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Feurer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02354329v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaliha Bechoua" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Winckler" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jossier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delize" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2019.10.196" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01896053v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio de Anchieta C&#226;mara J&#250;nior" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Dat Nguyen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Endrizzi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Saurel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2018.03.013" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01723399v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Loupiac" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bernard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Neiers" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2018.01.006" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-80PJWCNR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01485162v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Guillou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lerasle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Anthoine" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ch&#233;ret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2016.05.027" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02315975v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. Bergaoui" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Perrier-Cornet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gervais" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2014.12.006" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T1L2SH5L-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02319123v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Wach&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phu-Ha Ho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanh Phan-Thi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thuy Le Do" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02319067v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ragon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France M.-F. Pilet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Zagorec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02315978v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Mazen Hamoud-Agha" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Curet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boillereaux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2014.06.043" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R4XTZ8Z7-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316001v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Federighi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rez&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2014.02.009" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T54MCHV6-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02315987v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Antoine" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Ch&#233;ret" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2014.06.019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q8QKRHKZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00997849v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aouadhi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mejri" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maaroufi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.12220" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01375119v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pr&#233;vost" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie de Lamballerie" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Maaroufi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2012.07.015" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00861242v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2013.06.021" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-62Z3BFKD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598456v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Bail" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chauvet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pontoire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2012.10.006" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FXP57TK3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332382v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2012.11.030" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TVT7PQVT-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647253v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laroche" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Lamballerie" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08957959.2011.637493" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646998v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Duranton" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1750-3841.2012.02816.x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5XHRS9JJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650539v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Membr&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02320007v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645148v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2012.08.004" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VNSRG58G-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00751506v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M De Lamballerie" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2011.12.006" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02292207v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.21749" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZHNFMKH8-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02292300v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-007-9027-y" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1KB5FM70-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02291880v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2007.03.017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02294049v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoa Tran Thanh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Xuan Sam Nguyen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2007.05.016" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02294035v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Mille" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-006-0203-8" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-R71VFVWW-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02292230v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Laroche" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2005.01.007" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316236v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316260v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316269v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01533446v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Modugno" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Andr&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316070v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Champion" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316476v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Diodanos" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266908v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Camarasa Junior" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02317692v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Loison" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neveen Hosny" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Kuimova" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316221v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gros" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2015.10.051" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6DB50BG0-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05108807v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berline Africa Maagoum Soh" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gallaud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Drut" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05108844v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Duboys de Labarre" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Vu Pham" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rat-Aspert" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05261977v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dupont" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335432v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Karbowiak" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Debeaufort" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01508788v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118350676.ch3" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316056v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guyon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Junge" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/emerging-technologies-for-food-processing/sun/978-0-12-411479-1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01625897v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwen Moussa" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470958193.ch6" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02319042v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Jury" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-simonin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5285-9728" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/119115212" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454974v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Arvisenet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chambaron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaira Hernandez&#8208;casiano" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gerard&#8208;simonin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Tanguy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nbu.70041" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532479v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Simonin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Petit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lambert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.12425" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03298016v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Kmiha" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Modugno" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chedia Aouadhi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slah Mejri" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08957959.2021.1946054" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03404261v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Fekraoui" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Paniel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Auvy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Chamontin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2021.102828" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02466732v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peltier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dujourdy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Capitani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.03122" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173746v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Diosdado Ca&#241;izares" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2019.103244" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618848v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Andr&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Chaillou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Champomier-Verges" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Feurer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02354329v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaliha Bechoua" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Winckler" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jossier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delize" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2019.10.196" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01896053v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio de Anchieta C&#226;mara J&#250;nior" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Dat Nguyen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Endrizzi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Saurel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2018.03.013" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01723399v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Loupiac" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bernard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Neiers" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2018.01.006" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-80PJWCNR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01485162v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Guillou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lerasle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Anthoine" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ch&#233;ret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2016.05.027" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02315975v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. Bergaoui" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Perrier-Cornet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gervais" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2014.12.006" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T1L2SH5L-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02319123v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Wach&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phu-Ha Ho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanh Phan-Thi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thuy Le Do" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02319067v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ragon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France M.-F. Pilet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Zagorec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02315978v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Mazen Hamoud-Agha" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Curet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boillereaux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2014.06.043" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R4XTZ8Z7-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316001v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Federighi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rez&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2014.02.009" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T54MCHV6-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02315987v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Antoine" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Ch&#233;ret" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2014.06.019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q8QKRHKZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00861242v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Maaroufi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2013.06.021" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-62Z3BFKD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00997849v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aouadhi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mejri" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maaroufi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.12220" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01375119v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pr&#233;vost" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie de Lamballerie" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2012.07.015" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598456v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Bail" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chauvet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pontoire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2012.10.006" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FXP57TK3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332382v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2012.11.030" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TVT7PQVT-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647253v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laroche" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Lamballerie" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08957959.2011.637493" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646998v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Duranton" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1750-3841.2012.02816.x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5XHRS9JJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650539v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Membr&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02320007v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645148v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2012.08.004" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VNSRG58G-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00751506v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M De Lamballerie" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2011.12.006" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02292207v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.21749" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZHNFMKH8-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02291880v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2007.03.017" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02292300v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-007-9027-y" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1KB5FM70-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02294049v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoa Tran Thanh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Xuan Sam Nguyen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2007.05.016" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02294035v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Mille" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-006-0203-8" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-R71VFVWW-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02292230v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Laroche" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2005.01.007" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316236v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316260v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316269v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01533446v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Modugno" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Andr&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316070v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Champion" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316476v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Diodanos" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02317692v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Loison" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neveen Hosny" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Kuimova" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266908v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Camarasa Junior" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316221v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gros" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2015.10.051" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6DB50BG0-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05108807v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berline Africa Maagoum Soh" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gallaud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Drut" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05108844v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Duboys de Labarre" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Vu Pham" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rat-Aspert" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05261977v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dupont" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335432v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Karbowiak" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Debeaufort" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01508788v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118350676.ch3" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02316056v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guyon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Junge" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/emerging-technologies-for-food-processing/sun/978-0-12-411479-1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01625897v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwen Moussa" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470958193.ch6" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02319042v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Jury" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>