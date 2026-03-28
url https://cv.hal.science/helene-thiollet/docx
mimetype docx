--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Hélène Thiollet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de recherche CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">helene-thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4151-007X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">127987045</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 69 (6), pp.627-649. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00027642231182889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The colonial migration state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Political Geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 120, pp.103270. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polgeo.2025.103270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05116492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ukrainian Voices: Surveying the Spatial and Socio-Economic Trajectories of Ukrainian Refugees across Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margherita Lazzeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kartika Herscheid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Migration Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/01979183251343888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05140889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Making of a Crisis: Migration and Polarisation in the French Press</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Reddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 69 (6), pp.650-684. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00027642231183274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exil, passage et refuge. Regards historiques sur le monde actuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1348, pp.8-15. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13ln9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diplomatie migratoire dans un monde en mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diplomatie : affaires stratégiques et relations internationales. Les Grands dossiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Géopolitique des migrations, 84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04955998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Ukrainiennes en Europe : exil, passage et refuge au temps d’une guerre européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margherita Lazzeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kartika Herschied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Odyssées, 1348, pp.123-129. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13lnl⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour un Groupe international d’experts sur les migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guiraudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plein Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 145, pp.34-37. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pld.145.0034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05381276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State, Migration, and Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of European, Mediterranean and African Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04866035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borders Start with Numbers: How Migration Data Create ‘Fake Illegals’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Senne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jaulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Migration Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/01979183231222169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Externalisation. Une diplomatie parallèle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Projet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024/2 (402), pp.27-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04761739v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revolving Doors: How Externalization Policies Block Refugees and Deflect Other Migrants across Migration Routes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐noël Senne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population and Development Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 36 p. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/padr.12650⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « diplomatie migratoire » voulue par la France, une arme à double tranchant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04850427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’externalisation des contrôles migratoires de l’UE : une politique dangereuse et inefficace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Senne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04850386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immigration rentier states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 p. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369183X.2023.2269783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theorising migration politics: do political regimes matter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Natter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third World Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (7), pp.1515-1530. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01436597.2022.2069093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03717230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accueil des réfugiés ukrainiens et l’universalité du droit d’asile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gemenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022/2 (1337), pp.180-184. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/hommesmigrations.14062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03757674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique des migrations internationales : un nouveau cadre d'analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Hollifield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wihtol de Wenden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022/3 (1338), pp.192-199. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/hommesmigrations.14389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrants and monarchs: regime survival, state transformation and migration politics in Saudi Arabia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third World Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (7), pp.1645-1665. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01436597.2021.1948325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03329591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosmopolitanism in Exclusionary Contexts.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Assaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population, Space and Place</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 27 (1), </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/psp.2358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951417v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réfugié.e.s érythréen.ne.s dans le monde arabe. Archéologie d’un long exode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (93), pp.107-117. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mouv.093.0107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01930831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer les migrations, gérer les migrants. Une perspective historique et transnationale sur les migrations dans les monarchies du Golfe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7/2016, pp.en ligne. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cy.3150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transnationaliser la péninsule Arabique : dynamiques locales, régionales et globales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7/2016, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cy.3143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de « Depoliticizing Migration: Global Governance and International Migration Narratives »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (72), pp.155 - 159. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.072.0155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration et (contre)révolution dans le Golfe : politiques migratoires et politiques de l’emploi en Arabie saoudite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31 (3-4), pp.121 - 143. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.7400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations de l'émergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 56, pp.9-16. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.056.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675518v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as Diplomacy: Labor Migrants, Refugees, and Arab Regional Politics in the Oil-Rich Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Labor and Working-Class History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 79 (1), pp.103-121. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0147547910000293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations et relations internationales : Les apories de la gestion multilatérale des migrations internationales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transcontinentales : sociétés, idéologies, système mondial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 8/9, pp.en ligne. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transcontinentales.787⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03460235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mobilité dans la Corne de l'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 21 (121), pp.75-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00410426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nationalisme d'Etat et nationalisme ordinaire en Arabie saoudite : la nation saoudienne et ses immigrés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1 (37), pp.89-101. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rai.037.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mobilité dans la Corne de l'Afrique : entre urgence humanitaire et contrainte sécuritaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.75 - 88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03459931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture de 'Tribus et pouvoirs en terre d'Islam', Hosham Dawod (dir.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 56 (1), pp.161 - 162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture de 'La démocratie providentielle, Essai sur l’égalité contemporaine', Dominique Schnapper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 55 (3), pp.551 - 552</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’invention de la contestation transnationale par les forums et sommets : la naissance d’un « espace public mondial » ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Baeza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 19, pp.25-43. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rai.019.0025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux marges du monde arabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 12, pp.en ligne. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cy.190⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unlocking migration politics: researching beyond biases and gaps in migration studies and comparative politics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KNAW Academy Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Amsterdam, Netherlands. pp.115 - 125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed Migration from the Horn of Africa to the Mediterranean: Discussing the Multilateral Politics of Migrant Labelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Global Refugee Crisis: Causes, Consequences, and Solutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Political Sciences Association, Aug 2019, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Issue: Migration as Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 69 (6), 204 p., 2025, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00027642231182889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05021392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odyssées. Exil, passage et refuge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1348 (janvier-mars 2025), 135 p., 2025, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13log⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations et développement. Enjeux politiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Breda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Vincent-Mory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 40 (1), 150 p., 2024, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.25124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04596139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les migrations dans l’œil des médias : infox, influence et opinion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Joannon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Lenoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perin Emel Yavuz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Facto - Institut Convergences Migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 30 (janvier 2022), 46 p., 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03556931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration Politics across the World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Natter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third World Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 43 (7), 151 p., 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03717298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transnationaliser la péninsule Arabique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Thiollet; Leila Vignal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, 2017, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cy.3143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transnationaliser la péninsule Arabique : Dynamiques locales, régionales et globales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02056676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transnationalizing the Arabian Peninsula: local, regional and global dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, 2016, Transnationaliser la péninsule Arabique. Transnationalizing the Arabian Peninsula</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02359838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « émergents » et les transformations de la gouvernance globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.65, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration Politics across the World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Natter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 166 p., 2024, 9781032601168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04384224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research Handbook on the Institutions of Global Migration Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 480 p., 2023, Elgar Handbooks in Migration, 9781789908060</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04038868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Urbanity and Cosmopolitanism in a Globalized World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Pagès-El Karoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Lejeune; Delphine Pagès-El Karoui; Camille Schmoll; Hélène Thiollet. Springer, 184 p., 2021, IMISCOE Research Series, 9783030673642. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-67365-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03366748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migranci, migracje</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karakter, pp.240, 2017, 9788365271372</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrants, migrations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, 2016, Idées Claires, 2200616198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05518476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations en Méditerranée: permanences et mutations à l'heure des révolutions et des crises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wihtol de Wenden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Camille Schmoll; Hélène Thiollet; Catherine Wihtol De Wenden. CNRS Éditions, pp.382, 2015, 9782271085580</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01394159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Moyen-Orient: histoire et défis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ellipses, pp.206, 2009, Cartes et fiches, 9782729842406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01393638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrants and monarchs: regime survival, state transformation and migration politics in Saudi Arabia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Katharina Natter, Hélène Thiollet (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration Politics across the World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9781032601168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction—Theorising migration politics: do political regimes matter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Natter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Katharina Natter, Hélène Thiollet (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration Politics across the World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9781032601168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration Intermediation: Revisiting the Kafala (Sponsorship System) in the Gulf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Beaugrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Pécoud, Hélène Thiollet (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Handbook on the Institutions of Global Migration Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.341-356, 2023, 9781789908060. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781789908077.00032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03942824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: the institutions of global migration governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Pécoud, Hélène Thiollet (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Handbook on the Institutions of Global Migration Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-18, 2023, Elgar Handbooks in Migration, 9781789908060</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global encounters: exploring the political foundations of global migration governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Rother</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wihtol de Wenden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Pécoud, Hélène Thiollet (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Handbook on the Institutions of Global Migration Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.132-145, 2023, Elgar Handbooks in Migration, 9781789908060</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « crises migratoires » : penser l’État et les migrations au XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eberhard Kienle, Carola Klöck, Adrien Estève et Alain Dieckhoff (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un monde en crises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de Sciences Po</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.53-69, 2023, L'Enjeu mondial, 9782724641400</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Illiberal Migration Governance in the Arab Gulf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">James Hollifield; Neil Foley. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Understanding Global Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanford University Press.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.50-80, 2022, 9781503629578</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03522786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greece and Turkey: From State-Building and Developmentalism to Immigration and Crisis Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerasimos Tsourapas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riva Kastoryano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">James Hollifield, Philip Martin, Pia Orenius and François Héran (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Controlling Immigration. A Comparative Perspective (Fourth Edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stanford University Press, 2022, 9781503631380</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Asylum and International Interventions in the Horn of Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jaulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Nicolas Bach. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Routledge Handbook on the Horn of Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the forced/voluntary dichotomy really influence migration governance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferruccio Pastore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ettore Recchi and Mirna Safi (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Human Mobilities and Migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, 29 p., 2022, 978 1 83910 577 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Urbanity and Cosmopolitanism in a Globalized World: An Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Pagès-El Karoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Lejeune; Delphine Pagès-El Karoui; Camille Schmoll; Hélène Thiollet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration, Urbanity and Cosmopolitanism in a Globalized World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.1 - 13, 2021, 9783030673642. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-67365-9_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03393473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrant Cosmopolitanism in Emirati and Saudi Cities: Practices and Belonging in Exclusionary Contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Assaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Lejeune; Delphine Pagès-El Karoui; Camille Schmoll; Hélène Thiollet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration, Urbanity and Cosmopolitanism in a Globalized World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.1 - 13, 2021, 9783030673642. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-67365-9_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03393472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing Transnational Labour in the Arab Gulf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transnational Middle East</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.21 - 43, 2017, 9781138690899</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exodes et politiques d’asile : Le cas érythréen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrick Boucheron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations, réfugiés, exil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Jacob, pp.261-288, 2017, 9782738139894</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Migrants, migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Thiollet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations. 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.9 - 10, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y a-t-il de plus en plus de migrants dans le monde ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations. 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.11 - 12, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Est-ce que tous les exilés du monde viennent en Europe (et aux États-Unis) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations. 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.15 - 17, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La population européenne va-t elle être « remplacée » par les immigrants et leurs enfants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations. 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.66 - 68, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les migrants en provenance des pays d’origine « sûrs » ne peuvent-ils pas être des réfugiés ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Clochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations: 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.99-101, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02515316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’immigration irrégulière en Europe est-elle « innombrable » ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations. 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.29 - 32, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les migrants se déplacent-ils des pays pauvres vers les pays riches ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations. 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.13 - 14, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évolution d’un régime frontalier en mer Méditerranée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Clochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wihtol de Wenden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations en Méditerranée: permanences et mutations à l'heure des révolutions et des crises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS éditions, pp.145-156, 2015, 9782271085580</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02515334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les migrations en Arabie saoudite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gildas Simon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des migrations internationales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, 2015, 9782200250126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Regional Politics of Labour Import in the Gulf Monarchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marion Panizzon; Gottfried Zürcher; Elisa Fornalé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave Handbook of International Labour Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, pp.325 - 340, 2015, 9781137352217</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Yémen, entre asile et migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gildas Simon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des migrations internationales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, 2015, 9782200250126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Migration Hub to Asylum Crisis: The Changing Dynamics of Contemporary Migration in Yemen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Helen Lackner. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Why Yemen Matters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Saqi Books, pp.265 - 285, 2014, 9780863567773</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wad Sharifey, Kishm el-Girbâ, Asotriba… Métamorphoses d’un réseau régional de douze camps de réfugiés érythréens dans l’Est du Soudan (1962-2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Agier; Clara Lecadet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un monde de camps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions La Découverte, 2014, 9782707183224</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations, exils et printemps arabes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Charillon; Alain Dieckhoff. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrique du Nord Moyen-Orient 2013-2013. La double recomposition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Documentation française</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.133-146, 2013, 9782110092427</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yémen. D’une guerre l’autre, la révolution oubliée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry De Montbrial; Philippe Moreau Defarges. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAMSES 2013. Gouverner aujourd'hui ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 2012, 9782100584116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux contemporains des migrations au Yémen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Bonnefoy; Franck Mermier; Marine Poirier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yémen. Le tournant révolutionnaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Karthala, pp.235 - 255, 2012, 9782811106935. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/kart.bonne.2012.01.0235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrantising Diplomacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effects of Externalization Policies on Refugees and other Migrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Senne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Externalisation. Comprendre la diplomatie migratoire de l’Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04738209v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déconfiner les politiques migratoires : lacunes et biais des débats scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03021244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, salaire et emploi : un aperçu de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Oswald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03021241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">African locust bean (Parkia biglobosa & Parkia filicoidea)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Edouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lebas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Feedipedia, a programme by INRAE, CIRAD, AFZ and FAO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, https://www.feedipedia.org/node/268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guanacaste (Enterolobium cyclocarpum)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Boval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Lebas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Feedipedia, a programme by INRAE, CIRAD, AFZ and FAO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05119103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cratylia (Cratylia argentea).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Boval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lebas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Feedipedia, a programme by INRAE, CIRAD, AFZ and FAO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05119081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signature of the Marseille Charter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Montfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05121320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signature de la Charte de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Montfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05082557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration Diplomacy in the Horn of Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jaulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03832189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relire Fariba Adelkhah : sur la route de Téhéran à Damas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Le Bail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fariba Adelkhah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03021246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser les politiques migratoires : pour un « GIEC » des migrations et de l’asile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guiraudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Haut Commissariat aux réfugiés de l’ONU : trois temps pour une brève histoire de la gestion multilatérale de l’exil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A diplomacy of wages, numbers and rights: The Politics of Migration (inter)dependencies in the Gulf Cooperation Council</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05336276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borders Start with Numbers. Measuring Migration in Times of Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jaulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Senne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner les frontières comme politique de vie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Benker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guiraudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gemenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does crisis matter for European migration governance? A Framework Paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as crisis. Framework paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as crisis. Framework paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03961862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immigrants, Markets, Brokers, and States: The Politics of Illiberal Migration Governance in the Arab Gulf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02362910v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing migrant labour in the Gulf: Transnational dynamics of migration politics since the 1930s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refugees and Migrants from Eritrea to the Arab World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Externalization Policies and their Impacts on Migrant and Refugee Flows to Europe during the “Crisis.” A preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jaulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Senne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] The Migration Governance and Asylum Crises project. 2020, pp.70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03094529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les flux migratoires au Yémen : enjeux sécuritaires, politiques et sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ministère de la Défense. 2009, pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloque final anr liminal (8)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gemenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alioua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basil Kamal Bushra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Delaplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03525079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral liminal (5)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Caroline Saglio-Yatzimirsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liza Schuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgheis Alavi  Jafari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Reza Sahibdad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02119587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment (mieux) diffuser le savoir sur les migrations ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04850480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From oil to innovation: Changing economies in the Gulf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04877239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et politiques migratoires dans des espaces en crise : l'effet des révolutions de 2011 en Libye et en Arabie Saoudite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Bensaad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01842232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId221"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Hélène Thiollet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de recherche CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">helene-thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4151-007X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">127987045</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour un Groupe international d’experts sur les migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guiraudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plein Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 145, pp.34-37. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pld.145.0034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05381276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 69 (6), pp.627-649. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00027642231182889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The colonial migration state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Political Geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 120, pp.103270. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polgeo.2025.103270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05116492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Making of a Crisis: Migration and Polarisation in the French Press</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Reddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 69 (6), pp.650-684. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00027642231183274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ukrainian Voices: Surveying the Spatial and Socio-Economic Trajectories of Ukrainian Refugees across Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margherita Lazzeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kartika Herscheid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Migration Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/01979183251343888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05140889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exil, passage et refuge. Regards historiques sur le monde actuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1348, pp.8-15. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13ln9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diplomatie migratoire dans un monde en mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diplomatie : affaires stratégiques et relations internationales. Les Grands dossiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Géopolitique des migrations, 84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04955998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Ukrainiennes en Europe : exil, passage et refuge au temps d’une guerre européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margherita Lazzeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kartika Herschied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Odyssées, 1348, pp.123-129. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13lnl⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borders Start with Numbers: How Migration Data Create ‘Fake Illegals’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Senne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jaulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Migration Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/01979183231222169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State, Migration, and Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of European, Mediterranean and African Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04866035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Externalisation. Une diplomatie parallèle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Projet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024/2 (402), pp.27-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04761739v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revolving Doors: How Externalization Policies Block Refugees and Deflect Other Migrants across Migration Routes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐noël Senne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population and Development Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 36 p. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/padr.12650⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « diplomatie migratoire » voulue par la France, une arme à double tranchant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04850427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’externalisation des contrôles migratoires de l’UE : une politique dangereuse et inefficace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Senne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04850386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immigration rentier states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 p. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369183X.2023.2269783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theorising migration politics: do political regimes matter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Natter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third World Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (7), pp.1515-1530. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01436597.2022.2069093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03717230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accueil des réfugiés ukrainiens et l’universalité du droit d’asile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gemenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022/2 (1337), pp.180-184. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/hommesmigrations.14062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03757674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique des migrations internationales : un nouveau cadre d'analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Hollifield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wihtol de Wenden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022/3 (1338), pp.192-199. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/hommesmigrations.14389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrants and monarchs: regime survival, state transformation and migration politics in Saudi Arabia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third World Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (7), pp.1645-1665. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01436597.2021.1948325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03329591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosmopolitanism in Exclusionary Contexts.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Assaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population, Space and Place</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 27 (1), </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/psp.2358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951417v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réfugié.e.s érythréen.ne.s dans le monde arabe. Archéologie d’un long exode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (93), pp.107-117. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mouv.093.0107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01930831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transnationaliser la péninsule Arabique : dynamiques locales, régionales et globales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7/2016, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cy.3143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer les migrations, gérer les migrants. Une perspective historique et transnationale sur les migrations dans les monarchies du Golfe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7/2016, pp.en ligne. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cy.3150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de « Depoliticizing Migration: Global Governance and International Migration Narratives »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (72), pp.155 - 159. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.072.0155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration et (contre)révolution dans le Golfe : politiques migratoires et politiques de l’emploi en Arabie saoudite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31 (3-4), pp.121 - 143. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.7400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations de l'émergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 56, pp.9-16. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.056.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675518v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as Diplomacy: Labor Migrants, Refugees, and Arab Regional Politics in the Oil-Rich Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Labor and Working-Class History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 79 (1), pp.103-121. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0147547910000293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations et relations internationales : Les apories de la gestion multilatérale des migrations internationales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transcontinentales : sociétés, idéologies, système mondial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 8/9, pp.en ligne. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transcontinentales.787⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03460235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mobilité dans la Corne de l'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 21 (121), pp.75-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00410426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nationalisme d'Etat et nationalisme ordinaire en Arabie saoudite : la nation saoudienne et ses immigrés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1 (37), pp.89-101. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rai.037.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mobilité dans la Corne de l'Afrique : entre urgence humanitaire et contrainte sécuritaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.75 - 88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03459931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture de 'Tribus et pouvoirs en terre d'Islam', Hosham Dawod (dir.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 56 (1), pp.161 - 162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’invention de la contestation transnationale par les forums et sommets : la naissance d’un « espace public mondial » ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Baeza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 19, pp.25-43. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rai.019.0025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture de 'La démocratie providentielle, Essai sur l’égalité contemporaine', Dominique Schnapper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 55 (3), pp.551 - 552</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux marges du monde arabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 12, pp.en ligne. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cy.190⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unlocking migration politics: researching beyond biases and gaps in migration studies and comparative politics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KNAW Academy Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Amsterdam, Netherlands. pp.115 - 125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed Migration from the Horn of Africa to the Mediterranean: Discussing the Multilateral Politics of Migrant Labelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Global Refugee Crisis: Causes, Consequences, and Solutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Political Sciences Association, Aug 2019, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Issue: Migration as Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 69 (6), 204 p., 2025, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00027642231182889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05021392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odyssées. Exil, passage et refuge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1348 (janvier-mars 2025), 135 p., 2025, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13log⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations et développement. Enjeux politiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Breda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Vincent-Mory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 40 (1), 150 p., 2024, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.25124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04596139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les migrations dans l’œil des médias : infox, influence et opinion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Joannon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Lenoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perin Emel Yavuz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Facto - Institut Convergences Migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 30 (janvier 2022), 46 p., 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03556931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration Politics across the World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Natter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third World Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 43 (7), 151 p., 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03717298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transnationaliser la péninsule Arabique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Thiollet; Leila Vignal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, 2017, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cy.3143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transnationalizing the Arabian Peninsula: local, regional and global dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, 2016, Transnationaliser la péninsule Arabique. Transnationalizing the Arabian Peninsula</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02359838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transnationaliser la péninsule Arabique : Dynamiques locales, régionales et globales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02056676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « émergents » et les transformations de la gouvernance globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.65, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration Politics across the World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Natter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 166 p., 2024, 9781032601168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04384224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research Handbook on the Institutions of Global Migration Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 480 p., 2023, Elgar Handbooks in Migration, 9781789908060</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04038868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Urbanity and Cosmopolitanism in a Globalized World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Pagès-El Karoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Lejeune; Delphine Pagès-El Karoui; Camille Schmoll; Hélène Thiollet. Springer, 184 p., 2021, IMISCOE Research Series, 9783030673642. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-67365-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03366748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migranci, migracje</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karakter, pp.240, 2017, 9788365271372</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrants, migrations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, 2016, Idées Claires, 2200616198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05518476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations en Méditerranée: permanences et mutations à l'heure des révolutions et des crises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wihtol de Wenden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Camille Schmoll; Hélène Thiollet; Catherine Wihtol De Wenden. CNRS Éditions, pp.382, 2015, 9782271085580</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01394159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Moyen-Orient: histoire et défis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ellipses, pp.206, 2009, Cartes et fiches, 9782729842406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01393638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction—Theorising migration politics: do political regimes matter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Natter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Katharina Natter, Hélène Thiollet (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration Politics across the World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9781032601168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrants and monarchs: regime survival, state transformation and migration politics in Saudi Arabia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Katharina Natter, Hélène Thiollet (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration Politics across the World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9781032601168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global encounters: exploring the political foundations of global migration governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Rother</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wihtol de Wenden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Pécoud, Hélène Thiollet (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Handbook on the Institutions of Global Migration Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.132-145, 2023, Elgar Handbooks in Migration, 9781789908060</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration Intermediation: Revisiting the Kafala (Sponsorship System) in the Gulf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Beaugrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Pécoud, Hélène Thiollet (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Handbook on the Institutions of Global Migration Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.341-356, 2023, 9781789908060. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781789908077.00032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03942824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: the institutions of global migration governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Pécoud, Hélène Thiollet (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Handbook on the Institutions of Global Migration Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-18, 2023, Elgar Handbooks in Migration, 9781789908060</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « crises migratoires » : penser l’État et les migrations au XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eberhard Kienle, Carola Klöck, Adrien Estève et Alain Dieckhoff (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un monde en crises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de Sciences Po</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.53-69, 2023, L'Enjeu mondial, 9782724641400</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greece and Turkey: From State-Building and Developmentalism to Immigration and Crisis Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerasimos Tsourapas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riva Kastoryano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">James Hollifield, Philip Martin, Pia Orenius and François Héran (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Controlling Immigration. A Comparative Perspective (Fourth Edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stanford University Press, 2022, 9781503631380</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Illiberal Migration Governance in the Arab Gulf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">James Hollifield; Neil Foley. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Understanding Global Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanford University Press.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.50-80, 2022, 9781503629578</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03522786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Asylum and International Interventions in the Horn of Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jaulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Nicolas Bach. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Routledge Handbook on the Horn of Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the forced/voluntary dichotomy really influence migration governance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferruccio Pastore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ettore Recchi and Mirna Safi (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Human Mobilities and Migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, 29 p., 2022, 978 1 83910 577 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrant Cosmopolitanism in Emirati and Saudi Cities: Practices and Belonging in Exclusionary Contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Assaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Lejeune; Delphine Pagès-El Karoui; Camille Schmoll; Hélène Thiollet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration, Urbanity and Cosmopolitanism in a Globalized World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.1 - 13, 2021, 9783030673642. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-67365-9_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03393472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Urbanity and Cosmopolitanism in a Globalized World: An Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Pagès-El Karoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Lejeune; Delphine Pagès-El Karoui; Camille Schmoll; Hélène Thiollet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration, Urbanity and Cosmopolitanism in a Globalized World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.1 - 13, 2021, 9783030673642. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-67365-9_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03393473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exodes et politiques d’asile : Le cas érythréen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrick Boucheron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations, réfugiés, exil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Jacob, pp.261-288, 2017, 9782738139894</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing Transnational Labour in the Arab Gulf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transnational Middle East</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.21 - 43, 2017, 9781138690899</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les migrants en provenance des pays d’origine « sûrs » ne peuvent-ils pas être des réfugiés ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Clochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations: 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.99-101, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02515316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les migrants se déplacent-ils des pays pauvres vers les pays riches ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations. 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.13 - 14, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’immigration irrégulière en Europe est-elle « innombrable » ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations. 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.29 - 32, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Migrants, migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Thiollet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations. 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.9 - 10, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y a-t-il de plus en plus de migrants dans le monde ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations. 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.11 - 12, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Est-ce que tous les exilés du monde viennent en Europe (et aux États-Unis) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations. 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.15 - 17, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La population européenne va-t elle être « remplacée » par les immigrants et leurs enfants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrants, migrations. 50 questions pour vous faire votre opinion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.66 - 68, 2016, 9782200616199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Yémen, entre asile et migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gildas Simon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des migrations internationales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, 2015, 9782200250126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évolution d’un régime frontalier en mer Méditerranée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Clochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wihtol de Wenden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations en Méditerranée: permanences et mutations à l'heure des révolutions et des crises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS éditions, pp.145-156, 2015, 9782271085580</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02515334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les migrations en Arabie saoudite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gildas Simon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des migrations internationales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, 2015, 9782200250126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Regional Politics of Labour Import in the Gulf Monarchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marion Panizzon; Gottfried Zürcher; Elisa Fornalé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave Handbook of International Labour Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, pp.325 - 340, 2015, 9781137352217</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Migration Hub to Asylum Crisis: The Changing Dynamics of Contemporary Migration in Yemen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Helen Lackner. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Why Yemen Matters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Saqi Books, pp.265 - 285, 2014, 9780863567773</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wad Sharifey, Kishm el-Girbâ, Asotriba… Métamorphoses d’un réseau régional de douze camps de réfugiés érythréens dans l’Est du Soudan (1962-2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Agier; Clara Lecadet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un monde de camps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions La Découverte, 2014, 9782707183224</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations, exils et printemps arabes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Charillon; Alain Dieckhoff. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrique du Nord Moyen-Orient 2013-2013. La double recomposition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Documentation française</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.133-146, 2013, 9782110092427</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux contemporains des migrations au Yémen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Bonnefoy; Franck Mermier; Marine Poirier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yémen. Le tournant révolutionnaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Karthala, pp.235 - 255, 2012, 9782811106935. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/kart.bonne.2012.01.0235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yémen. D’une guerre l’autre, la révolution oubliée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry De Montbrial; Philippe Moreau Defarges. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAMSES 2013. Gouverner aujourd'hui ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 2012, 9782100584116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrantising Diplomacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effects of Externalization Policies on Refugees and other Migrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Senne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Externalisation. Comprendre la diplomatie migratoire de l’Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04738209v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, salaire et emploi : un aperçu de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Oswald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03021241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déconfiner les politiques migratoires : lacunes et biais des débats scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03021244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">African locust bean (Parkia biglobosa & Parkia filicoidea)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Edouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lebas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Feedipedia, a programme by INRAE, CIRAD, AFZ and FAO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, https://www.feedipedia.org/node/268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guanacaste (Enterolobium cyclocarpum)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Boval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Lebas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Feedipedia, a programme by INRAE, CIRAD, AFZ and FAO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05119103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cratylia (Cratylia argentea).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Boval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lebas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Feedipedia, a programme by INRAE, CIRAD, AFZ and FAO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05119081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signature of the Marseille Charter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Montfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05121320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signature de la Charte de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Montfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05082557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration Diplomacy in the Horn of Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jaulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03832189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relire Fariba Adelkhah : sur la route de Téhéran à Damas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Le Bail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fariba Adelkhah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03021246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser les politiques migratoires : pour un « GIEC » des migrations et de l’asile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guiraudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Schmoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Haut Commissariat aux réfugiés de l’ONU : trois temps pour une brève histoire de la gestion multilatérale de l’exil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A diplomacy of wages, numbers and rights: The Politics of Migration (inter)dependencies in the Gulf Cooperation Council</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05336276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borders Start with Numbers. Measuring Migration in Times of Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jaulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Senne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as crisis. Framework paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03961862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner les frontières comme politique de vie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Benker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guiraudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gemenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does crisis matter for European migration governance? A Framework Paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as crisis. Framework paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immigrants, Markets, Brokers, and States: The Politics of Illiberal Migration Governance in the Arab Gulf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02362910v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing migrant labour in the Gulf: Transnational dynamics of migration politics since the 1930s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refugees and Migrants from Eritrea to the Arab World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Externalization Policies and their Impacts on Migrant and Refugee Flows to Europe during the “Crisis.” A preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jaulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Mesnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Savatic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Senne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] The Migration Governance and Asylum Crises project. 2020, pp.70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03094529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les flux migratoires au Yémen : enjeux sécuritaires, politiques et sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ministère de la Défense. 2009, pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloque final anr liminal (8)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gemenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alioua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basil Kamal Bushra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Delaplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03525079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral liminal (5)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Caroline Saglio-Yatzimirsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liza Schuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belgheis Alavi  Jafari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Reza Sahibdad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02119587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment (mieux) diffuser le savoir sur les migrations ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04850480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From oil to innovation: Changing economies in the Gulf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04877239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et politiques migratoires dans des espaces en crise : l'effet des révolutions de 2011 en Libye et en Arabie Saoudite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Bensaad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01842232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId221"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0B9AB1EF"/>
+    <w:nsid w:val="DF5EEC98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-thiollet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4151-007X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/127987045" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04163262v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cantat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine P&#233;coud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thiollet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00027642231182889" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05116492v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Adamson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polgeo.2025.103270" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05140889v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Savatic" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Lazzeri" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kartika Herscheid" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacroix" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01979183251343888" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04191770v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Reddy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00027642231183274" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05067741v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ln9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04955998v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05067775v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kartika Herschied" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13lnl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05381276v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Guiraudon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Schmoll" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pld.145.0034" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04866035v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04326986v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mesnard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Senne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Jaulin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01979183231222169" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04761739v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04687266v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;no&#235;l Senne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/padr.12650" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04850427v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04850386v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04326845v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183X.2023.2269783" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03717230v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Natter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01436597.2022.2069093" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03757674v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gemenne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.14062" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03828461v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Hollifield" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wihtol de Wenden" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.14389" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03329591v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01436597.2021.1948325" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02951417v3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Assaf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp.2358" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01930831v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.093.0107" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675564v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cy.3150" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675553v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Vignal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cy.3143" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675546v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.072.0155" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675523v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.7400" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675518v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.056.0009" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675531v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0147547910000293" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03460235v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transcontinentales.787" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00410426v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675519v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.037.0089" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03459931v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675548v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675547v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675513v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Baeza" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnefoy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.019.0025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675559v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cy.190" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02951418v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089109v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05021392v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05067721v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13log" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04596139v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Breda" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vincent-Mory" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.25124" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03556931v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Joannon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Leno&#235;l" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perin Emel Yavuz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03717298v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675556v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02056676v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02359838v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Vignal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675516v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04384224v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Migration-Politics-across-the-World/Natter-Thiollet/p/book/9781032601168" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04038868v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-elgar.com/shop/gbp/research-handbook-on-the-institutions-of-global-migration-governance-9781789908060.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366748v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lejeune" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pag&#232;s-El Karoui" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67365-9" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675542v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518476v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01394159v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01393638v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04386875v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04386873v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942824v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beaugrand" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781789908077.00032" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04098597v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04098619v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Rother" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193858v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesciencespo.fr/en/book/?GCOI=27246100968920" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03522786v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sup.org/books/title/?id=32777" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03771902v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerasimos Tsourapas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riva Kastoryano" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833122v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9780429426957-52/migration-asylum-international-interventions-horn-africa-h%C3%A9l%C3%A8ne-thiollet-thibaut-jaulin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03847217v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferruccio Pastore" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03393473v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67365-9_1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03393472v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67365-9_12" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675534v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03847287v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675560v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675526v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675527v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675536v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02515316v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clochard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675529v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675525v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02515334v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lambert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675543v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675544v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675537v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675524v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675521v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675520v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ladocumentationfrancaise.fr/catalogue/9782110092427/index.shtml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675508v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675511v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.bonne.2012.01.0235" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04967733v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04696574v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04738209v3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03021244v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03021241v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Oswald" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387586v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Heuz&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tran" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Edouard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05119103v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Boval" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lebas" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05119081v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05121320v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Montfort" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05082557v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832189v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03021246v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Bail" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariba Adelkhah" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02190396v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675522v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05336276v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04262930v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02586031v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Benker" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoshana Fine" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02951421v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02951419v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03961862v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02362910v2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01346366v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675538v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03094529v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675541v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525079v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Alioua" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basil Kamal Bushra" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Delaplace" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02119587v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Saglio-Yatzimirsky" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Schuster" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belgheis Alavi  Jafari" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Reza Sahibdad" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04850480v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877239v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01842232v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bensaad" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-thiollet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4151-007X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/127987045" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05381276v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Guiraudon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Schmoll" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thiollet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pld.145.0034" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04163262v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cantat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine P&#233;coud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00027642231182889" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05116492v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Adamson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polgeo.2025.103270" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04191770v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Reddy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00027642231183274" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05140889v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Savatic" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Lazzeri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kartika Herscheid" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacroix" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01979183251343888" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05067741v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ln9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04955998v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05067775v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kartika Herschied" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13lnl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04326986v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mesnard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Senne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Jaulin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01979183231222169" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04866035v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04761739v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04687266v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;no&#235;l Senne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/padr.12650" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04850427v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04850386v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04326845v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183X.2023.2269783" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03717230v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Natter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01436597.2022.2069093" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03757674v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gemenne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.14062" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03828461v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Hollifield" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wihtol de Wenden" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.14389" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03329591v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01436597.2021.1948325" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02951417v3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Assaf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp.2358" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01930831v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.093.0107" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675553v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Vignal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cy.3143" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675564v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cy.3150" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675546v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.072.0155" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675523v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.7400" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675518v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.056.0009" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675531v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0147547910000293" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03460235v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transcontinentales.787" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00410426v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675519v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.037.0089" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03459931v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675548v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675513v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Baeza" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnefoy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.019.0025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675547v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675559v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cy.190" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02951418v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089109v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05021392v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05067721v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13log" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04596139v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Breda" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vincent-Mory" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.25124" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03556931v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Joannon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Leno&#235;l" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perin Emel Yavuz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03717298v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675556v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02359838v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Vignal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02056676v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675516v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04384224v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Migration-Politics-across-the-World/Natter-Thiollet/p/book/9781032601168" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04038868v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-elgar.com/shop/gbp/research-handbook-on-the-institutions-of-global-migration-governance-9781789908060.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366748v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lejeune" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pag&#232;s-El Karoui" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67365-9" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675542v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518476v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01394159v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01393638v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04386873v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04386875v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04098619v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Rother" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942824v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beaugrand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781789908077.00032" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04098597v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193858v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesciencespo.fr/en/book/?GCOI=27246100968920" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03771902v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerasimos Tsourapas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riva Kastoryano" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03522786v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sup.org/books/title/?id=32777" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833122v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9780429426957-52/migration-asylum-international-interventions-horn-africa-h%C3%A9l%C3%A8ne-thiollet-thibaut-jaulin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03847217v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferruccio Pastore" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03393472v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67365-9_12" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03393473v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67365-9_1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03847287v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675534v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02515316v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clochard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675525v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675529v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675560v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675526v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675527v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675536v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675537v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02515334v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lambert" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675543v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675544v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675524v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675521v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675520v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ladocumentationfrancaise.fr/catalogue/9782110092427/index.shtml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675511v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.bonne.2012.01.0235" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675508v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04967733v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04696574v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04738209v3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03021241v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Oswald" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03021244v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387586v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Heuz&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tran" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Edouard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05119103v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Boval" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lebas" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05119081v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05121320v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Montfort" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05082557v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832189v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03021246v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Bail" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariba Adelkhah" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02190396v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675522v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05336276v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04262930v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03961862v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02586031v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Benker" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoshana Fine" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02951421v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02951419v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02362910v2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01346366v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675538v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03094529v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01675541v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525079v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Alioua" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basil Kamal Bushra" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Delaplace" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02119587v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Saglio-Yatzimirsky" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Schuster" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belgheis Alavi  Jafari" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Reza Sahibdad" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04850480v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877239v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01842232v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bensaad" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>