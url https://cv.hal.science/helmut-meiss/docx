--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:141.69741697417px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Helmut MEISS </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">helmut-meiss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2117-0952</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">150561776</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From a local descriptive to a generic predictive model of cereal aphid regulation by predators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Stell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Bommarco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Laubmeier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 93 (7), pp.943-957. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.14115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting the abundances of aphids and their natural enemies in cereal crops: Machine-learning versus linear models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Rouabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Villerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lasserre-Joulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Tosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 169, pp.104866. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocontrol.2022.104866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03633344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Predictions of Interaction Dynamics between Cereal Aphids and Their Natural Enemies: A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Stell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lasserre-Joulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (5), pp.479. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/insects13050479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04009169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ARENA: Assessment of pest biocontrol in arable crops by naturally ocuring pest enemies: sampling network and tools to integrate this ecosystem service into integrated crop management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Tosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Canard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Cerrutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cervek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 85, pp.17-30. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03610240v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les indicateurs de biodiversité pour accompagner les agriculteurs : embarras du choix ou pénurie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bockstaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lassere-Joulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sausse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayo van Der Werf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 75, pp.73-86. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/bzmzzf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape scale management affects weed richness but not weed abundance in winter wheat fields.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Gaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Simmoneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 223, pp.41-67. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2016.02.031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01331130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic fields sustain weed metacommunity dynamics in farmland landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Henckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Borger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Gaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 282 (1808), pp.20150002. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2015.0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des prairies temporaires pour la gestion de la flore adventice dans les systèmes céréaliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mediene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boissinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Rainer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22, pp.71-84. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/jb3s-vy34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution des légumineuses à la biodiversité des paysages ruraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Thiébeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Badenhausser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Carrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11, pp.187-204. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/2m6w-jh64⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01136964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrasting weed species composition in perennial alfalfas and six annual crops: implications for integrated weed management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mediene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainer Waldhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Caneill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 30 (3), pp.657-666. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/agro/2009043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00886552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perennial lucerne affects weed community trajectories in grain crop rotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mediene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Waldhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Caneill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Weed Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 50 (4), pp.331 - 340. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3180.2010.00784.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weed seed predation increases with vegetation cover in perennial forage crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Le Lagadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainer Waldhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 138 (1-2), pp.10-16. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2010.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of biomass, age and functional traits on regrowth of arable weeds after cutting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Henriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Caneill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Diseases and Protection. Special issue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 21, pp.493-500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation of post-dispersal weed seed predation according to weed species, space and time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Reboud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Diseases and Protection. Special issue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Special Issue XXI, pp.221-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of biomass, age and functional traits on regrowth of arable weeds after cutting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Henriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Caneill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Diseases and Protection. Special issue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 21, pp.493-500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment la fouille de données peut renouveler la démarche de construction des indicateurs agro-environnementaux ? Exemple de l'indicateur Icarab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Rouabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lasserre-Joulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Villerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Serradj-Noirtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe Français des Pesticides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, NANCY, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02918921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postdispersal weed seed predation ranged between 19 to 84% per week following a species preference rank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Reboud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. German Conference on Weed Biology and Weed Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Hohenheim, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation of post-dispersal weed seed predation according to weed species, space and time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Reboud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. German Conference on Weed Biology and Weed Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Stuttgart-Hohenheim, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversifying crop rotations with perennial forage crops: potential benefits for weed management & farmland biodiversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Caneill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Médiène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gesellschaft für Ökologie 40th Anniversary Meeting “The future of biodiversity: Genes, Species, Ecosystems”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Giessen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postdispersal weed seed predation ranged between 19 to 84% per week following a species preference rank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Reboud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th German Conference on Weed Biology and Weed Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Hohenheim, Germany. Springer, Journal of Plant Diseases and Protection. Special issue pp.1, 2008, Journal of Plant Diseases and Protection. Special issue</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir des systèmes de cultures mobilisant le biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Valantin-Morison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lasserre-Joulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Messéan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Quae. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biocontrôle - Eléments pour une protection agroécologique des cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, QUAE, 2020, Collection Savoir-Faire, 978-2-7592-3076-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 26. The Role of Grassland Areas within Arable Cropping Systems for the Conservation of Biodiversity at the Regional Level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Gauffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Badenhausser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CAB International 2011. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grassland Productivity and Ecosystem Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, G. Lemaire, J. Hodgson and A. Chabbi, pp.251-260, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00611711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of grassland areas within arable cropping systems for the conservation of biodiversity at the regional level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Gauffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Badenhausser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grassland productivity and ecosystem services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAB International, 2011, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1079/9781845938093.0251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversification des rotations de grandes cultures avec des prairies temporaires : un moyen pour combiner la gestion de la flore adventice et la conservation de la biodiversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Bourgogne, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02822197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversifying crop rotations with temporary grasslands : potentials for weed mangement and farmland biodiversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agricultural sciences. Université de Bourgogne; Justus-Liebig-Universität (Giessen, Allemagne), 2010. English. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2010DIJOS018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00575607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId101"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:141.69741697417px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Helmut MEISS </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">helmut-meiss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2117-0952</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">150561776</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From a local descriptive to a generic predictive model of cereal aphid regulation by predators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Stell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Bommarco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Laubmeier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 93 (7), pp.943-957. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.14115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting the abundances of aphids and their natural enemies in cereal crops: Machine-learning versus linear models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Rouabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Villerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lasserre-Joulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Tosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 169, pp.104866. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocontrol.2022.104866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03633344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Predictions of Interaction Dynamics between Cereal Aphids and Their Natural Enemies: A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Stell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lasserre-Joulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (5), pp.479. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/insects13050479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04009169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ARENA: Assessment of pest biocontrol in arable crops by naturally ocuring pest enemies: sampling network and tools to integrate this ecosystem service into integrated crop management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Tosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Canard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Cerrutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cervek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 85, pp.17-30. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03610240v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les indicateurs de biodiversité pour accompagner les agriculteurs : embarras du choix ou pénurie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bockstaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lassere-Joulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sausse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayo van Der Werf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 75, pp.73-86. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/bzmzzf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape scale management affects weed richness but not weed abundance in winter wheat fields.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Gaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Simmoneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 223, pp.41-67. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2016.02.031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01331130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic fields sustain weed metacommunity dynamics in farmland landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Henckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Borger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Gaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 282 (1808), pp.20150002. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2015.0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des prairies temporaires pour la gestion de la flore adventice dans les systèmes céréaliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mediene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boissinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Rainer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22, pp.71-84. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/jb3s-vy34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weed seed predation increases with vegetation cover in perennial forage crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Le Lagadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainer Waldhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 138 (1-2), pp.10-16. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2010.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perennial lucerne affects weed community trajectories in grain crop rotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mediene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Waldhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Caneill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Weed Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 50 (4), pp.331 - 340. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3180.2010.00784.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrasting weed species composition in perennial alfalfas and six annual crops: implications for integrated weed management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mediene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainer Waldhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Caneill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 30 (3), pp.657-666. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/agro/2009043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00886552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution des légumineuses à la biodiversité des paysages ruraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Thiébeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Badenhausser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Carrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11, pp.187-204. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/2m6w-jh64⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01136964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation of post-dispersal weed seed predation according to weed species, space and time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Reboud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Diseases and Protection. Special issue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Special Issue XXI, pp.221-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of biomass, age and functional traits on regrowth of arable weeds after cutting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Henriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Caneill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Diseases and Protection. Special issue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 21, pp.493-500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of biomass, age and functional traits on regrowth of arable weeds after cutting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Henriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Caneill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Diseases and Protection. Special issue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 21, pp.493-500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment la fouille de données peut renouveler la démarche de construction des indicateurs agro-environnementaux ? Exemple de l'indicateur Icarab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Rouabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lasserre-Joulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Villerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Serradj-Noirtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe Français des Pesticides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, NANCY, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02918921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation of post-dispersal weed seed predation according to weed species, space and time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Reboud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. German Conference on Weed Biology and Weed Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Stuttgart-Hohenheim, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postdispersal weed seed predation ranged between 19 to 84% per week following a species preference rank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Reboud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. German Conference on Weed Biology and Weed Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Hohenheim, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversifying crop rotations with perennial forage crops: potential benefits for weed management & farmland biodiversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Caneill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Médiène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gesellschaft für Ökologie 40th Anniversary Meeting “The future of biodiversity: Genes, Species, Ecosystems”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Giessen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postdispersal weed seed predation ranged between 19 to 84% per week following a species preference rank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Reboud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th German Conference on Weed Biology and Weed Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Hohenheim, Germany. Springer, Journal of Plant Diseases and Protection. Special issue pp.1, 2008, Journal of Plant Diseases and Protection. Special issue</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir des systèmes de cultures mobilisant le biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Valantin-Morison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lasserre-Joulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Messéan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Quae. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biocontrôle - Eléments pour une protection agroécologique des cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, QUAE, 2020, Collection Savoir-Faire, 978-2-7592-3076-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of grassland areas within arable cropping systems for the conservation of biodiversity at the regional level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Gauffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Badenhausser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grassland productivity and ecosystem services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAB International, 2011, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1079/9781845938093.0251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 26. The Role of Grassland Areas within Arable Cropping Systems for the Conservation of Biodiversity at the Regional Level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Gauffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Badenhausser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CAB International 2011. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grassland Productivity and Ecosystem Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, G. Lemaire, J. Hodgson and A. Chabbi, pp.251-260, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00611711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversifying crop rotations with temporary grasslands : potentials for weed mangement and farmland biodiversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agricultural sciences. Université de Bourgogne; Justus-Liebig-Universität (Giessen, Allemagne), 2010. English. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2010DIJOS018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00575607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversification des rotations de grandes cultures avec des prairies temporaires : un moyen pour combiner la gestion de la flore adventice et la conservation de la biodiversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helmut Meiss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Bourgogne, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02822197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId101"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="70402631"/>
+    <w:nsid w:val="59FCDB22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helmut-meiss" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2117-0952" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/150561776" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648384v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Stell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Bommarco" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Laubmeier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Meiss" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.14115" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633344v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Rouabah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Villerd" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lasserre-Joulin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Tosser" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2022.104866" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04009169v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lasserre-Joulin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects13050479" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03610240v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barrier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Canard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cerrutti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cervek" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art02" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392175v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bockstaller" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lassere-Joulain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sausse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo van Der Werf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/bzmzzf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331130v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Grison" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Simmoneau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2016.02.031" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8K9XQHBJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199764v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Henckel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Borger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2015.0002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019446v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Munier-Jolain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Mediene" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boissinot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Rainer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/jb3s-vy34" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136964v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thi&#233;beau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Badenhausser" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meiss" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/2m6w-jh64" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886552v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Waldhardt" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Caneill" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro/2009043" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01644347v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Waldhardt" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bretagnolle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3180.2010.00784.x" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZHMN75B9-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667660v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Le Lagadec" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2010.03.009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XH9G9VJD-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661671v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Henriot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666717v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01895890v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918921v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Serradj-Noirtin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754466v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819864v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01912879v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia M&#233;di&#232;ne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535071v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03619023v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Valantin-Morison" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martinet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mess&#233;an" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611711v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Gauffre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809854v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781845938093.0251" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02822197v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00575607v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010DIJOS018" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helmut-meiss" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2117-0952" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/150561776" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648384v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Stell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Bommarco" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Laubmeier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Meiss" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.14115" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633344v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Rouabah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Villerd" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lasserre-Joulin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Tosser" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2022.104866" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04009169v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lasserre-Joulin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects13050479" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03610240v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barrier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Canard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cerrutti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cervek" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art02" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392175v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bockstaller" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lassere-Joulain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sausse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo van Der Werf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/bzmzzf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331130v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Grison" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Simmoneau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2016.02.031" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8K9XQHBJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199764v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Henckel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Borger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2015.0002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019446v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Munier-Jolain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Mediene" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boissinot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Rainer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/jb3s-vy34" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667660v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Le Lagadec" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Waldhardt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2010.03.009" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XH9G9VJD-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01644347v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meiss" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Waldhardt" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Caneill" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bretagnolle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3180.2010.00784.x" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZHMN75B9-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886552v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro/2009043" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136964v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thi&#233;beau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Badenhausser" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/2m6w-jh64" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666717v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661671v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Henriot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01895890v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918921v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Serradj-Noirtin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819864v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754466v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01912879v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia M&#233;di&#232;ne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535071v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03619023v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Valantin-Morison" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martinet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mess&#233;an" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809854v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Gauffre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781845938093.0251" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611711v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00575607v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010DIJOS018" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02822197v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>