--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -716,196 +716,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05109842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résistances, savoirs et expériences de femmes rurales : un numéro situé / situer un numéro</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Entrevista com Verônica de Santana, agricultora e militante: “Construir um feminismo rural, agir em rede e reconstruir as políticas públicas”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verônica de Santana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Prévost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Ordinaire des Amériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, Féminisme rural face au Bolsonarisme, 233, </w:t>
+              <w:t xml:space="preserve">, 2024, 233, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/13cfh⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/13cfn⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04958676v1</w:t>
+                <w:t xml:space="preserve">hal-04961032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entrevista com Verônica de Santana, agricultora e militante: “Construir um feminismo rural, agir em rede e reconstruir as políticas públicas”</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Résistances, savoirs et expériences de femmes rurales : un numéro situé / situer un numéro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Prévost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Ordinaire des Amériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 233, </w:t>
+              <w:t xml:space="preserve">, 2024, Féminisme rural face au Bolsonarisme, 233, </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/13cfn⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/13cfh⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04961032v1</w:t>
+                <w:t xml:space="preserve">hal-04958676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Até que todas sejamos livres&amp;quot;: o ativismo 'sentipensado' das feministas agroecológicas brasileiras contra as violências agrocapitalistas</w:t>
               </w:r>
@@ -2821,51 +2821,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E7A625DE"/>
+    <w:nsid w:val="BA57B7BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3052,51 +3052,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/heloise-prevost" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2343-0295" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253741416" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401146v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Pr&#233;vost" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959653v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13cfi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959673v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Emilia Pacheco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13cfq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961227v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#244;nica de Santana" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13cfo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646333v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hillenkamp" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11zhi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109842v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13cfw" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958676v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13cfh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961032v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13cfn" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681523v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18617/liinc.v18i1.5969" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03366403v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Figeac" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Paton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Peralva" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Coelho Bezerra" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cabanac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25160/bjbs.v10i1.125719" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03658292v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Salord" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.017.0129" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365873v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.045.0077" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03150044v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.014.0091" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887423v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509971v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1068337ar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056223v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirla Cisne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Telma Gurgel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nqf.362.0034" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056218v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.063.0045" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056177v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guetat-Bernard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/orda.2888" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056198v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.6052" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331407v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04095881v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277203v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blanc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;line Cardoso" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ferrachat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Fonquerne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04533692v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.emeraldinsight.com/page/detail/geo-spaces-of-communication-research/?k=9781800716063" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S2050-206020240000026008" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828511v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Sa Vilas Boas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12tji" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02795214v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umr-territoires.fr/2020/06/05/les-transitions-agroecologiques-en-france-enjeux-conditions-et-modalites-du-changement/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04199855v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOU20080" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/heloise-prevost" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2343-0295" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253741416" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401146v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Pr&#233;vost" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959653v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13cfi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959673v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Emilia Pacheco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13cfq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961227v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#244;nica de Santana" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13cfo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646333v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hillenkamp" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11zhi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109842v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13cfw" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961032v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13cfn" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958676v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13cfh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681523v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18617/liinc.v18i1.5969" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03366403v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Figeac" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Paton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Peralva" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Coelho Bezerra" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cabanac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25160/bjbs.v10i1.125719" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03658292v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Salord" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.017.0129" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365873v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.045.0077" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03150044v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.014.0091" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887423v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509971v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1068337ar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056223v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirla Cisne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Telma Gurgel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nqf.362.0034" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056218v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.063.0045" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056177v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guetat-Bernard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/orda.2888" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056198v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.6052" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331407v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04095881v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277203v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blanc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;line Cardoso" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ferrachat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Fonquerne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04533692v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.emeraldinsight.com/page/detail/geo-spaces-of-communication-research/?k=9781800716063" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S2050-206020240000026008" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828511v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Sa Vilas Boas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12tji" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02795214v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umr-territoires.fr/2020/06/05/les-transitions-agroecologiques-en-france-enjeux-conditions-et-modalites-du-changement/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04199855v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOU20080" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>