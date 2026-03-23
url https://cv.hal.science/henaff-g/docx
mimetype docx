--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -191,239 +191,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05013530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Comment saisir les infractions juvéniles numériques ? Réflexions sur les sources et les catégories d’infraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Henaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Seznec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terminal. Technologie de l’information, culture &amp; société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 137, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/terminal.9357⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05013525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Quel traitement de l’indiscipline en ligne des mineurs ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Potin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Henaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Meignen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seznec Aurélie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Champ Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04397189v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">hal-05013525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Information and communication technology use among children separated from one or both parents: A scoping review”</w:t>
               </w:r>
@@ -938,50 +938,154 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01942600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quand les liens familiaux s’appuient sur les médias socionumériques. Approche sociojuridique des relations familiales au sein de la protection de l’enfance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Henaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Trellu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 210 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/res.210.0179⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01843067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Foster-care children and connected families : Toward a socio-legal approach of digital correspondence within the family</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Potin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1016,161 +1120,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enfances, Familles, Générations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, https://journals.openedition.org/efg/5303</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02171906v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">hal-01843067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ouverture des procédures de traitement des situations de surendettement aux propriétaires de leur résidence principale</w:t>
               </w:r>
@@ -2951,50 +2951,158 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01830014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Présentation des résultats de la recherche Pl@cement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Henaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Trellu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enfants pl@cés, familles connectées : Comment les médias socionumériques transforment l’action éducative ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité de suivi Pl@cement, Jun 2018, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01831265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Des familles connectées ? Approche socio-juridique de la correspondance numérique familiale dans les mesures de placement »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Potin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3029,165 +3137,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16e séminaire M@rsouin .</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GIS M@rsouin ., May 2018, Bono, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01830025v1</w:t>
-              </w:r>
-[...106 lines deleted...]
-                <w:t xml:space="preserve">hal-01831265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correspondance numérique et protection de l’enfance</w:t>
               </w:r>
@@ -5130,64 +5130,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Henaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Farcy-Callon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Seznec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Meignen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">20.36, IERDJ - Institut des Études et de la Recherche sur le Droit et la Justice. 2024, pp.245</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -5601,51 +5601,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013530v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Henaff" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Potin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rf.022.0053" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397189v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Meignen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seznec Aur&#233;lie" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013525v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Seznec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.9357" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397257v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Baude" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourassa Audrey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Julie" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013506v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leszek Brogowski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397219v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228541v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sorin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02869693v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01942600v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171906v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Trellu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843067v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.210.0179" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01942623v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01942633v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Duval" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Magnanon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211553v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02209763v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02209177v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208349v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439033v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439020v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767386v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01738287v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-05486013v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723675v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485980v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013539v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05439448v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouill&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Corn&#233;e" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013533v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013536v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013545v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013538v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765283v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jehel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentyna Dymytrova" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Leveneur" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Thiault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rossi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60527/hhpw-pk03" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429341v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02429118v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830014v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830025v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831265v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01942650v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830035v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830029v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02869784v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-eres.com/ouvrage/4566/le-smartphone-des-enfants-places" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767319v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Merle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03978403v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813004604" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228585v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228613v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397083v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/apd.631.0204" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228582v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03978430v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228601v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228597v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228565v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228589v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429373v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02437399v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554207v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766128v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767357v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02437313v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02437310v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01892396v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Glemain" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Urasadettan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Amintas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bioteau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155214v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Farcy-Callon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05492810v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. No&#235;l" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Le Berrigaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Le Nadant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Busson-Villa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02429102v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013530v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Henaff" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Potin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rf.022.0053" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013525v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Seznec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.9357" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397189v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Meignen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seznec Aur&#233;lie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397257v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Baude" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourassa Audrey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Julie" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013506v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leszek Brogowski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397219v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228541v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sorin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02869693v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01942600v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843067v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Trellu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.210.0179" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171906v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01942623v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01942633v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Duval" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Magnanon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211553v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02209763v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02209177v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208349v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439033v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439020v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767386v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01738287v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-05486013v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723675v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485980v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013539v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05439448v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouill&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Corn&#233;e" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013533v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013536v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013545v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05013538v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765283v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jehel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentyna Dymytrova" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Leveneur" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Thiault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rossi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60527/hhpw-pk03" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429341v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02429118v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830014v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831265v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830025v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01942650v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830035v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830029v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02869784v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-eres.com/ouvrage/4566/le-smartphone-des-enfants-places" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767319v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Merle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03978403v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813004604" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228585v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228613v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397083v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/apd.631.0204" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228582v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03978430v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228601v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228597v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228565v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228589v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429373v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02437399v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554207v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766128v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767357v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02437313v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02437310v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01892396v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Glemain" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Urasadettan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Amintas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bioteau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155214v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Farcy-Callon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05492810v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. No&#235;l" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Le Berrigaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Le Nadant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Busson-Villa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02429102v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>