--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -190,412 +190,412 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing nuclear cross-section predictions with deep learning: the DINo algorithm</w:t>
+                <w:t xml:space="preserve">In-beam $\gamma$-ray spectroscopy with fast-neutron probes at NFS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Levana Gesson</w:t>
+                <w:t xml:space="preserve">H Sengar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Greg Henning</w:t>
+                <w:t xml:space="preserve">E Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Collin</w:t>
+                <w:t xml:space="preserve">D Ackermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Vanstalle</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">O Aktas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L de Arruda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal Plus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjp/s13360-025-06562-z⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Physics A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1061, pp.123135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nuclphysa.2025.123135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04965279v1</w:t>
+                <w:t xml:space="preserve">hal-05066644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isomers and hindrances in No254: A touchstone for theories of superheavy nuclei</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhancing nuclear cross-section predictions with deep learning: the DINo algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Chowdhury</w:t>
+                <w:t xml:space="preserve">Levana Gesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Seweryniak</w:t>
+                <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T.L Khoo</w:t>
+                <w:t xml:space="preserve">Jonathan Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.G Kondev</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie Vanstalle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 111 (3), pp.034320. </w:t>
+              <w:t xml:space="preserve">The European Physical Journal Plus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 140 (7), pp.645. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.111.034320⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjp/s13360-025-06562-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04995669v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-beam $\gamma$-ray spectroscopy with fast-neutron probes at NFS</w:t>
+                <w:t xml:space="preserve">Isomers and hindrances in No254: A touchstone for theories of superheavy nuclei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Sengar</w:t>
+                <w:t xml:space="preserve">S.G Wahid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Clément</w:t>
+                <w:t xml:space="preserve">P Chowdhury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Ackermann</w:t>
+                <w:t xml:space="preserve">D Seweryniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Aktas</w:t>
+                <w:t xml:space="preserve">T.L Khoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L de Arruda</w:t>
+                <w:t xml:space="preserve">F.G Kondev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Physics A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1061, pp.123135. </w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 111 (3), pp.034320. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nuclphysa.2025.123135⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.111.034320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05066644v1</w:t>
+                <w:t xml:space="preserve">hal-04995669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proton inelastic scattering on 56Fe: Insights from the 9-MV Tandem Accelerator measurements @ IFIN-HH</w:t>
               </w:r>
@@ -849,51 +849,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Need for precise nuclear structure data for reactor studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhazize Chebboubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -983,51 +983,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the need for precise nuclear structure data for high quality (n, n’γ) cross-section measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Kerveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2202,51 +2202,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to produce accurate inelastic cross sections from an indirect measurement method?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Kerveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalin Borcea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2317,177 +2317,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02109918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(n,xn γ ) cross sections on actinides versus reaction code calculations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roberto Capote</w:t>
+                <w:t xml:space="preserve">Neutron inelastic scattering measurements on the stable isotopes of titanium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Olacel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Belloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Borcea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boromiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/201714611012⟩</w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 96 (1), pp.014621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.96.014621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02307910v1</w:t>
+                <w:t xml:space="preserve">hal-01582807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proton inelastic scattering cross section measurements on 16 O and 28 Si</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Boromiza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2496,561 +2496,561 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalin Borcea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Ghita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudor Glodariu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 146, pp.11015. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/201714611015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02307912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutron inelastic scattering measurements on the stable isotopes of titanium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Dessagne</w:t>
+                <w:t xml:space="preserve">(n,xn γ ) cross sections on actinides versus reaction code calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Kerveno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bacquias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Belloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catalin Borcea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Capote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 96 (1), pp.014621. </w:t>
+              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 146, pp.11012. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.96.014621⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201714611012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01582807v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of (n, x n γ ) reaction cross sections in W isotopes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dessagne</w:t>
+                <w:t xml:space="preserve">Lifetime measurement of neutron-rich even-even molybdenum isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ralet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pietri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Alaqeel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Alexander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/201714611016⟩</w:t>
+              <w:t xml:space="preserve">Phys.Rev.C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95 (3), pp.034320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.95.034320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02154835v1</w:t>
+                <w:t xml:space="preserve">hal-01554441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifetime measurement of neutron-rich even-even molybdenum isotopes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Alexander</w:t>
+                <w:t xml:space="preserve">Measurement of (n, x n γ ) reaction cross sections in W isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Henning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bacquias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catalin Borcea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Capote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys.Rev.C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 95 (3), pp.034320. </w:t>
+              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 146, pp.11016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.95.034320⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201714611016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01554441v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02154835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutron inelastic cross section measurements for nat Ti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adina Olacel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Belloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalin Borcea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3655,160 +3655,186 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00724538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (31)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating (n, xn) Cross-Sections on Tungsten Isotopes using insights from (n, xn γ) measurements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Nuclear Structure and Reaction Data for Reactor Applications at IPHC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Kerveno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Nuclear Data for Science and Technology Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">Third International Workshop on Nuclear Data for the Next Decade</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05145812v1</w:t>
+                <w:t xml:space="preserve">hal-05553687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of 182,183,184 and 186W (n, n’ γ) and (n, 2n γ) cross section measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JEFF Nuclear Data Week</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Boulogne-Billancourt, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3836,455 +3862,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05034684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-beam \(\gamma \)-ray Spectroscopy with Fast Neutron Probes at NFS</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimating (n, xn) Cross-Sections on Tungsten Isotopes using insights from (n, xn γ) measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greg Henning</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zakopane Conference on Nuclear Physics Extremes of the Nuclear Landscape</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16th Nuclear Data for Science and Technology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Madrid, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05036441v1</w:t>
+                <w:t xml:space="preserve">hal-05145812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-beam γ-ray spectroscopy with fast neutron probes at NFS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lucas de Arruda</w:t>
+                <w:t xml:space="preserve">In-beam \(\gamma \)-ray Spectroscopy with Fast Neutron Probes at NFS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Sengar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Ackermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Aktas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L de Arruda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">V International Conference on Nuclear Structure and Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202532400020⟩</w:t>
+              <w:t xml:space="preserve">Zakopane Conference on Nuclear Physics Extremes of the Nuclear Landscape</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Zakopane, Poland. pp.2-A19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5506/APhysPolBSupp.18.2-A19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05065602v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05036441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards improvement of the $^{238}$U level scheme using γ-spectroscopy of the (n, n’γ) reaction</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">In-beam γ-ray spectroscopy with fast neutron probes at NFS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hemantika Sengar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieter Ackermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ozge Aktas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas de Arruda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Workshop On Nuclear Data Evaluation for Reactor applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202429401005⟩</w:t>
+              <w:t xml:space="preserve">V International Conference on Nuclear Structure and Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Valencia, Spain. pp.00020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202532400020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04556483v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05065602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Producing uncertainties and covariance matrix from intermediate data using a Monte-Carlo method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Claeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4315,883 +4280,879 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Kerveno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Workshop On Nuclear Data Evaluation for Reactor applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Paris, France. pp.05002, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/202429405002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04556486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutron-induced inelastic γ-production cross sections on &amp;lt;sup&amp;gt;58,60,64&amp;lt;/sup&amp;gt;Ni</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Catalin Borcea</w:t>
+                <w:t xml:space="preserve">Towards improvement of the $^{238}$U level scheme using γ-spectroscopy of the (n, n’γ) reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Chatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Kerveno</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Nuclear Data for Science and Technology (ND2022)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202328401010⟩</w:t>
+              <w:t xml:space="preserve">6th International Workshop On Nuclear Data Evaluation for Reactor applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Paris, France. pp.01005, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202429401005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04124943v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04556483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of 183 W(n, n’γ) and (n, 2nγ) cross-sections (preliminary)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">The past and the future of the GAINS spectrometer @ GELINA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Olacel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catalin Borcea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Boromiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Dari Bako</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference on Nuclear Data for Science and Technology (ND2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2022, Sacramento (Online), United States. pp.01046, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202328401046⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2022, Online Conference, United States. pp.01007, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202328401007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04124951v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04124936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The past and the future of the GAINS spectrometer @ GELINA</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marian Boromiza</w:t>
+                <w:t xml:space="preserve">Measurement of 183 W(n, n’γ) and (n, 2nγ) cross-sections (preliminary)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greg Henning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Kerveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Greg Henning</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Claeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dari Bako</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference on Nuclear Data for Science and Technology (ND2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2022, Online Conference, United States. pp.01007, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202328401007⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2022, Sacramento (Online), United States. pp.01046, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202328401046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04124936v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04124951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new measurement on 56 Fe(n,inl) using GAINS@GELINA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandru Negret</w:t>
+                <w:t xml:space="preserve">Neutron-induced inelastic γ-production cross sections on &amp;lt;sup&amp;gt;58,60,64&amp;lt;/sup&amp;gt;Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Boromiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Olacel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalin Borcea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference on Nuclear Data for Science and Technology (ND2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2022, Online Conference, United States. pp.01034, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202328401034⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2022, Online Conference, United States. pp.01010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202328401010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04124946v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04124943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Producing uncertainties and covariance matrix from intermediate data using a Monte-Carlo method</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Dari Bako</w:t>
+                <w:t xml:space="preserve">A new measurement on 56 Fe(n,inl) using GAINS@GELINA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Negret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catalin Borcea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Boromiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Claeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Workshop On Nuclear Data Evaluation for Reactor applications (WONDER)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Conference on Nuclear Data for Science and Technology (ND2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Online Conference, United States. pp.01034, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202328401034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04126156v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04124946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using the Monte-Carlo method to analyze experimental data and produce uncertainties and covariances</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Producing uncertainties and covariance matrix from intermediate data using a Monte-Carlo method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maëlle Kerveno</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Claeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dari Bako</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maelle Kerveno</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Nuclear Data for Science and Technology (ND2022)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th International Workshop On Nuclear Data Evaluation for Reactor applications (WONDER)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Aix-en-Provence, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04124948v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04126156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GRAPhEME: Performances, achievements (@EC-JRC/GELINA) and future (@GANIL/SPIRAL2/NFS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Kerveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5240,469 +5201,469 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Claeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference on Nuclear Data for Science and Technology (ND2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Sacramento, CA, United States. pp.01005, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/202328401005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04221754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La structure pour l'étude de la diffusion inélastique du neutron</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Using the Monte-Carlo method to analyze experimental data and produce uncertainties and covariances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Kerveno</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Claeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dari Bako</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">workshop NACRE "La structure nucléaire et les données nucléaires pour les réacteurs"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Conference on Nuclear Data for Science and Technology (ND2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Online Conference, United States. pp.01045, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202328401045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04132703v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04124948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutron inelastic cross section measurements on $^{58,60}$Ni</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La structure pour l'étude de la diffusion inélastique du neutron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greg Henning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Kerveno</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ND 2019: International Conference on Nuclear Data for Science and Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">workshop NACRE "La structure nucléaire et les données nucléaires pour les réacteurs"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Saclay, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02957497v1</w:t>
+                <w:t xml:space="preserve">hal-04132703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What can we learn from (n, x n γ ) cross sections about reaction mechanism and nuclear structure?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Dupuis</w:t>
+                <w:t xml:space="preserve">Neutron inelastic cross section measurements on $^{58,60}$Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Olacel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalin Borcea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Boromiza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roberto Capote</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoire Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ND 2019: International Conference on Nuclear Data for Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2019, Pékin, China. pp.01023, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202023901023⟩</w:t>
+              <w:t xml:space="preserve">, May 2019, Pékin, China. pp.01040, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202023901040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02957494v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02957497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New equipment for neutron scattering cross-section measurements at GELINA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Nyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalin Borcea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5724,351 +5685,351 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ND 2019: International Conference on Nuclear Data for Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Pékin, China. pp.17003, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/202023917003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02957499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of $^{182,184,186}$w (n, n' γ) cross sections and what we can learn from it</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Bacquias</w:t>
+                <w:t xml:space="preserve">What can we learn from (n, x n γ ) cross sections about reaction mechanism and nuclear structure?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Kerveno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalin Borcea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mariam Boromiza</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Boromiza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Capote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHYSOR 2020: Transition to a Scalable Nuclear Future</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ND 2019: International Conference on Nuclear Data for Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Pékin, China. pp.01023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202023901023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02956052v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02957494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High precision neutron inelastic cross sections on 16 O</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marian Boromiza</w:t>
+                <w:t xml:space="preserve">Measurement of $^{182,184,186}$w (n, n' γ) cross sections and what we can learn from it</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Henning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bacquias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalin Borcea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mäelle Kerveno</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Boromiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Capote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ND 2019: International Conference on Nuclear Data for Science and Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PHYSOR 2020: Transition to a Scalable Nuclear Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Cambridge, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02959054v1</w:t>
+                <w:t xml:space="preserve">hal-02956052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutron inelastic cross section measurements on 54 Fe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adina Olacel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6090,1183 +6051,1192 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Boromiza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ND 2019: International Conference on Nuclear Data for Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Pékin, China. pp.01010, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/202023901010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02957489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncertainty quantification and sensitivity studies on Thorium-fueled reactors</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Doligez</w:t>
+                <w:t xml:space="preserve">High precision neutron inelastic cross sections on 16 O</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Boromiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catalin Borcea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoire Henning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mäelle Kerveno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ND 2019: International Conference on Nuclear Data for Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2019, Beijing, China. pp.22008, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202023922008⟩</w:t>
+              <w:t xml:space="preserve">, 2019, Pékin, China. pp.01013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202023901013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02957319v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02959054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutron inelastic scattering of 232 Th: measurements and beyond</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
+                <w:t xml:space="preserve">Uncertainty quantification and sensitivity studies on Thorium-fueled reactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliot Party</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catalin. Borcea</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Doligez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Kerveno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Henning</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Workshop On Nuclear Data Evaluation for Reactor applications (WONDER-2018)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/201921103005⟩</w:t>
+              <w:t xml:space="preserve">ND 2019: International Conference on Nuclear Data for Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Beijing, China. pp.22008, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202023922008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02307897v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02957319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Neutrons for Science Facility at SPIRAL-2</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Balanzat</w:t>
+                <w:t xml:space="preserve">Neutron inelastic scattering of 232 Th: measurements and beyond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliot Party</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catalin. Borcea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Doligez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire. Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Symposium on Neutron and Ion Dosimetry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/rpd/ncx257⟩</w:t>
+              <w:t xml:space="preserve">5th International Workshop On Nuclear Data Evaluation for Reactor applications (WONDER-2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Aix en Provence, France. pp.03005, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201921103005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01669642v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High precision neutron inelastic cross section measurements</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ph. Dessagne</w:t>
+                <w:t xml:space="preserve">The Neutrons for Science Facility at SPIRAL-2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Aïche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Avrigeanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Avrigeanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Balanzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EXOTIC NUCLEI AND NUCLEAR/PARTICLE ASTROPHYSICS (VI). PHYSICS WITH SMALL ACCELERATORS: Proceedings of Carpathian Summer School of Physics 2016 (CSSP16)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4984880⟩</w:t>
+              <w:t xml:space="preserve">13th Symposium on Neutron and Ion Dosimetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Cracow, Poland. pp.115-119, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/rpd/ncx257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154829v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01669642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The neutrons for science facility at SPIRAL-2</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Balanzat</w:t>
+                <w:t xml:space="preserve">High precision neutron inelastic cross section measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Olacel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Belloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catalin Borcea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boromiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Nuclear Data for Science an Technology ND2016</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/201714603003⟩</w:t>
+              <w:t xml:space="preserve">EXOTIC NUCLEI AND NUCLEAR/PARTICLE ASTROPHYSICS (VI). PHYSICS WITH SMALL ACCELERATORS: Proceedings of Carpathian Summer School of Physics 2016 (CSSP16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Sinaia, Romania. pp.080006, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4984880⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01373000v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02154829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability and synthesis of superheavy elements: Fighting the battle against fission – example of $^{254}$No</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Alcorta</w:t>
+                <w:t xml:space="preserve">The neutrons for science facility at SPIRAL-2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Aiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Avrigeanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Avrigeanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Balanzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nobel Symposium NS160 – Chemistry and Physics of Heavy and Superheavy Elements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/201613103001⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Nuclear Data for Science an Technology ND2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Joint Research Centre, European Commission, Sep 2016, Bruges, Belgium. pp.03003, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201714603003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01406665v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01373000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fission Barrier of $^{254}$No: implications for models and reactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stability and synthesis of superheavy elements: Fighting the battle against fission – example of $^{254}$No</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lopez-Martens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Lopez-Martens</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.L. Khoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Seweryniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Alcorta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium Super Heavy Nuclei 2015</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nobel Symposium NS160 – Chemistry and Physics of Heavy and Superheavy Elements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Lund, Sweden. pp.03001, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201613103001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01146822v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01406665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the Stability of Super Heavy Nuclei</w:t>
+                <w:t xml:space="preserve">Fission Barrier of $^{254}$No: implications for models and reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. L. Khoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lopez-Martens</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T.L. Khoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Seweryniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Alcorta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 5th International Conference on the Chemistry and Physics of the Transactinide Elements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Fukushima, Japan</w:t>
+              <w:t xml:space="preserve">International Symposium Super Heavy Nuclei 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, College Station, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-01163230v1</w:t>
+                <w:t xml:space="preserve">in2p3-01146822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GRAPhEME: a setup to measure (n, xnγ) reaction cross sections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bacquias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7350,177 +7320,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04417210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the stability of super heavy elements: First Measurement of the Fission Barrier of $^{254} $No</w:t>
+                <w:t xml:space="preserve">Probing the Stability of Super Heavy Nuclei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lopez-Martens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.L. Khoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Seweryniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Alcorta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Nuclear Physics Conference - INPC2013</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The 5th International Conference on the Chemistry and Physics of the Transactinide Elements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Fukushima, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00966058v1</w:t>
+                <w:t xml:space="preserve">in2p3-01163230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring the stability of super heavy elements: First Measurement of the Fission Barrier of $^{254} $No</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Henning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lopez-Martens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.L. Khoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Seweryniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Alcorta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Nuclear Physics Conference - INPC2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Firenze, Italy. pp.02046, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/20146602046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00966058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of 246Fm : in‐beam spectroscopy at the limits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7569,70 +7664,70 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. L. Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Nuclear Structure, Astrophysics and reactions: FINUSTAR 3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Rhodes, Greece. pp.301, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3628397⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00761443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7642,150 +7737,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DINo: Deep learning Intelligence for Nuclear reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Gesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Vanstalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XX th International Conference on the use of Computers in Radiation therapy (ICCR2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04963191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7795,772 +7890,772 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental 183W(n, xnγ) cross sections compared to TALYS predictions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.6084/m9.figshare.31362418⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05520519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental (n, 2n γ) cross sections for 184W</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57745/QFFRD8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04964902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applying Random Sampling methods to data analysis for uncertainty production, with an Open source and Open science outlook</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.13364682⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental (n, n' γ) and (n, 2n γ) cross sections for 183W</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57745/D7HC3O⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">238U(n,2ng) and (n,3ng) reaction cross sections measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Kerveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Oprea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Paradela Dobarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26143/ganil-2024-e859_22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04916198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental gamma-ray data recorded with a LaBr3 and digital acquisition.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Experimental (n, n' gamma) cross sections for isotopes 182,184 and 186W</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57745/JRCNEJ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.57745/D20CFB⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04060722v1</w:t>
+                <w:t xml:space="preserve">hal-04386471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental (n, n' gamma) cross sections for isotopes 182,184 and 186W</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Experimental gamma-ray data recorded with a LaBr3 and digital acquisition.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57745/D20CFB⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.57745/JRCNEJ⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04386471v1</w:t>
+                <w:t xml:space="preserve">hal-04060722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Neural Networks for Inelastic Neutron Scattering Cross Sections Interpretation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kerveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vanstalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Levana Gesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04653772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What's the deal with Exfor entry 41245.022?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Kerveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8572,361 +8667,361 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04835530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A python reimplementation of A. Sierk's BARFIT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03132426v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using containers for data analysis</w:t>
+                <w:t xml:space="preserve">Transitions between nuclear states represented as steps of a Markov Chain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02553519v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03008143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transitions between nuclear states represented as steps of a Markov Chain</w:t>
+                <w:t xml:space="preserve">Using containers for data analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03008143v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02553519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de données avec Internet Explorer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02477707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncertainty notation guidelines for scientific publications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115623v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8936,100 +9031,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of Transfermium Elements at High Spin : Measuring the Fission Barrier of 254No</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Other [cond-mat.other]. Université Paris Sud - Paris XI, 2012. English. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2012PA112143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00745915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9039,91 +9134,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applying Random Sampling methods to data analysis for uncertainty production, with an Open source and Open science outlook</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nuclear Experiment [nucl-ex]. Université de Strasbourg, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04695837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9133,91 +9228,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applying Random Sampling methods to data analysis for uncertainty production, with an Open source and Open science outlook</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greg Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04697007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9227,398 +9322,398 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Python implementation of A. Sierk's BARFIT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:da60763ab42813ce4bb1207628f113b0ca9a4740;origin=https://hal.archives-ouvertes.fr/hal-03052073;visit=swh:1:snp:d301b3e5efdfabdb65ee97f989bc3773e0d27d4f;anchor=swh:1:rev:42c8334d3c6d24498e43b5ddfb93d8d398fdab44;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03052073v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte-Carlo Variable object in Python</w:t>
+                <w:t xml:space="preserve">A python module to access data in text formatted file</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:3093fcdf66ac5a3f8258a98675997967fec46c8d;origin=https://hal.archives-ouvertes.fr/hal-02886068;visit=swh:1:snp:9d1e31aecd25f2f2d69b687f0dcbdfb2538917ee;anchor=swh:1:rev:50f6ec757ac08b81847d0f31f3b680f59a8999d2;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨swh:1:dir:79651d78a7649d3d309bef67c386b2e02781d0b7;origin=https://hal.archives-ouvertes.fr/hal-02497205;visit=swh:1:snp:6e6ce0bea1bceedc0db7192d547c62e31da29cfd;anchor=swh:1:rev:1c88da09024d96810f34ad41c7b11fd9bd3171c6;path=/⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02497205v1</w:t>
+                <w:t xml:space="preserve">hal-02886068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A python module to access data in text formatted file</w:t>
+                <w:t xml:space="preserve">Monte-Carlo Variable object in Python</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:79651d78a7649d3d309bef67c386b2e02781d0b7;origin=https://hal.archives-ouvertes.fr/hal-02497205;visit=swh:1:snp:6e6ce0bea1bceedc0db7192d547c62e31da29cfd;anchor=swh:1:rev:1c88da09024d96810f34ad41c7b11fd9bd3171c6;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨swh:1:dir:3093fcdf66ac5a3f8258a98675997967fec46c8d;origin=https://hal.archives-ouvertes.fr/hal-02886068;visit=swh:1:snp:9d1e31aecd25f2f2d69b687f0dcbdfb2538917ee;anchor=swh:1:rev:50f6ec757ac08b81847d0f31f3b680f59a8999d2;path=/⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02886068v1</w:t>
+                <w:t xml:space="preserve">hal-02497205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A python module to access text file content while filtering out commented lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:eba120ce599e1d9f8f7509772d6123db0b849310;origin=https://hal.archives-ouvertes.fr/hal-02879112;visit=swh:1:snp:aee239668bc12eac6803ce800f4aae2173a6490e;anchor=swh:1:rev:7881f94ddff0987d9fbd94fec01af1a1f513a7a5;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02879112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A library to read Faster files with python</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:bac85a9319d15fa72889f6e64e082dc7c5335af2;origin=https://hal.archives-ouvertes.fr/hal-02149315;visit=swh:1:snp:1b30bf0dffcdca531206561cbb2268d4761ab1f9;anchor=swh:1:rev:2910d180624db2ad38a6f2f032c3db23d1cacff1;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02149315v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId259"/>
+      <w:footerReference w:type="default" r:id="rId260"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9686,51 +9781,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4F031E69"/>
+    <w:nsid w:val="347E8D1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9917,51 +10012,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/henning-greg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3678-8728" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/163696357" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965279v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levana Gesson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Henning" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Collin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vanstalle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-025-06562-z" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995669v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.G Wahid" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chowdhury" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Seweryniak" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.L Khoo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.G Kondev" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.111.034320" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066644v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Sengar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cl&#233;ment" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ackermann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Aktas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L de Arruda" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2025.123135" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021867v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coman" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Borcea" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Borcea" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boromiza" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Calinescu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2025.123080" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529813v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dupuis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Capote" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshihiko Kawano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Kerveno" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessagne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202429204003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616631v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhazize Chebboubi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille de Saint-Jean" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Estienne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Fallot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2024007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124945v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Claeys" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dari Bako" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401022" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124953v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin Borcea" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Boromiza" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328408005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124944v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille de Saint Jean" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807674v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.L. Bello Garrote" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopez-Martens" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Larsen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Deloncle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P&#233;ru" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137479" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811144v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Olacel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clisu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.024609" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197274v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Henning" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bacquias" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Boromiza" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124709003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382914v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kerveno" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dupuis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bacquias" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Belloni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bernard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.044605" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473891v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dessagne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ghita" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Glodariu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.024604" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937559v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Dessagne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2018-12619-x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109918v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2018020" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307910v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Belloni" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714611012" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307912v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Ghita" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor Glodariu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714611015" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582807v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.96.014621" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154835v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714611016" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554441v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ralet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pietri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alaqeel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alexander" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.95.034320" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307911v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Olacel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714611014" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154831v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2015-15167-y" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01113694v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. L. Khoo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Seweryniak" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alcorta" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.262505" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00685391v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Piot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. J.-P. Gall" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dorvaux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. T. Greenlees" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rowley" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.85.041301" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00724538v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rubert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L. Andersson" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.012501" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145812v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034684v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.82555/ddn5t-m3d23" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036441v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolBSupp.18.2-A19" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065602v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemantika Sengar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cl&#233;ment" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Ackermann" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozge Aktas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas de Arruda" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202532400020" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556483v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chatel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Wilson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202429401005" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556486v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202429405002" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124943v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401010" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124951v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401046" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124936v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401007" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124946v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Negret" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401034" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126156v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Claeys" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Kerveno" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124948v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401045" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221754v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401005" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132703v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957497v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Henning" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202023901040" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957494v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202023901023" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957499v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Nyman" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Adam" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202023917003" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956052v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959054v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#228;elle Kerveno" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202023901013" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957489v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202023901010" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957319v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Party" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Doligez" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202023922008" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307897v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin. Borcea" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire. Henning" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201921103005" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669642v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ledoux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A&#239;che" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Avrigeanu" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Avrigeanu" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Balanzat" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rpd/ncx257" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154829v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4984880" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01373000v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aiche" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714603003" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01406665v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.L. Khoo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201613103001" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01146822v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01163230v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417210v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rudolf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANIMMA.2015.7465505" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00966058v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20146602046" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00761443v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3628397" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963191v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gesson" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Henning" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Collin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U Weber" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vanstalle" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520519v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6084/m9.figshare.31362418" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964902v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/QFFRD8" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696399v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.13364682" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863891v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/D7HC3O" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916198v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Oprea" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Paradela Dobarro" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26143/ganil-2024-e859_22" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060722v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/D20CFB" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386471v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/JRCNEJ" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653772v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835530v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132426v2" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553519v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008143v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477707v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115623v2" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00745915v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA112143" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04695837v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697007v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052073v2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:da60763ab42813ce4bb1207628f113b0ca9a4740;origin=https://hal.archives-ouvertes.fr/hal-03052073;visit=swh:1:snp:d301b3e5efdfabdb65ee97f989bc3773e0d27d4f;anchor=swh:1:rev:42c8334d3c6d24498e43b5ddfb93d8d398fdab44;path=/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497205v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:79651d78a7649d3d309bef67c386b2e02781d0b7;origin=https://hal.archives-ouvertes.fr/hal-02497205;visit=swh:1:snp:6e6ce0bea1bceedc0db7192d547c62e31da29cfd;anchor=swh:1:rev:1c88da09024d96810f34ad41c7b11fd9bd3171c6;path=/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886068v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:3093fcdf66ac5a3f8258a98675997967fec46c8d;origin=https://hal.archives-ouvertes.fr/hal-02886068;visit=swh:1:snp:9d1e31aecd25f2f2d69b687f0dcbdfb2538917ee;anchor=swh:1:rev:50f6ec757ac08b81847d0f31f3b680f59a8999d2;path=/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879112v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:eba120ce599e1d9f8f7509772d6123db0b849310;origin=https://hal.archives-ouvertes.fr/hal-02879112;visit=swh:1:snp:aee239668bc12eac6803ce800f4aae2173a6490e;anchor=swh:1:rev:7881f94ddff0987d9fbd94fec01af1a1f513a7a5;path=/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149315v2" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:bac85a9319d15fa72889f6e64e082dc7c5335af2;origin=https://hal.archives-ouvertes.fr/hal-02149315;visit=swh:1:snp:1b30bf0dffcdca531206561cbb2268d4761ab1f9;anchor=swh:1:rev:2910d180624db2ad38a6f2f032c3db23d1cacff1;path=/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/henning-greg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3678-8728" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/163696357" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066644v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Sengar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cl&#233;ment" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ackermann" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Aktas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L de Arruda" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2025.123135" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965279v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levana Gesson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Henning" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Collin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vanstalle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-025-06562-z" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995669v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.G Wahid" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chowdhury" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Seweryniak" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.L Khoo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.G Kondev" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.111.034320" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021867v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coman" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Borcea" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Borcea" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boromiza" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Calinescu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2025.123080" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529813v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dupuis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Capote" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshihiko Kawano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Kerveno" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessagne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202429204003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616631v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhazize Chebboubi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille de Saint-Jean" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Estienne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Fallot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2024007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124945v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Claeys" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dari Bako" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401022" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124953v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin Borcea" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Boromiza" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328408005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124944v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille de Saint Jean" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807674v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.L. Bello Garrote" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopez-Martens" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Larsen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Deloncle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P&#233;ru" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137479" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811144v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Olacel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clisu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.024609" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197274v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Henning" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bacquias" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Boromiza" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124709003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382914v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kerveno" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dupuis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bacquias" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Belloni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bernard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.044605" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473891v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dessagne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ghita" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Glodariu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.024604" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937559v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Dessagne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2018-12619-x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109918v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2018020" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582807v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.96.014621" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307912v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Ghita" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor Glodariu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714611015" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307910v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Belloni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714611012" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554441v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ralet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pietri" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alaqeel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alexander" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.95.034320" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154835v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714611016" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307911v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Olacel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714611014" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154831v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2015-15167-y" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01113694v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. L. Khoo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Seweryniak" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alcorta" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.262505" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00685391v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Piot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. J.-P. Gall" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dorvaux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. T. Greenlees" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rowley" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.85.041301" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00724538v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rubert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L. Andersson" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.012501" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553687v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034684v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.82555/ddn5t-m3d23" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145812v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036441v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolBSupp.18.2-A19" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065602v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemantika Sengar" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cl&#233;ment" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Ackermann" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozge Aktas" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas de Arruda" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202532400020" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556486v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202429405002" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556483v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chatel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Wilson" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202429401005" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124936v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401007" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124951v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401046" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124943v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401010" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124946v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Negret" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401034" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126156v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Claeys" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Kerveno" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221754v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401005" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124948v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328401045" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132703v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957497v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Henning" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202023901040" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957499v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Nyman" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Adam" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202023917003" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957494v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202023901023" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956052v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957489v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202023901010" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959054v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#228;elle Kerveno" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202023901013" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957319v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Party" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Doligez" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202023922008" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307897v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin. Borcea" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire. Henning" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201921103005" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669642v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ledoux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A&#239;che" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Avrigeanu" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Avrigeanu" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Balanzat" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rpd/ncx257" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154829v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4984880" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01373000v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aiche" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714603003" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01406665v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.L. Khoo" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201613103001" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01146822v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417210v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rudolf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANIMMA.2015.7465505" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01163230v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00966058v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20146602046" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00761443v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3628397" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963191v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gesson" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Henning" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Collin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U Weber" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vanstalle" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520519v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6084/m9.figshare.31362418" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964902v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/QFFRD8" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696399v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.13364682" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863891v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/D7HC3O" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916198v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Oprea" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Paradela Dobarro" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26143/ganil-2024-e859_22" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386471v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/JRCNEJ" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060722v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/D20CFB" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653772v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835530v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132426v2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008143v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553519v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477707v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115623v2" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00745915v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA112143" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04695837v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697007v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052073v2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:da60763ab42813ce4bb1207628f113b0ca9a4740;origin=https://hal.archives-ouvertes.fr/hal-03052073;visit=swh:1:snp:d301b3e5efdfabdb65ee97f989bc3773e0d27d4f;anchor=swh:1:rev:42c8334d3c6d24498e43b5ddfb93d8d398fdab44;path=/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886068v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:3093fcdf66ac5a3f8258a98675997967fec46c8d;origin=https://hal.archives-ouvertes.fr/hal-02886068;visit=swh:1:snp:9d1e31aecd25f2f2d69b687f0dcbdfb2538917ee;anchor=swh:1:rev:50f6ec757ac08b81847d0f31f3b680f59a8999d2;path=/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497205v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:79651d78a7649d3d309bef67c386b2e02781d0b7;origin=https://hal.archives-ouvertes.fr/hal-02497205;visit=swh:1:snp:6e6ce0bea1bceedc0db7192d547c62e31da29cfd;anchor=swh:1:rev:1c88da09024d96810f34ad41c7b11fd9bd3171c6;path=/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879112v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:eba120ce599e1d9f8f7509772d6123db0b849310;origin=https://hal.archives-ouvertes.fr/hal-02879112;visit=swh:1:snp:aee239668bc12eac6803ce800f4aae2173a6490e;anchor=swh:1:rev:7881f94ddff0987d9fbd94fec01af1a1f513a7a5;path=/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149315v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:bac85a9319d15fa72889f6e64e082dc7c5335af2;origin=https://hal.archives-ouvertes.fr/hal-02149315;visit=swh:1:snp:1b30bf0dffcdca531206561cbb2268d4761ab1f9;anchor=swh:1:rev:2910d180624db2ad38a6f2f032c3db23d1cacff1;path=/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>