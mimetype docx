--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -2338,580 +2338,580 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02621840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie de résistance durable aux nématodes à galles chez les porte-greffe de [i]Prunus[/i] par pyramidage : marquage à haute résolution d’un gène du pêcher et localisation fine d’un gène de l’amandier</w:t>
+                <w:t xml:space="preserve">Guara et Tuono: deux noms pour une variété</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Masse</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Federico Dicenta</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Réussir Fruits et Légumes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 362, pp.44-45</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323663v1</w:t>
+                <w:t xml:space="preserve">hal-02634957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance to root-knot nematodes [i]Meloidogyne[/i] spp. in woody plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bernard Saucet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril van Ghelder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Esmenjaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 211 (1), pp.41-56. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/nph.13933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01349818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guara et Tuono: deux noms pour une variété</w:t>
+                <w:t xml:space="preserve">Stratégie de résistance durable aux nématodes à galles chez les porte-greffe de [i]Prunus[/i] par pyramidage : marquage à haute résolution d’un gène du pêcher et localisation fine d’un gène de l’amandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril van Ghelder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Masse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Roch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Hussie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réussir Fruits et Légumes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 50, pp.59-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1.4721091038488276E12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02634957v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01323663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of [i]Prunus[/i] genetic diversity for peach rootstocks</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The origin of the self-compatible almond ‘Guara’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Dicenta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Sánchez-Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Rubio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Egea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Batlle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Horticulturae</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientia Horticulturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 197, pp.1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scienta.2015.11.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01349162v1</w:t>
+                <w:t xml:space="preserve">hal-02635854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The origin of the self-compatible almond ‘Guara’</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Use of [i]Prunus[/i] genetic diversity for peach rootstocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duval</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientia Horticulturae</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Horticulturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1084, pp.277-282</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scienta.2015.11.005⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02635854v1</w:t>
+                <w:t xml:space="preserve">hal-01349162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution mapping of the RMia gene for resistance to root-knot nematodes in peach</w:t>
               </w:r>
@@ -2949,51 +2949,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Polidori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole C. Confolent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tree Genetics and Genomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, on-line, 10 p. </w:t>
@@ -3025,290 +3025,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02636570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein and mineral nutrient contents in kernels from 72 sweet almond cultivars and accessions grown in France, Greece and Italy</w:t>
+                <w:t xml:space="preserve">Susceptibility of Prunus rootstocks against Marcus and Dideron isolates of Plum pox virus by graft-inoculation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pavlina D. Drogoudi</w:t>
+                <w:t xml:space="preserve">M. Rubio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georgios Pantelidis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Donato de Giorgio</w:t>
+                <w:t xml:space="preserve">F. Dicenta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Sciences and Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3109/09637486.2012.728202⟩</w:t>
+              <w:t xml:space="preserve">Annals of Applied Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 162 (2), pp.214 - 220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/aab.12015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02651820v1</w:t>
+                <w:t xml:space="preserve">hal-02649222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susceptibility of Prunus rootstocks against Marcus and Dideron isolates of Plum pox virus by graft-inoculation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Protein and mineral nutrient contents in kernels from 72 sweet almond cultivars and accessions grown in France, Greece and Italy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavlina D. Drogoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Rubio</w:t>
+                <w:t xml:space="preserve">Georgios Pantelidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Dicenta</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martin Masse</w:t>
+                <w:t xml:space="preserve">Loretta Bacchetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato de Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Applied Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/aab.12015⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Sciences and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 64 (2), pp.202-209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3109/09637486.2012.728202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02649222v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Américano-japonaises cherchent pollinisateurs</w:t>
               </w:r>
@@ -3383,264 +3383,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02646019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eurytoma amygdali menace l'amande en France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inheritance and relationships of important agronomic traits in almond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Sánchez-Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Millan</w:t>
+                <w:t xml:space="preserve">Encarnacion Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean François Mandrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Henri Duval</w:t>
+                <w:t xml:space="preserve">Pedro Martínez-Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Dicenta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réussir Fruits et Légumes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Euphytica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 155 (3), pp.381-391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10681-006-9339-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02662641v1</w:t>
+                <w:t xml:space="preserve">hal-02663338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inheritance and relationships of important agronomic traits in almond</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Encarnacion Ortega</w:t>
+                <w:t xml:space="preserve">Eurytoma amygdali menace l'amande en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Millan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Mandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Federico Dicenta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euphytica</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Réussir Fruits et Légumes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 268, pp.48-49</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02663338v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ravageur de l'amandier. Mieux connaître &amp;lt;em&amp;gt;Eurytoma amygdali&amp;lt;/em&amp;gt; Enderlein</w:t>
               </w:r>
@@ -3721,51 +3721,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Boskovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.R. Tobutt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Batlle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3909,1067 +3909,1067 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02678061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of architectural types in french programmes of ligneous fruit species genetic improvement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cultivar pollinizer does not affect almond flavor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dicenta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Laurens</w:t>
+                <w:t xml:space="preserve">P. Matinez-Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M. Audergon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Claverie</w:t>
+                <w:t xml:space="preserve">E. Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fruits</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 55 (2), pp.141-152</w:t>
+              <w:t xml:space="preserve">HortScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 35 (6), pp.1153-1154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02687931v1</w:t>
+                <w:t xml:space="preserve">hal-02691315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amande : quatre nouvelles variétés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Froment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réussir Fruits et Légumes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 183, pp.65-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02698330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cultivar pollinizer does not affect almond flavor</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Dicenta</w:t>
+                <w:t xml:space="preserve">Integration of architectural types in french programmes of ligneous fruit species genetic improvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Audergon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Matinez-Gomez</w:t>
+                <w:t xml:space="preserve">J. Claverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Ortega</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HortScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 35 (6), pp.1153-1154</w:t>
+              <w:t xml:space="preserve">Fruits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 55 (2), pp.141-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02691315v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02687931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prunes japonaises : un défi à relever</w:t>
+                <w:t xml:space="preserve">Mandaline, a new french almond variety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arboriculture Fruitière</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 524, pp.35-41</w:t>
+              <w:t xml:space="preserve">Nucis Newsletter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 8, pp.36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02689191v1</w:t>
+                <w:t xml:space="preserve">hal-02698781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enroulement chlorotique de l'abricotier. Evaluation de la sensibilité des principales variétés de prunier japonais... et du nouveau sur un vecteur</w:t>
+                <w:t xml:space="preserve">Prunes japonaises : un défi à relever</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Lemaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 516, pp.38-40</w:t>
+              <w:t xml:space="preserve">Arboriculture Fruitière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 524, pp.35-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02697654v1</w:t>
+                <w:t xml:space="preserve">hal-02689191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A stylar ribonuclease assay to detect self-compatible seedlings in almond progenies</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enroulement chlorotique de l'abricotier. Evaluation de la sensibilité des principales variétés de prunier japonais... et du nouveau sur un vecteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Jullian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 99, pp.800-810</w:t>
+              <w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 516, pp.38-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02690350v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02697654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mandaline, a new french almond variety</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A stylar ribonuclease assay to detect self-compatible seedlings in almond progenies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.R. Tobutt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Batlle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dicenta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucis Newsletter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 8, pp.36</w:t>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 99, pp.800-810</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02698781v1</w:t>
+                <w:t xml:space="preserve">hal-02690350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation agronomique. Variétés et porte-greffe de l'amandier</w:t>
+                <w:t xml:space="preserve">Confirmation of incompatibility alleles in almond cultivars prodicted by analysis of stylar ribonucleases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Froment</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Batlle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.R. Tobutt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arboriculture Fruitière</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 514, pp.57-62</w:t>
+              <w:t xml:space="preserve">Cahiers Options Méditerranéennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 33, pp.25-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02699286v1</w:t>
+                <w:t xml:space="preserve">hal-02689302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de références sur les teneurs foliaires en éléments minéraux chez l'amandier</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">La progression d'Eurytoma amygdali en France et les méthodes de lutte possibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Froment</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Options Méditerranéennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 33, pp.75-79</w:t>
+              <w:t xml:space="preserve">, 1998, 33, pp.87-90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02695876v1</w:t>
+                <w:t xml:space="preserve">hal-02696092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confirmation of incompatibility alleles in almond cultivars prodicted by analysis of stylar ribonucleases</w:t>
+                <w:t xml:space="preserve">Evaluation agronomique. Variétés et porte-greffe de l'amandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">K.R. Tobutt</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Froment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Options Méditerranéennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 33, pp.25-27</w:t>
+              <w:t xml:space="preserve">Arboriculture Fruitière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 514, pp.57-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02689302v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02699286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La progression d'Eurytoma amygdali en France et les méthodes de lutte possibles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recherche de références sur les teneurs foliaires en éléments minéraux chez l'amandier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Courtial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Froment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Froment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Options Méditerranéennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 33, pp.87-90</w:t>
+              <w:t xml:space="preserve">, 1998, 33, pp.75-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02696092v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Almond production in France</w:t>
               </w:r>
@@ -5227,51 +5227,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Boskovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.R. Tobutt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Batlle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5441,204 +5441,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02703688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fruits a noyau. Varietes inscrites au catalogue</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prunes japonaises : experimentations varietales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arboriculture Fruitière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1993, 467, pp.28-30</w:t>
+              <w:t xml:space="preserve">, 1993, 463, pp.18-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02707718v1</w:t>
+                <w:t xml:space="preserve">hal-02707673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prunes japonaises : experimentations varietales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fruits a noyau. Varietes inscrites au catalogue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Saunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Audergon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raoul Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arboriculture Fruitière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1993, 463, pp.18-23</w:t>
+              <w:t xml:space="preserve">, 1993, 467, pp.28-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02707673v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02707718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amande : les variétés autofertiles</w:t>
               </w:r>
@@ -5719,273 +5719,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In search of an attractive kairomone for biological control by mass trapping of Eurytoma amygdali</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detection of volatile emissions from almond trees and electroantennographic response of the almond wasp (Eurytoma amygdali) to these volatiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anjélica Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Le Navenant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Coutagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38. Annual Meeting of the International Society of Chemical Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, R. Borges, Jul 2023, Bangalore, India. pp.69</w:t>
+              <w:t xml:space="preserve">8. International Symposium on Almonds and Pistachios</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University California, May 2023, Davis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04777456v1</w:t>
+                <w:t xml:space="preserve">hal-04126739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of volatile emissions from almond trees and electroantennographic response of the almond wasp (Eurytoma amygdali) to these volatiles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In search of an attractive kairomone for biological control by mass trapping of Eurytoma amygdali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anjélica Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Coutagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Staudt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. International Symposium on Almonds and Pistachios</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University California, May 2023, Davis, United States</w:t>
+              <w:t xml:space="preserve">38. Annual Meeting of the International Society of Chemical Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, R. Borges, Jul 2023, Bangalore, India. pp.69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04126739v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversity analysis of the INRAE and IRTA collection from the Axiom 60K SNP almond array</w:t>
               </w:r>
@@ -6340,204 +6340,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04143630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in pyramiding resistance genes to root-knot nematodes in Prunus rootstocks</w:t>
+                <w:t xml:space="preserve">Characterization of the RMja resistance gene to root-knot nematodes from the Alnem almond rootstocK</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Daniel Esmenjaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Peach symposiumHS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Jul 2017, Bucarest, Romania</w:t>
+              <w:t xml:space="preserve">7. ISHS symposium on Almond</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Nov 2017, Adélaïde, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607359v1</w:t>
+                <w:t xml:space="preserve">hal-02733591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the RMja resistance gene to root-knot nematodes from the Alnem almond rootstocK</w:t>
+                <w:t xml:space="preserve">Advances in pyramiding resistance genes to root-knot nematodes in Prunus rootstocks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril van Ghelder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Roch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Esmenjaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. ISHS symposium on Almond</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Nov 2017, Adélaïde, Australia</w:t>
+              <w:t xml:space="preserve">9. International Peach symposiumHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Jul 2017, Bucarest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733591v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A draft assembly of the almond genome</w:t>
               </w:r>
@@ -6970,168 +6970,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02747357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological features, positional cloning and validation of the Ma gene for high-Ievel and complete-spectrum resistance to root-knot-nematodes in Prunus</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Results of French apricot rootstock trials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Masse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc M. Kleinhentz</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michel Jay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lichou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant resistance sustainability 2012. International conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, La Colle sur Loup, France</w:t>
+              <w:t xml:space="preserve">15. International Symposium on Apricot Breeding and Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Yerevan, Armenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02745737v1</w:t>
+                <w:t xml:space="preserve">hal-02746087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Ma gene for complete-spectrum resistance to root-knot nematodes in Prunus: biological features, positional cloning and validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Esmenjaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7153,258 +7136,275 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Polidori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc M. Kleinhentz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30. Symposium of the European Society of Nematologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Adana, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02804989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Results of French apricot rootstock trials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biological features, positional cloning and validation of the Ma gene for high-Ievel and complete-spectrum resistance to root-knot-nematodes in Prunus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril van Ghelder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Khallouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Polidori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Jay</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marc M. Kleinhentz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. International Symposium on Apricot Breeding and Culture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Yerevan, Armenia</w:t>
+              <w:t xml:space="preserve">Plant resistance sustainability 2012. International conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, La Colle sur Loup, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746087v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suceptibility to Sharka (Plum pox virus) of several Prunus rootstocks against Dideron and Marcus strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Rubio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Dicenta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7518,247 +7518,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The AGRI GEN RES SAFENUT: establishing hazelnut and almond core collections on service of rationalization of national ex-situ collections</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of the almond genetic diversity by SSR molecular markers - genotyping of the S-incompatibility alleles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Solar</w:t>
+                <w:t xml:space="preserve">Patrick Samper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Rovira</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patrick Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. EUCARPIA Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Ljubljana, Slovenia</w:t>
+              <w:t xml:space="preserve">2. Annual meeting of SAFENUT Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Vila Real, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757825v1</w:t>
+                <w:t xml:space="preserve">hal-02753162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the almond genetic diversity by SSR molecular markers - genotyping of the S-incompatibility alleles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The AGRI GEN RES SAFENUT: establishing hazelnut and almond core collections on service of rationalization of national ex-situ collections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Solar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Samper</w:t>
+                <w:t xml:space="preserve">L. Bacchetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Lambert</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">D. Avanzato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Annual meeting of SAFENUT Project</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Vila Real, Portugal</w:t>
+              <w:t xml:space="preserve">19. EUCARPIA Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753162v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emergence dates of Eurytoma amygdali Enderlein adults in the southeast of France and control strategy</w:t>
               </w:r>
@@ -7820,191 +7820,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of Myrobolan species (Prunus cerasifera) as rootstocks for almond and peach</w:t>
+                <w:t xml:space="preserve">Agronomic evaluation of INRA Prunus rootstocks for two japanese plum cultivars: Friar and Black Amber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Joly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Eucarpia Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02760905v1</w:t>
+                <w:t xml:space="preserve">hal-02761008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agronomic evaluation of INRA Prunus rootstocks for two japanese plum cultivars: Friar and Black Amber</w:t>
+                <w:t xml:space="preserve">Use of Myrobolan species (Prunus cerasifera) as rootstocks for almond and peach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Signoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Joly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Eucarpia Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761008v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of INRA Prunus rootstocks for two japanese plum cultivars, Friar and Blackamber</w:t>
               </w:r>
@@ -8230,683 +8230,683 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02831772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La progression d'Eurytoma amygdali en France et les méthodes de lutte possibles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recherche de références sur les teneurs foliaires en éléments minéraux chez l'amandier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Courtial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Froment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Froment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Colloque du GREMPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1996, Meknès, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02840422v1</w:t>
+                <w:t xml:space="preserve">hal-02834515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confirmation of incompatibility alleles in almond cultivars prodicted by analysis of stylar ribonucleases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'enroulement chlorotique de l'abricotier : symptomatologie, gamme d'hôtes et méthode de lutte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Jullian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halina Ferrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Audergon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">K.R. Tobutt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Colloque du GREMPA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 1996, Meknès, Morocco</w:t>
+              <w:t xml:space="preserve">Journées techniques nationales de l'agriculture biologique. Arboriculture 1998</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1998, Cavaillon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02839424v1</w:t>
+                <w:t xml:space="preserve">hal-02767634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inheritance of stylar ribonucleases in two almond progenies and their correlation with self-compatibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Boskovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.R. Tobutt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Battle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International symposium on pistachios and almonds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1997, Davis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02767307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variabilité génétique et prise en compte des caractéristiques de l'arbre dans les programmes d'amélioration génétique des espèces fruitières ligneuses à l'INRA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marc Audergon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Claverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Colloque sur les recherches fruitières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 1998, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02770657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'enroulement chlorotique de l'abricotier : symptomatologie, gamme d'hôtes et méthode de lutte</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Confirmation of incompatibility alleles in almond cultivars prodicted by analysis of stylar ribonucleases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Batlle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.R. Tobutt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées techniques nationales de l'agriculture biologique. Arboriculture 1998</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 1998, Cavaillon, France</w:t>
+              <w:t xml:space="preserve">10. Colloque du GREMPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1996, Meknès, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767634v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02839424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de références sur les teneurs foliaires en éléments minéraux chez l'amandier</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">La progression d'Eurytoma amygdali en France et les méthodes de lutte possibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Froment</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Colloque du GREMPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1996, Meknès, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02834515v1</w:t>
+                <w:t xml:space="preserve">hal-02840422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le top de l'amande</w:t>
               </w:r>
@@ -8974,51 +8974,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration génétique des Prunus pour la résistance aux parasites et ravageurs : programmes de la station de recherches fruitières méditerranéennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Kervella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Audergon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10007,77 +10007,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril van Ghelder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Hussie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Restitution des projets CTPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Paris, France. 2015</w:t>
@@ -10201,221 +10201,221 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Grasselly</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Classical Genetics and Breeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignasi Batlle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Dicenta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafel Socias I Company</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas M. Gradziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Wirthensohn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Almonds : Botany, Production and Uses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CABI Publishing, 512 p., 2017, 978-1-78064-355-7; 978-1-78064-354-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02790823v1</w:t>
+                <w:t xml:space="preserve">hal-02787533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classical Genetics and Breeding</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charles Grasselly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duval</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Almonds : Botany, Production and Uses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CABI Publishing, 512 p., 2017, 978-1-78064-355-7; 978-1-78064-354-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02787533v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02790823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Almond Diseases</w:t>
               </w:r>
@@ -10699,51 +10699,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bakry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marc Audergon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Kervella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11077,51 +11077,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F8C26B4F"/>
+    <w:nsid w:val="1C500F35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11308,51 +11308,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/henri-duval" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9980-8664" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05467372v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pompea Gabriella Lucchese" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Dlalah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Buisine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Nigro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Pollastro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants15010165" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05036400v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duval" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Heurtevin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Caravel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Callot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2025.114081" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05235410v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Decroocq" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cornille" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tricon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.70150" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04749986v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. P&#233;rez de los Cobos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Coindre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignasi Batlle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2024.1406.6" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777322v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anj&#233;lica Leconte" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Navenant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lucas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Coutagne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2024.1406.50" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04773952v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Montagnon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Rouvier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Planche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2024.1406.55" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193216v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barthes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buatois" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.241" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935771v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian E Ramos-Onsins" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos G Alexiou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J Rubio-Cabetas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12020242" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300870v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe P&#233;rez de los Cobos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Dlalah" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot-Turion" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhad193" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837796v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagnel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13081489" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03344229v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe P&#233;rez de Los Cobos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro J Mart&#237;nez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237; Romero" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Miarnau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iban Eduardo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41438-020-00444-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03469599v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-J. Ondet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gaspari" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Talichet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meignan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Duval" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/hy3j-zv57" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03166882v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler Alioto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Alexiou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bardil" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Barteri" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Castanera" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14538" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837821v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril van Ghelder" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Portier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Confolent" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Meza" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-05-18-0173-R" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047447v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Esmenjaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2018.1219.49" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621840v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dubois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Mazier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01269" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323663v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Masse" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roch" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Hussie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4721091038488276E12" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349818v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bernard Saucet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abad" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13933" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634957v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Dicenta" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349162v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635854v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel S&#225;nchez-P&#233;rez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Rubio" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Egea" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Batlle" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2015.11.005" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636570v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Hoerter" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Polidori" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole C. Confolent" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11295-013-0683-z" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651820v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavlina D. Drogoudi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Pantelidis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loretta Bacchetta" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato de Giorgio" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/09637486.2012.728202" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649222v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rubio" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dicenta" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aab.12015" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HRQ7T6V8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646019v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Kok&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Montagnon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662641v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Millan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Mandrin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663338v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Encarnacion Ortega" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Mart&#237;nez-G&#243;mez" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-006-9339-5" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G7BJ74R0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664080v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681445v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boskovic" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.R. Tobutt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mart&#237;nez-G&#243;mez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678061v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boutard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Faurobert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687931v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laurens" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Audergon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Claverie" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Germain" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698330v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Froment" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691315v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Matinez-Gomez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ortega" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689191v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697654v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Jullian" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lemaire" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690350v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698781v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699286v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695876v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Courtial" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689302v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696092v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696935v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699094v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel J.-M. Legave" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Richard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Thermoz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684847v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688621v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703638v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703688v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707718v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saunier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Renaud" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707673v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709285v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777456v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Staudt" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126739v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127020v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Perez de Los Cobos" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iban Eduardo Mu&#241;oz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896122v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjelica Leconte" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Huguenin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143630v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607359v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roch" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733591v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344926v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler S. Alioto" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Cruz" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica G&#243;mez-Garrido" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonor Frias" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ribeca" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743311v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743635v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Khallouk" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738895v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747357v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745737v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Kleinhentz" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804989v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746087v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jay" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lichou" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747149v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758291v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mill&#225;n" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757825v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Solar" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rovira" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bacchetta" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Avanzato" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753162v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Samper" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lambert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756475v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760905v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Signoret" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Joly" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761008v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758939v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Poessel" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763591v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831772v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840422v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839424v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767307v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Romero" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Battle" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770657v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Audergon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767634v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halina Ferri&#232;re" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834515v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835203v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778312v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kervella" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pascal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Ripetti" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775589v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grasselly" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775320v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Olivier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774046v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gallais" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Garnier&#8208;g&#233;r&#233;" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Charcosset" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071386v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127090v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Montagnon" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Rouvier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Planche" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710218v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Lucas" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03267708v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785491v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Duvivier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797924v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801445v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790823v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787533v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafel Socias I Company" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M. Gradziel" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Wirthensohn" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787534v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Palacio-Bielsa" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Cambra" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Martinez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Olmos" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Pallas" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300838v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barri&#232;re" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boyat" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charcosset" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dallard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9780851994116.0331" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607847v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lespinasse" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bakry" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Laurens" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Kervella" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607820v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Grasselly" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Simard" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839547v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/henri-duval" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9980-8664" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05467372v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pompea Gabriella Lucchese" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Dlalah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Buisine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Nigro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Pollastro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants15010165" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05036400v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duval" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Heurtevin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Caravel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Callot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2025.114081" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05235410v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Decroocq" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cornille" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tricon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.70150" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04749986v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. P&#233;rez de los Cobos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Coindre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignasi Batlle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2024.1406.6" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777322v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anj&#233;lica Leconte" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Navenant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lucas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Coutagne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2024.1406.50" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04773952v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Montagnon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Rouvier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Planche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2024.1406.55" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193216v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barthes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buatois" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.241" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935771v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian E Ramos-Onsins" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos G Alexiou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J Rubio-Cabetas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12020242" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300870v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe P&#233;rez de los Cobos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Dlalah" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot-Turion" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhad193" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837796v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagnel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13081489" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03344229v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe P&#233;rez de Los Cobos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro J Mart&#237;nez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237; Romero" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Miarnau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iban Eduardo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41438-020-00444-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03469599v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-J. Ondet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gaspari" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Talichet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meignan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Duval" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/hy3j-zv57" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03166882v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler Alioto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Alexiou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bardil" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Barteri" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Castanera" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14538" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837821v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril van Ghelder" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Portier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Confolent" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Meza" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-05-18-0173-R" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047447v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Esmenjaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2018.1219.49" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621840v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dubois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Mazier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01269" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634957v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Dicenta" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349818v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bernard Saucet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abad" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13933" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323663v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Masse" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roch" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Hussie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4721091038488276E12" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635854v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel S&#225;nchez-P&#233;rez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Rubio" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Egea" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Batlle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2015.11.005" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349162v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636570v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Hoerter" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Polidori" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole C. Confolent" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11295-013-0683-z" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649222v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rubio" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dicenta" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aab.12015" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HRQ7T6V8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651820v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavlina D. Drogoudi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Pantelidis" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loretta Bacchetta" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato de Giorgio" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/09637486.2012.728202" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646019v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Kok&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Montagnon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663338v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Encarnacion Ortega" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Mart&#237;nez-G&#243;mez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-006-9339-5" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G7BJ74R0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662641v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Millan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Mandrin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664080v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681445v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boskovic" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.R. Tobutt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mart&#237;nez-G&#243;mez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678061v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boutard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Faurobert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691315v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Matinez-Gomez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ortega" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698330v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Froment" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687931v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laurens" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Audergon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Claverie" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Germain" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698781v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689191v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697654v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Jullian" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lemaire" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690350v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689302v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696092v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699286v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695876v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Courtial" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696935v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699094v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel J.-M. Legave" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Richard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Thermoz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684847v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688621v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703638v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703688v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707673v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707718v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saunier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Renaud" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709285v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126739v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777456v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Staudt" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127020v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Perez de Los Cobos" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iban Eduardo Mu&#241;oz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896122v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjelica Leconte" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Huguenin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143630v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733591v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607359v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roch" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344926v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler S. Alioto" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Cruz" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica G&#243;mez-Garrido" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonor Frias" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ribeca" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743311v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743635v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Khallouk" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738895v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747357v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746087v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jay" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lichou" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804989v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Kleinhentz" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745737v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747149v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758291v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mill&#225;n" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753162v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Samper" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lambert" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757825v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Solar" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rovira" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bacchetta" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Avanzato" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756475v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761008v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760905v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Signoret" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Joly" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758939v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Poessel" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763591v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831772v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834515v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767634v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halina Ferri&#232;re" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767307v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Romero" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Battle" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770657v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Audergon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839424v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840422v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835203v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778312v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kervella" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pascal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Ripetti" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775589v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grasselly" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775320v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Olivier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774046v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gallais" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Garnier&#8208;g&#233;r&#233;" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Charcosset" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071386v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127090v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Montagnon" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Rouvier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Planche" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710218v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Lucas" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03267708v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785491v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Duvivier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797924v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801445v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787533v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafel Socias I Company" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M. Gradziel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Wirthensohn" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790823v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787534v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Palacio-Bielsa" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Cambra" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Martinez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Olmos" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Pallas" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300838v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barri&#232;re" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boyat" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charcosset" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dallard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9780851994116.0331" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607847v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lespinasse" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bakry" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Laurens" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Kervella" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607820v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Grasselly" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Simard" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839547v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>