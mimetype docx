--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -162,6594 +162,6708 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Traduction (1)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tant que les dieux n'auront pas changé rien n'aura changé</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Traduction</w:t>
+                <w:t xml:space="preserve">Des écrans dans les œuvres d’art : imaginaire et réflexivité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Le Roy Ladurie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interfaces : image, texte, language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 55, 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04455478v1</w:t>
+                <w:t xml:space="preserve">hal-05568362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La légitimation contre l’humour dans l’œuvre de Larcenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Larcenet, Traversées d'une oeuvre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Irène Le Roy Ladurie et Chloé Morille, Nov 2024, Orléans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Jeu comme paradigme du récit chez Walter Benjamin et Rafael Sánchez Ferlosio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Jeu : Gaming, Gambling and Play in Literature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bernard Franco; Salomé Paul, Sep 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04832923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La danse paume contre paume du bal des Capulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Danser Shakespeare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Adeline Chevrier et Gaëlle Loisel, Nov 2023, Paris sorbonne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04832961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour sortir de l’adaptation : un feuillage des différences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Futurs POP – Quel(s) avenir(s) pour les études en cultures populaires et médiatiques ? Secondes Assises de la recherche en cultures populaires et médiatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Nanterre (Université Paris Nanterre), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04832996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelques détournements de gestes conventionnels dans la bande dessinée humoristique (de Ferri à Fabcaro)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gestes et bande dessinée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers; Maison des Sciences de l’Homme et de la Société; Pôle Image Magelis; Cité internationale de la bande dessinée et de l'image, Nov 2018, Angoulême, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03641104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Démembrement et destruction des images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> La Destruction des images en Bande dessinée </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Henri GARRIC (CPTC – UBFC), Nov 2016, Dijon, France. pp.155-170</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01555339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baisers absolus et baisers burlesques dans la littérature du XIXe siècle et dans le cinéma muet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire culturaliste de l’axe LmM du CPTC : "Baisers"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typologies du gag dans « Pif le chien »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pif le chien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Henri Garric (CPTC, uB); Jean Vigreux (CGC, UMR CNRS uB 7366), Oct 2019, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la fable à la bande dessinée animalière : de La Fontaine à Jean-Paul Krassinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XLIe Congrès de la Société française de littérature générale et comparée (SFLGC) pour la "Bibliothèque comparatiste" : "Migrations des formes et des genres littéraires et artistiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Section de littérature comparée de l’Université Toulouse Jean-Jaurès et laboratoire LLA-Créatis (EA 4152), Oct 2017, Toulouse, France. 12p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03614812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raconter la marche dans les transitions narratives (roman, bande dessinée, cinéma)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Camminare in città tra progettazione e racconto = Marcher dans la ville, entre planification et récit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Giampaolo Nuvolati (Università di Milano-Bicocca), Lucia Quaquarelli (Université de Paris Nanterre), Matteo Colleoni (Università di Milano-Bicocca), Mar 2019, Milan, Italie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulet. L’imperfection dans une œuvre de bande dessinée contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Imperfection littéraire et artistique II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Xavier Bonnet (CÉRÉdl - université de Rouen) et Sylvie Laigneau-Fontaine (CPTC - université de Bourgogne-Franche-Comté), Mar 2019, Rouen, France. pp.633-650, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12137-4.p.0633⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pif le chien : répétitions et saisonnalité du « strip » quotidien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pif le chien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Henri Garric (CPTC, uB); Jean Vigreux (CGC, UMR CNRS uB 7366), Oct 2019, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages du gag dans « Pif le chien »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PIFERAI (Pif, dans tous ses états : recherches, archives, interdisciplinarité)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Henri Garric (CPTC, uB); Jean Vigreux (CGC, UMR CNRS uB 7366), Dec 2018, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01973817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les tubes entre grande et petite culture : glamour, kitsch et envoûtement autour des reprises de I put a spell on you</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire culturaliste de l’axe LmM du CPTC : "Chanson populaires, pop et folk songs, tubes et zinzins : la chanson entre arts mineurs et arts majeurs"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CPTC, Jan 2018, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chansons et bandes dessinées : une filiation historique et esthétique du XIXe au XXIe siècle, de Wilhelm Busch à Fabcaro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Bernard Franco; Salomé Paul, Sep 2024, Paris, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Le Roy Ladurie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire culturaliste de l’axe LmM du CPTC : "Chanson populaires, pop et folk songs, tubes et zinzins : la chanson entre arts mineurs et arts majeurs. Saison 2"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CPTC, Dec 2018, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La chanson dans Chantons sous la pluie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Besand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire culturaliste de l’axe LmM du CPTC : "Chanson populaires, pop et folk songs, tubes et zinzins : la chanson entre arts mineurs et arts majeurs. Saison 2"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CPTC, Mar 2018, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation de l'Opéra Little Nemo in Slumberland de David Chaillou et Arnaud Delalande à l'Auditorium de l'Opéra de Dijon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Besand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04832923v1</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">, Irène Le Roy Ladurie et Chloé Morille, Nov 2024, Orléans, France</w:t>
+                <w:t xml:space="preserve">Irène Le Roy Ladurie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Rougé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire culturaliste de l’axe LmM du CPTC : "La domination"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CPTC, Feb 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Adeline Chevrier et Gaëlle Loisel, Nov 2023, Paris sorbonne, France</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chansons dans le champ artistique : enjeux de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire culturaliste de l’axe LmM du CPTC : "Chanson populaires, pop et folk songs, tubes et zinzins : la chanson entre arts mineurs et arts majeurs"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CPTC, Nov 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Nanterre (Université Paris Nanterre), France</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La figure de Buster Keaton au XXe siècle : domination et retournement burlesque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire culturaliste de l’axe LmM du CPTC : "La domination"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CPTC, Apr 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Henri GARRIC (CPTC – UBFC), Nov 2016, Dijon, France. pp.155-170</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silence mystique et savoir ethnologique : la fabrique de l'étranger dans 'Los Ríos profundos' de José-Maria Arguedas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La production de l'étrangeté dans les littératures postcoloniales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Poitiers; Maison des Sciences de l’Homme et de la Société; Pôle Image Magelis; Cité internationale de la bande dessinée et de l'image, Nov 2018, Angoulême, France</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00438003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Généalogie et métissage ; autour de 'Vertus de l'oiseau solitaire', de Juan Goytisolo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXXIIe congrès de la Société française de littérature générale et comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Saint-Etienne, France. pp.297-304</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...1090 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...45 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00437996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Traduction (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tant que les dieux n'auront pas changé rien n'aura changé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des baisers silencieux au cinéma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'études culturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Le baiser, 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marches, marcheurs et marcheuses dans la bande dessinée contemporaine française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Garric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Publif@rum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15167/1824-7482/pbfrm2022.2.2217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Des baisers silencieux au cinéma</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les effigies informes dans l’œuvre de Jan Švankmajer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04503962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Black Hole de Charles Burns : le trou noir où se défait la culture adolescente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Garric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'études culturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Le baiser, 10</w:t>
+              <w:t xml:space="preserve">, 2021, Représentations de l’adolescence, 8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les effigies informes dans l’œuvre de Jan Švankmajer</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03614779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">[Introduction]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bismuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Textes &amp; Contextes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Aragon et la chanson, 15-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02958361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aragon et la chanson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bismuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Textes &amp; Contextes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Des histoires de la musique : perspectives intersémiotiques et cognitives – Aragon et la chanson, sous la direction de Nathalie Vincent-Arnaud et Frédéric Sounac, 15-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02958353v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corps silencieux, corps burlesques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Textes &amp; Contextes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Silences croisés contemporains ; Le détective récurrent : entre intime et société, 14-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Figures d’apostats dans Juan sans terre de Juan Goytisolo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la Société internationale d'étude des littératures de l'ère coloniale (SIELEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Passeurs, alliés et transfuges à l'époque coloniale, 12, pp.201-216</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03614793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fenêtres sur cases : la fenêtre comme figure réflexive dans quelques bandes dessinées contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue RSSI (Recherches sémiotiques/Semiotic Inquiry)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37 (3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04496401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vies parallèles de Chaplin et Keaton : deux versions de l'autorité burlesque dans deux romans contemporains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comparatismes en Sorbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, La représentation du cinéaste dans le récit littéraire, 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01685498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Gag</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuvième art 2.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Dictionnaire esthétique et thématique de la bande dessinée</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01619699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La factualité du fait et la détermination du sens : une pensée non déterministe du récit dans l'œuvre de Rafael Sánchez Ferlosio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de littérature comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 349 (1), pp.85-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rlc.349.0085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05325996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La factualité du fait et la détermination du sens : une pensée non déterministe du récit dans l'oeuvre de Rafael Sánchez Ferlosio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de littérature comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 349</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01009760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuvième art 2.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, http://neuviemeart.citebd.org/spip.php?article700</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01009765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">la bête est morte : dessin animalier et différence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuvième art 2.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, http://neuviemeart.citebd.org/spip.php?article495</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00796982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fantômes silencieux : notes sur les ambiguïtés de la réception contemporaine du cinéma muet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Garric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, n° 52</w:t>
+              <w:t xml:space="preserve">, 2009, Hantologies : les fantômes et la modernité, 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00437822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les poches de Molloy : pour une lecture burlesque de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fabula-LhT : littérature, histoire, théorie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Ce que le cinéma fait à la littérature (et réciproquement), 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58282/lht.788⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Hervé Bismuth</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00437821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La compréhension dans les sciences humaines et la littérature : jalons herméneutiques pour une comparaison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Miraž (Skopje)=Mirage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, N° 9 (Juillet 2004)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00437820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pif le chien. Esthétique, politique et société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...74 lines deleted...]
-                <w:t xml:space="preserve">Hervé Bismuth</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vigreux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Universitaires de Dijon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Sociétés, 978-2-36441-458-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solitude et communauté dans le roman : Carson McCullers, Le cœur est un chasseur solitaire ; Marguerite Duras, Le Vice-consul ; Christa Wolf, Médée : Voix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...884 lines deleted...]
-                <w:t xml:space="preserve">halshs-00437820v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cléder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lemonnier-Lemieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Preher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Atlande, 272p., 2020, Clefs Concours, Littérature comparée, 2350306291</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solitude et communauté dans le roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cléder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lemonnier-Lemieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Preher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Atlande, 2019, Clefs concours - Littérature comparée, Anne Tomiche, 978-2-35030-629-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04496940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parole muette, récit burlesque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier, 3 (32), 2015, Perspectives comparatistes, 978-2-8124-3708-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01236063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portraits de villes : marches et cartes : la représentation urbaine dans les discours contemporains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">H. Champion, pp.571, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00438026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (41)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le doigt d’honneur interrogé par la mise en scène comique dans L’histoire du serpent qui mordit Tom de Jean-Yves Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gestes et bandes dessinées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Essais, 9782753586062</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04832829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La valeur du gag dans Pif le chien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pif le chien : esthétique, politique et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Universitaires de Dijon, 2022, Sociétés, 978-2-36441-458-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04496993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulet et l’essai dessiné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Irène Langlet; Chloé Conant-Ouaked. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essai médiatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LISAA éditeur; LISAA éditeur; LISAA éditeur, pp.115-134, 2022, 978-2-9566480-9-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.lisaa.2012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03616444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Démembrement et destruction des images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Henri Garric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La destruction des images en bande dessinée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires François Rabelais, pp.155-170, 2022, Iconotextes, 2869067860</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Imperfection littéraire et artistique en Europe : antiquité-xxie siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.633-650, 2021, 978-2-406-12135-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03544799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reprise et reproduction dans deux versions contemporaines de Lucky Luke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kirsty Bell; Philippe Kaenel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reproducing Images and Texts / La reproduction des images et des textes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill, pp.317-328, 2021, 978-90-04-46832-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bande dessinée documentaire et humour : le cas de La Revue dessinée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Benoît Mitaine; Judite Rodrigues; Isabelle Touton. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scoops en stock. Journalisme dessiné, BD-reportage et dessin de presse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Georg, 2021, L'équinoxe, 978-2825711248</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le débat des deux Thierry : naissances ou invention de la bande dessinée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Clotilde Thouret. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature et polémiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lucie Eds, 2021, Poétiques Comparatistes, 1034606913</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Récits d’expérience : raconter et dessiner la maladie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoires de la non-fiction. Cartographie d’un genre émergent / textes édités et introduits par Alexandre Gefen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 46, Brill Rodopi, pp.319-333, 2020, Chiasma [ISSN : 1380-7811], 978-90-04-36319-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03272491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Sánchez Ferlosio et la critique du serment : anti-serment et témoignage historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hervé Bismuth; Fritz Taubert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Serment / Der Eid. De l’âge du Prince à l’ère des nations / Vom Zeitalter der Fürsten bis zur Ära der Nationen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, 2020, 9782807615816</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03615635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le handicap et la construction de l’altérité dans Le Grand autre de Ludovic Debeurme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chauvaud Frédéric; Mellier Denis. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corps handicapés et corps mutilés dans la BD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, 2020, 9782753579774</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déformation des corps déformés dans l'oeuvre d'Édika Norme et déformation : pour une approche non-dualiste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les êtres contrefaits. Corps difformes et corps grotesques dans la bande dessinée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 978-2-7535-7396-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02346084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villes en projet, villes imaginaires dans la culture contemporaine : des portraits de villes à New-York-sur-Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kultur - Landschaft - Raum. Dynamiken literarischer Inszenierungen von Kulturlandschaften.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Stauffenburg Verlag, 2018, 978-3-95809-030-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01848465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires François Rabelais. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Destruction des images en bande dessinée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.125 - 146, 2018, 978-2-86906-786-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détournements du chapitre dans la bande dessinée contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pratiques et poétiques du chapitre : du XIXe au XXIe siècle / sous la direction de Claire Colin, Thomas Conrad et Aude Leblond</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.159-170, 2017, Interférences (Rennes) [ISSN 0154-5604], 978-2-7535-5265-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01671836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que la bande dessinée pense de la littérature. À propos de Gemma Bovery de Posy Simmonds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Comparatisme comme approche critique. Comparative literature as a Critical Approach.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, pp.443-452, 2017, Littératures, arts, sciences humaines et sociales / Literatures, the Arts and the Social Sciences, 978-2-406-06525-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06527-2.p.0443⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01623179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Chute de la Maison Usher entre arborescences de l’adaptation et branchages emmêlés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le cinéma de la littérature / textes réunis et présentés par Jean Cléder et Frank Wagner</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions nouvelles Cécile Defaut, 2017, 978-2-35018-386-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01671826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Goytisolo i Rafael Sanchez Ferlosio: dos intellectuals espanyols vistos des de Walter Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marti Monterde, Antoni and Padro Nieto, Bernat. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Qui acusa?: figures de l'intellectual europeu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universitat de Barcelona, Publicacions i Edicions, pp.309--320, 2015, 978-84-475-3903-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01252867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patates et fils de fer : jeux burlesques et imaginaires du corps simplifié en bande dessinée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guillaume, Isabelle and Landot, Aymeric and Le Roy Ladurie, Irène and Martine, Tristan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les langages du corps dans la bande dessinée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2015, 978-2-343-07228-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01252862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Statut du savoir dans Londres victoriano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Viot-Murcia, Claude. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Juan Benet et les champs du savoir:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Sorbonne Nouvelle, DL 2015, pp.53--64, 2015, 978-2-87854-669-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01252864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'engendrement du gag dans Gaston Lagaffe de Franquin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Engendrement des images en bande dessinée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires François Rabelais, pp.43-54, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00965338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Henri Garric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Engendrement des images en bande dessinée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires François Rabelais, pp.9-16, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00965336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Engendrement des images, imagination, dessin : un entretien avec Boulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Engendrement des images en bande dessinée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires François Rabelais, pp.209-230, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00965340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fin de l'histoire, fin de la littérature, fin du récit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dominique Viart et Laurent Demanze. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fins de la littérature. Historicité de la littérature contemporaine. 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, pp.277-287, 2013, "Recherches"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00965344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Goytisolo et les deux langues de bois: la littérature face à la dictature et à la démocratie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christine Queffélec et Merete Stistrup Jensen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature et langue de bois. Quand l'autre parle en moi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eurédit, pp.121-139, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00796984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Goytisolo et les deux langues de bois : la littérature face à la dictature et à la démocratie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature et langue de bois. Quand l'autre parle en moi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eurédit, 2012, 978-2-84830-162-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04496935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-Maria Blanco White : Idéal apatride pour l'oeuvre de rupture de Juan Goytisolo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Godeau. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langages (de) frontaliers. La traduction esthétique de situations-limites dans la littérature occidentale (XIXe-XXe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kimé, pp.207-216, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00796987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelques hommes à tête de souris : réflexions sur le dessin animalier dans l'art et la littérature au XXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Paul Engelibert, Lucie Campos, Catherine Coquio et Georges Chapouthier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Question animale. Entre science, littérature et philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.215-230, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00578961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du statut d'exception de la littérature et du silence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Daros et Micéala Symington. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Epistémologie du fait littéraire et rénovation des paradigmes critiques. Autour de l'oeuvre de Jean Bessière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Champion, pp.127-140, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00641471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'autorité silencieuse du geste et son retournement burlesque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuel Bouju. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'autorité en littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.463-472, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00538528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le silence de l'écrivain et la littérature comme langage silencieux : Carmen Laforet et la Música blanca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parler avec le livre (vol.2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de l'Université Saint-Etienne, pp.97-113, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00523681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les silences de Manuel Vázquez Montalbán</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Locatelli, Aude;Landerouin, Yves;. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musique et roman</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le manuscrit, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00438002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des oiseaux en prison : 'Les Vertus de l'oiseau solitaire' de Juan Goytisolo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bessière, Jean;Maár, Judit;. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'écriture emprisonnée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmattan, 2007, (Cahiers de la nouvelle Europe ; 7)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00438001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une généalogie de la notion de fiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bessière, Jean;. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature, représentation, fiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, H. Champion, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00438000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'oubli de l'histoire dans l'oeuvre d'Antoine Volodine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bessière, Jean;. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature, mémoire et oubli = ­Letteratura, memoria e oblio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bulzoni Editore, 2006, (Quaderni di storia critica e poet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00437999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Statut du témoignage, de la fiction et de la littérature : le témoignage de Yarfoz, de Rafael Sánchez Ferlosio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Témoignage, littérature, fiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmattan, 2005, (Cahiers de la nouvelle Europe)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00437995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le désœuvrement : un pas en dehors de l'histoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bessière, Jean;Sinopoli, Franca;. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Storia e memoria nelle riletture e riscritture letterarie = ­Histoire, mémoire et relectures et reécritures littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bulzoni Editore, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00437998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Načeloto na Razbiranʹe vo opštestvenite nauki i literaturata : hermenevtički osnovi za edna komparativna postapka</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kulavkova, Katica;Bessière, Jean;Daros, Philippe;. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dijalog na interpretacii</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gjurgja, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00437997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'immeuble : métaphore en ruine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ferreira, Francisco;Mellier, Denis;. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Métaphores d'époque : 1985-2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, pp.29-54, 2005, (La Licorne ; N° 73)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00437994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le postmodernisme est-il une arrière-garde ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marx, William;. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les arrière-gardes au XXe siècle : l'autre face de la modernité esthétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de France, pp.79-89, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00437993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La ville et le sujet dans 'Treize lectures dans le calme genevois' de Michel Butor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bucica, Cristina;Simard, Nicolas;. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L' identité : zones d'ombre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CELAT, pp.221-232, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00437992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Destruction des images en bande dessinée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Garric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La destruction des images en bande dessinée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Dijon, France. Presses Universitaires François Rabelais, 290p., 2022, Iconotextes, 2869067860</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03612931v1</w:t>
-              </w:r>
-[...3448 lines deleted...]
-                <w:t xml:space="preserve">halshs-00438026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId117"/>
+      <w:footerReference w:type="default" r:id="rId118"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6817,51 +6931,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EE2DE61D"/>
+    <w:nsid w:val="A1A3D640"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7048,51 +7162,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/henri-garric" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8262-7493" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/060585358" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455478v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Garric" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832923v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833036v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832961v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832996v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01555339v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03641104v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612715v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02459437v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03276594v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12137-4.p.0633" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03614812v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03276631v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02459414v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612810v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Le Roy Ladurie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01973817v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612743v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612838v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Besand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612752v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lafouge" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612789v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612853v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Roug&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438003v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437996v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455609v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15167/1824-7482/pbfrm2022.2.2217" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528947v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503962v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03614779v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958361v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bismuth" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958353v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03614793v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03276385v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496401v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01685498v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01619699v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01009760v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05325996v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rlc.349.0085" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01009765v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00796982v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437822v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437821v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/lht.788" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437820v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612931v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496993v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03616444v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.lisaa.2012" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612943v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832829v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/8733/gestes-et-bandes-dessinees" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03613323v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612874v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612914v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03544799v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03272491v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03615635v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612992v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346084v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848465v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04518822v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01623179v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06527-2.p.0443" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01671836v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01671826v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252862v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252867v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252864v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965338v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965336v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965340v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965344v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00796984v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496935v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00796987v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00578961v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00641471v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00538528v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523681v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438002v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438000v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438001v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437999v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437995v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437998v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437997v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437994v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437993v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437992v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455564v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vigreux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/sciences-sociales/799-pif-le-chien-9782364414587.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03613016v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cl&#233;der" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lemonnier-Lemieux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Preher" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496940v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Preher" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236063v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438026v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/henri-garric" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8262-7493" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/060585358" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05568362v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Garric" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Le Roy Ladurie" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833036v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832923v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832961v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832996v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03641104v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01555339v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612715v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02459437v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03614812v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03276631v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03276594v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12137-4.p.0633" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02459414v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01973817v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612743v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612810v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612838v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Besand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612853v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lafouge" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Roug&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612752v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612789v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438003v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437996v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455478v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528947v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455609v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15167/1824-7482/pbfrm2022.2.2217" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503962v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03614779v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958361v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bismuth" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958353v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03276385v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03614793v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496401v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01685498v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01619699v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05325996v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rlc.349.0085" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01009760v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01009765v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00796982v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437822v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437821v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/lht.788" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437820v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455564v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vigreux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/sciences-sociales/799-pif-le-chien-9782364414587.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03613016v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cl&#233;der" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lemonnier-Lemieux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Preher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496940v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Preher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236063v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438026v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832829v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/8733/gestes-et-bandes-dessinees" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496993v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03616444v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.lisaa.2012" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612943v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03544799v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03613323v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612874v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612914v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03272491v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03615635v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612992v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346084v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848465v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04518822v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01671836v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01623179v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06527-2.p.0443" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01671826v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252867v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252862v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252864v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965338v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965336v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965340v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965344v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00796984v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496935v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00796987v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00578961v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00641471v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00538528v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523681v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438002v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438001v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438000v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437999v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437995v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437998v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437997v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437994v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437993v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437992v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03612931v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>