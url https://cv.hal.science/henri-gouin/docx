--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1269,209 +1269,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01731201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symmetric form for the hyperbolic-parabolic system of fourth-gradient fluid model</w:t>
+                <w:t xml:space="preserve">Temperature profile in a liquid-vapor interface near the critical point</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tommaso Ruggeri</w:t>
+                <w:t xml:space="preserve">Pierre Seppecher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ricerche di matematica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 66 (2), pp.491-508. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society of London. Series A, Mathematical and physical sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 473 (20170229), pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11587-016-0315-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rspa.2017.0229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01573721v1</w:t>
+                <w:t xml:space="preserve">hal-01492802v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature profile in a liquid-vapor interface near the critical point</w:t>
+                <w:t xml:space="preserve">Symmetric form for the hyperbolic-parabolic system of fourth-gradient fluid model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Seppecher</w:t>
+                <w:t xml:space="preserve">Tommaso Ruggeri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society of London. Series A, Mathematical and physical sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 473 (20170229), pp.1-13. </w:t>
+              <w:t xml:space="preserve">Ricerche di matematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 66 (2), pp.491-508. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspa.2017.0229⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11587-016-0315-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01492802v2</w:t>
+                <w:t xml:space="preserve">hal-01573721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuum mechanics at nanoscale. A tool to study trees' watering and recovery</w:t>
               </w:r>
@@ -2059,51 +2059,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augusto Muracchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Ruggeri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Continuum Mechanics and Thermodynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 24, pp.505-513. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2150,51 +2150,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A consistent thermodynamical model of incompressible media as limit case of quasi-thermal-incompressible materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Ruggeri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 47, pp.688-693. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2474,51 +2474,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6542702D"/>
+    <w:nsid w:val="088D9C24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2705,51 +2705,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/henri-gouin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4088-1386" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078807077" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526055v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Gouin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apples.2026.100297" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11587-023-00785-x" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867002v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.L. Gavrilyuk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gouin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2024.104705" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058110v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2022.104347" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617770v3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Gavrilyuk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physRevE.106.055.102" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418260v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f12111443" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956097v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.L. L Gavrilyuk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2020.102620" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984542v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11587-020-00512-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148064v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey L Gavrilyuk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2019.103312" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982106v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0023717" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956027v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/memocs.2019.7.131" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956138v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zamm.201800188" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731201v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11587-018-0397-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573721v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Ruggeri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11587-016-0315-7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492802v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Seppecher" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2017.0229" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540964v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RLM/769" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541196v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2016.06.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480940v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Saccomandi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00161-016-0492-3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152429v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905148v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1478/AAPP.91S1A10" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903295v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Garajeu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4818159" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880256v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/memocs2013" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748817v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Muracchini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00161-011-0201-1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700797v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2011.11.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903254v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i15900932v32n1p105" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095854v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0093-6413(76)90002-1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/henri-gouin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4088-1386" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078807077" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526055v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Gouin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apples.2026.100297" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11587-023-00785-x" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867002v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.L. Gavrilyuk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gouin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2024.104705" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058110v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2022.104347" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617770v3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Gavrilyuk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physRevE.106.055.102" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418260v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f12111443" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956097v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.L. L Gavrilyuk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2020.102620" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984542v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11587-020-00512-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148064v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey L Gavrilyuk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2019.103312" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982106v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0023717" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956027v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/memocs.2019.7.131" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956138v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zamm.201800188" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731201v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11587-018-0397-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492802v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Seppecher" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2017.0229" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573721v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Ruggeri" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11587-016-0315-7" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540964v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RLM/769" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541196v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2016.06.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480940v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Saccomandi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00161-016-0492-3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152429v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905148v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1478/AAPP.91S1A10" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903295v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Garajeu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4818159" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880256v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/memocs2013" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748817v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Muracchini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00161-011-0201-1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700797v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2011.11.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903254v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i15900932v32n1p105" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095854v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0093-6413(76)90002-1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>