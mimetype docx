--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Henri Isaac </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de Conférences, Université PAris Dauphine, PSL</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">henri-isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5228-5146</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">057230595</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese e-commerce platforms on the offensive: Are we heading for a global e-tail revolution?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Futuribles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024/3 (460), pp.61-75. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/futur.460.0061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04689498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour en finir avec l'acronyme GAFAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pouvoirs - Revue française d’études constitutionnelles et politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2023/2 (185), pp.7-17. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pouv.185.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle souveraineté numérique européenne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48 (305)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numérique et confiance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13, pp.12-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie & Intelligence artificielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03068380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En matière de régulation numérique, « l’Union européenne doit passer à une éthique de responsabilité »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02932487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistique et plateformes numériques : vers un Internet physique des marchandises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La donnée numérique, bien public ou instrument de profit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pouvoirs - Revue française d’études constitutionnelles et politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 164, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pouv.164.0075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La donnée, une marchandise comme les autres ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01819635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The new office: how coworking changes the work concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq Vandelannoitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Strategy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 37 (6), </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JBS-10-2015-0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coworking : the future of the office ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq Vandelannoitte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Strategy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 37 (6), pp.3-9. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JBS-10-2015-0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création de trafic sur les sites web marchands : enjeux et arbitrages entre visibilité et réputation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Charfi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 253</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile information systems and organisational control: beyond the panopticon metaphor?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (5), </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/ejis.2014.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies de l’information, contrôle et panoptique: pour une approche deleuzienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq-Vandelannoitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 18 (2), </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sim.132.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le commerce électronique: évolution ou révolution?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Barba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alarcon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Rémi Gratadour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Oualid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, n° 64, p. 167-182. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eh.064.0167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00801986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An empirical investigation of e-mail use versus face-to-face meetings: integrating the Napoleon effect perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Boukef-Charki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications of the Association for Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22 (1), pp.501-514</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00368488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multinational study of attitudes about mobile phone use in social settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert C. Nickerson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mak Brenda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Mobile Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 6 (5), pp.541-563</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00667558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Courrier électronique et réunions : proposition d'une théorie du millefeuille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Boukef-Charki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications of the Association for Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Vol</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00368492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TIC et enseignement de la gestion : une révolution manquée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 33 (178-179), pp.117-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00375090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surcharge informationnelle, urgence et TIC. L'effet temporel des technologies de l'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Campoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 12, pp.153-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00155119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie du millefeuille et l'usage des TIC dans l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Boukef-Charki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 172, pp.117-130</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00155184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of and prospects for research on knowledge management in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 62 (7-8), pp.938-945</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00184806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact des TIC mobiles sur les activités des professionnels en entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Henri Besseyre Des Horts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 117, pp.18-29. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.168-169.243-263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00664063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adoption and appropriation: towards a new theoretical framework. An exploratory research on mobile technologies in French companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Henri Besseyre Des Horts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 11 (2), pp.9-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00664064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact des technologies mobiles d'information et de communication sur les activités des professionnels en entreprise: une étude perceptuelle sur les situations de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 168, pp.243-263</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation, technologie de l'information et vie privée.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 134, pp.101-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00155515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise numérique : enjeux et conséquences des nouveaux systèmes d'informations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 129, pp.100-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00156575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les normes de qualité dans les services professionnels : une lecture des pratiques à travers la théorie des conventions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 1 (2), pp.89-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00156589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les normes de qualité dans les services professionnels : une lecture des pratiques à travers la théorie des conventions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 1 (2), pp.113-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barriers against data sharing for Disaster Risk Reduction (DRR) at borders.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouck Adrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st ISCRAM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Münster, Germany. pp.41, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.59297/at4e7s92⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création de trafic sur les sites web marchands : enjeux et arbitrages entre visibilité et réputation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Anis Charfi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Marketing Trends Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Paris, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will mobile technologies transform business education?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation and Libraries, EBSLG Annual General Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux nomades, nouvelles frontières ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Rendez-vous du Salon de Lecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Am I disturbing you?: a research model for investigating the social impact of mobile phones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference in Mobile Business, Copenhague</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conséquences paradoxales de l'usage des outils mobiles de communication sur les situations perçues de travail : une étude exploratoire sur l'impact humain et organisationnel des technologies mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGRH, Reims</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Phone Use In Social Settings: A Multinational Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMCIS 2006 Accapulco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Give me a mobile phone, and I will work harder! Assessing the value of mobile technologies in organizations : an exploratory research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference in Mobile Business, Copenhague</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie du millefeuille. De la non-substitution entre communications électroniques et face à face</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X° colloque AIM, Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La régulation de l'usage des TIC. Proposition d'un modèle conventionnaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X° colloque AIM, Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'adoption des technologies mobiles par les managers: Pour un dépassement des modèles TAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X° colloque AIM, Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies mobiles et management : quelles compétences pour les managers nomades ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication aux 3eme Journées de Recherches AGRH, GRH &amp; TIC, 19 mai, Université Paris Dauphine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell Phone Use in Social Settings : Preliminary results from a study in the United States and France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DSI, Boston, November</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies mobiles et management : vers un management nomade ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication au IX° colloque AIM, Evry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'Internet pour la veille stratégique : facteurs déterminant les pratiques des entreprises françaises.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication au VIII° colloque AIM, Grenoble.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les composantes du système d'information structurant l'entreprise numérique : une étude empirique en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication à l'AIM, VII° Congrès, Mai, Hammamet, Tunisie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Methodology for on-line case discussion : an experiment in an Executive MBA program.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">communication au colloque IRMA, Seattle, USA.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussion d'un cas en ligne : analyse d'une expérience de classe virtuelle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication à l'AIM, VII° Congrès, Mai, Hammamet, Tunisie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethique individuelle, déontologie professionnelle et management :faut-il créer un ordre des managers ? Un point de vue français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication au forum « Le manager professionnel, entre éthique et déontologie », XIII° Entretiens Jacques Cartier HEC Montréal, Octobre.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethique ou déontologie : quelles différences pour quelles conséquences managériales ? L'analyse comparative de 30 codes d'éthique et de déontologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication au X° Colloque de l'AIMS, Montpellier, Mai.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les référentiels normatifs de la qualité sont-ils adaptés aux entreprises de service ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5eme Séminaire international de recherche en Management des activités de services (Actes du Séminaire, p.328-346)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business models de plateformes : Les clés pour accélérer votre transformation numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketing digital, 7ème Edition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Chaffey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Ellis-Chadwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercanti-Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, 7, 2020, 2326002547</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-commerce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketing Digital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dave Chaffey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Ellis-Chadwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercanti-Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketing Digital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercanti-Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-commerce : vers le commerce connecté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketing Digital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercanti-Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, 5ème édition, 2014, Marketing Digital, 2744076791</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-commerce : de la stratégie à la mise en œuvre opérationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, pp.514, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketing Digital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dave Chaffey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Ellis-Chadwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercanti-Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, pp.632, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail à distance et e-management : organisation et contrôle en entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, pp.166, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-commerce : de la stratégie à la mise en oeuvre opérationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson Education, 456 p., 2011, 978-2-7440-7448-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00718445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel avenir pour le Web ouvert (open web) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Etat du Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.81-88, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerging Applications: Mobile Phones in Public Places</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Mak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Nickerson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Managing Mobile Technologies : An Analysis from Multiple Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.291-320, 2019, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789813278165_0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'état du commerce électronique en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'état des entreprises 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp. 75-83, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00577829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La surinformation, facteur de stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management : tensions d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp. 159-168, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00577810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management & TIC, le e-management devient management !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DRM, l'état des entreprises 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.87-96, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00659217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surcharge informationnelle, urgence et TIC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Etats Généraux du Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00668823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des taux d'équipement en TIC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; TIC. 5 ans de e-management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.37-52, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chartes d'utilisation des TIC comme outil de régulation des usages: émergence d'une pratique en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; TIC. 5 ans de e-management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.113-130, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie de l'Observatoire Dauphine-Cegos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; TIC. 5 ans de e-management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.25-36, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le manager à distance : émergence d'un manager nomade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; TIC. 5 ans de e-management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.69-82, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La veille stratégique électronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; TIC. 5 ans de e-management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.147-158, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">e-management : concepts et méthodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le e-management: quelles transformations pour l'entreprise?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.23-44, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise numérique, quelle réalité en France ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le e-management: quelles transformations pour l'entreprise?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.45-70, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les défis du management à l'ère numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les défis du management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.207-220, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise numérique, les réalités en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-management : vers l'entreprise virtuelle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.33-50, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00156998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">e-management : concepts et méthodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-management : vers l'entreprise virtuelle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.13-32, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En matière de régulation numérique, « l’Union européenne doit passer à une éthique de responsabilité ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03095287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateforme: pour une approche systémique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Données, Valeur et Business models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TAXONOMY DEVELOPMENT IN INFORMATION SYSTEMS: DEVELOPING A TAXONOMY OF MOBILE APPLICATIONS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Nickerson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Muntermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upkar Varshney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00375103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model of Attitudes toward the Acceptance of Mobile Phone Use in Public Places</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Mak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Nickerson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00375094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôler les réseaux d'entreprises avec les technologies de l'information : synthèse et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Boulay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00155188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adoption and appropriation: toward a new theoretical framework.An exploratory research on mobile technologies in french companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Henri Besseyre Des Horts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00155506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact des TIC mobiles sur les activités des professionnels en entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Henri Besseyre Des Horts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00155192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner le Métavers et l'internet de demain !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Galissaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Renaissance Numérique. 2023, pp.97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04671525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId139"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Henri Isaac </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de Conférences, Université PAris Dauphine, PSL</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">henri-isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5228-5146</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">057230595</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese e-commerce platforms on the offensive: Are we heading for a global e-tail revolution?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Futuribles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024/3 (460), pp.61-75. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/futur.460.0061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04689498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour en finir avec l'acronyme GAFAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pouvoirs - Revue française d’études constitutionnelles et politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2023/2 (185), pp.7-17. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pouv.185.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle souveraineté numérique européenne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48 (305)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numérique et confiance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13, pp.12-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie & Intelligence artificielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03068380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En matière de régulation numérique, « l’Union européenne doit passer à une éthique de responsabilité »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02932487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logistique et plateformes numériques : vers un Internet physique des marchandises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La donnée numérique, bien public ou instrument de profit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pouvoirs - Revue française d’études constitutionnelles et politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 164, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pouv.164.0075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La donnée, une marchandise comme les autres ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01819635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The new office: how coworking changes the work concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq Vandelannoitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Strategy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 37 (6), </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JBS-10-2015-0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coworking : the future of the office ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq Vandelannoitte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Strategy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 37 (6), pp.3-9. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JBS-10-2015-0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création de trafic sur les sites web marchands : enjeux et arbitrages entre visibilité et réputation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Charfi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 253</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile information systems and organisational control: beyond the panopticon metaphor?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (5), </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/ejis.2014.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies de l’information, contrôle et panoptique: pour une approche deleuzienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq-Vandelannoitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 18 (2), </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sim.132.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le commerce électronique: évolution ou révolution?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Barba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alarcon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Rémi Gratadour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Oualid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, n° 64, p. 167-182. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eh.064.0167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00801986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An empirical investigation of e-mail use versus face-to-face meetings: integrating the Napoleon effect perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Boukef-Charki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications of the Association for Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22 (1), pp.501-514</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00368488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multinational study of attitudes about mobile phone use in social settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert C. Nickerson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mak Brenda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Mobile Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 6 (5), pp.541-563</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00667558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Courrier électronique et réunions : proposition d'une théorie du millefeuille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Boukef-Charki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications of the Association for Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Vol</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00368492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surcharge informationnelle, urgence et TIC. L'effet temporel des technologies de l'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Campoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 12, pp.153-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00155119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TIC et enseignement de la gestion : une révolution manquée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 33 (178-179), pp.117-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00375090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie du millefeuille et l'usage des TIC dans l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Boukef-Charki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 172, pp.117-130</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00155184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of and prospects for research on knowledge management in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 62 (7-8), pp.938-945</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00184806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adoption and appropriation: towards a new theoretical framework. An exploratory research on mobile technologies in French companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Henri Besseyre Des Horts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 11 (2), pp.9-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00664064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact des TIC mobiles sur les activités des professionnels en entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Henri Besseyre Des Horts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 117, pp.18-29. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.168-169.243-263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00664063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact des technologies mobiles d'information et de communication sur les activités des professionnels en entreprise: une étude perceptuelle sur les situations de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 168, pp.243-263</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation, technologie de l'information et vie privée.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 134, pp.101-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00155515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise numérique : enjeux et conséquences des nouveaux systèmes d'informations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 129, pp.100-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00156575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les normes de qualité dans les services professionnels : une lecture des pratiques à travers la théorie des conventions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 1 (2), pp.89-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00156589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les normes de qualité dans les services professionnels : une lecture des pratiques à travers la théorie des conventions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 1 (2), pp.113-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barriers against data sharing for Disaster Risk Reduction (DRR) at borders.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouck Adrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st ISCRAM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Münster, Germany. pp.41, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.59297/at4e7s92⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création de trafic sur les sites web marchands : enjeux et arbitrages entre visibilité et réputation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Anis Charfi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Marketing Trends Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Paris, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will mobile technologies transform business education?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation and Libraries, EBSLG Annual General Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux nomades, nouvelles frontières ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Rendez-vous du Salon de Lecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Am I disturbing you?: a research model for investigating the social impact of mobile phones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference in Mobile Business, Copenhague</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conséquences paradoxales de l'usage des outils mobiles de communication sur les situations perçues de travail : une étude exploratoire sur l'impact humain et organisationnel des technologies mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGRH, Reims</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Phone Use In Social Settings: A Multinational Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMCIS 2006 Accapulco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Give me a mobile phone, and I will work harder! Assessing the value of mobile technologies in organizations : an exploratory research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference in Mobile Business, Copenhague</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie du millefeuille. De la non-substitution entre communications électroniques et face à face</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X° colloque AIM, Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La régulation de l'usage des TIC. Proposition d'un modèle conventionnaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X° colloque AIM, Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'adoption des technologies mobiles par les managers: Pour un dépassement des modèles TAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X° colloque AIM, Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies mobiles et management : quelles compétences pour les managers nomades ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication aux 3eme Journées de Recherches AGRH, GRH &amp; TIC, 19 mai, Université Paris Dauphine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell Phone Use in Social Settings : Preliminary results from a study in the United States and France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DSI, Boston, November</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies mobiles et management : vers un management nomade ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication au IX° colloque AIM, Evry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'Internet pour la veille stratégique : facteurs déterminant les pratiques des entreprises françaises.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication au VIII° colloque AIM, Grenoble.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les composantes du système d'information structurant l'entreprise numérique : une étude empirique en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication à l'AIM, VII° Congrès, Mai, Hammamet, Tunisie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Methodology for on-line case discussion : an experiment in an Executive MBA program.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">communication au colloque IRMA, Seattle, USA.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussion d'un cas en ligne : analyse d'une expérience de classe virtuelle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication à l'AIM, VII° Congrès, Mai, Hammamet, Tunisie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethique individuelle, déontologie professionnelle et management :faut-il créer un ordre des managers ? Un point de vue français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication au forum « Le manager professionnel, entre éthique et déontologie », XIII° Entretiens Jacques Cartier HEC Montréal, Octobre.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethique ou déontologie : quelles différences pour quelles conséquences managériales ? L'analyse comparative de 30 codes d'éthique et de déontologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication au X° Colloque de l'AIMS, Montpellier, Mai.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les référentiels normatifs de la qualité sont-ils adaptés aux entreprises de service ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5eme Séminaire international de recherche en Management des activités de services (Actes du Séminaire, p.328-346)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business models de plateformes : Les clés pour accélérer votre transformation numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketing digital, 7ème Edition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Chaffey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Ellis-Chadwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercanti-Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, 7, 2020, 2326002547</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketing Digital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dave Chaffey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Ellis-Chadwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercanti-Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-commerce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketing Digital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercanti-Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-commerce : vers le commerce connecté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketing Digital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercanti-Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, 5ème édition, 2014, Marketing Digital, 2744076791</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-commerce : de la stratégie à la mise en œuvre opérationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, pp.514, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketing Digital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dave Chaffey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Ellis-Chadwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercanti-Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson, pp.632, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail à distance et e-management : organisation et contrôle en entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, pp.166, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-commerce : de la stratégie à la mise en oeuvre opérationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Volle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pearson Education, 456 p., 2011, 978-2-7440-7448-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00718445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel avenir pour le Web ouvert (open web) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Etat du Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.81-88, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerging Applications: Mobile Phones in Public Places</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Mak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Nickerson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Managing Mobile Technologies : An Analysis from Multiple Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.291-320, 2019, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789813278165_0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'état du commerce électronique en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'état des entreprises 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp. 75-83, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00577829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La surinformation, facteur de stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management : tensions d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp. 159-168, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00577810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management & TIC, le e-management devient management !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DRM, l'état des entreprises 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.87-96, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00659217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surcharge informationnelle, urgence et TIC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kalika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Etats Généraux du Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00668823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des taux d'équipement en TIC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; TIC. 5 ans de e-management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.37-52, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chartes d'utilisation des TIC comme outil de régulation des usages: émergence d'une pratique en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; TIC. 5 ans de e-management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.113-130, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie de l'Observatoire Dauphine-Cegos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; TIC. 5 ans de e-management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.25-36, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La veille stratégique électronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; TIC. 5 ans de e-management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.147-158, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le manager à distance : émergence d'un manager nomade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; TIC. 5 ans de e-management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.69-82, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">e-management : concepts et méthodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le e-management: quelles transformations pour l'entreprise?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.23-44, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise numérique, quelle réalité en France ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le e-management: quelles transformations pour l'entreprise?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.45-70, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les défis du management à l'ère numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les défis du management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.207-220, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise numérique, les réalités en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-management : vers l'entreprise virtuelle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.33-50, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00156998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">e-management : concepts et méthodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-management : vers l'entreprise virtuelle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liaisons, pp.13-32, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En matière de régulation numérique, « l’Union européenne doit passer à une éthique de responsabilité ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03095287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateforme: pour une approche systémique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Données, Valeur et Business models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TAXONOMY DEVELOPMENT IN INFORMATION SYSTEMS: DEVELOPING A TAXONOMY OF MOBILE APPLICATIONS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Nickerson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Muntermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upkar Varshney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00375103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model of Attitudes toward the Acceptance of Mobile Phone Use in Public Places</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Mak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Nickerson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00375094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôler les réseaux d'entreprises avec les technologies de l'information : synthèse et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Boulay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00155188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adoption and appropriation: toward a new theoretical framework.An exploratory research on mobile technologies in french companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Henri Besseyre Des Horts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leclercq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00155506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact des TIC mobiles sur les activités des professionnels en entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Henri Besseyre Des Horts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00155192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner le Métavers et l'internet de demain !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Isaac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Galissaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Renaissance Numérique. 2023, pp.97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04671525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId139"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="36F8E27D"/>
+    <w:nsid w:val="5FF8D82E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/henri-isaac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5228-5146" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057230595" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689498v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Isaac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/futur.460.0061" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221092v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pouv.185.0007" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775920v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163289v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068380v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932487v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fernandez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289240v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702943v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pouv.164.0075" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819635v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603367v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leclercq Vandelannoitte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JBS-10-2015-0105" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772397v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486060v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Volle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Charfi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635808v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leclercq" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kalika" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/ejis.2014.11" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635800v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leclercq-Vandelannoitte" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.132.0009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801986v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barba" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alarcon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-R&#233;mi Gratadour" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Oualid" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.064.0167" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368488v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Boukef-Charki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00667558v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C. Nickerson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mak Brenda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368492v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00375090v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155119v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Campoy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155184v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00184806v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-00664063v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Besseyre Des Horts" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.168-169.243-263" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-HQDN5MJK-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-00664064v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155533v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155515v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00156575v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00156589v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155538v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600311v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Adrot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Brunet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59297/at4e7s92" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635806v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Anis Charfi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747000v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747039v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155830v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155831v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155829v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155828v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155834v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155832v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155833v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155838v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155835v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155837v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155840v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155841v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155843v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155842v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155866v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155865v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155869v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163220v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927026v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chaffey" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Ellis-Chadwick" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercanti-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702913v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702888v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dave Chaffey" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636292v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636284v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055044v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635803v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635807v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635809v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718445v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660115v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289254v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Mak" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Nickerson" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789813278165_0011" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577829v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577810v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00659217v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00668823v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157012v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157016v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157013v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157010v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157008v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157005v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157004v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157002v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156998v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157001v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03095287v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821837v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821836v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00375103v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Muntermann" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Upkar Varshney" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00375094v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155188v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Boulay" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155506v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155192v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671525v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lucas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Galissaire" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/henri-isaac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5228-5146" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057230595" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689498v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Isaac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/futur.460.0061" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221092v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pouv.185.0007" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775920v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163289v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068380v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932487v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fernandez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289240v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702943v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pouv.164.0075" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819635v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603367v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leclercq Vandelannoitte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JBS-10-2015-0105" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772397v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486060v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Volle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Charfi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635808v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leclercq" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kalika" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/ejis.2014.11" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635800v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leclercq-Vandelannoitte" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.132.0009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801986v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barba" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alarcon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-R&#233;mi Gratadour" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Oualid" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.064.0167" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368488v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Boukef-Charki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00667558v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C. Nickerson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mak Brenda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368492v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155119v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Campoy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00375090v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155184v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00184806v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-00664064v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Besseyre Des Horts" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-00664063v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.168-169.243-263" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-HQDN5MJK-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155533v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155515v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00156575v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00156589v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155538v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600311v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Adrot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Brunet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59297/at4e7s92" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635806v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Anis Charfi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747000v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747039v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155830v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155831v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155829v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155828v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155834v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155832v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155833v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155838v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155835v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155837v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155840v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155841v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155843v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155842v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155866v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155865v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155869v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163220v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927026v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chaffey" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Ellis-Chadwick" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercanti-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702888v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dave Chaffey" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702913v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636292v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636284v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055044v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635803v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635807v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635809v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718445v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660115v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289254v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Mak" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Nickerson" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789813278165_0011" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577829v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577810v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00659217v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00668823v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157012v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157016v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157013v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157008v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157010v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157005v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157004v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157002v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156998v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157001v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03095287v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821837v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821836v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00375103v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Muntermann" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Upkar Varshney" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00375094v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155188v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Boulay" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155506v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155192v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671525v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lucas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Galissaire" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>