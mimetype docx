--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -72,51 +72,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -240,1406 +240,1644 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05327364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new high-pressure high-temperature deformation apparatus to study the brittle to ductile transition in rocks</w:t>
+                <w:t xml:space="preserve">High-pressure Ca metasomatism of metabasites (Mont Avic, Western Alps): insights into fluid–rock interaction during subduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Meyer</w:t>
+                <w:t xml:space="preserve">Kilian Lecacheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Acosta</w:t>
+                <w:t xml:space="preserve">Olivier Fabbri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Leclere</w:t>
+                <w:t xml:space="preserve">Francesca Piccoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Morier</w:t>
+                <w:t xml:space="preserve">Pierre Lanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Teuscher</w:t>
+                <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 94 (4), </w:t>
+              <w:t xml:space="preserve">European Journal of Mineralogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (5), pp.767-795. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0135947⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/ejm-36-767-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05310247v1</w:t>
+                <w:t xml:space="preserve">hal-04766060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic properties across an amphibolite- to greenschist-facies strain gradient (Neves area, eastern Alps, Italy): New considerations for shear zone imaging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fluids, faulting and earthquakes in the brittle crust: recent advances and new challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fabbri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Leydier</w:t>
+                <w:t xml:space="preserve">Hugues Raimbourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Goncalves</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Henri Leclère</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2021.229005⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 356 (S2), pp.423-466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crgeos.259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03611383v1</w:t>
+                <w:t xml:space="preserve">hal-04758533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The April 2017 Mw6.5 Botswana Earthquake: An Intraplate Event Triggered by Deep Fluids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new high-pressure high-temperature deformation apparatus to study the brittle to ductile transition in rocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Acosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Leclere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blandine Gardonio</w:t>
+                <w:t xml:space="preserve">L. Morier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Jolivet</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Teuscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2018GL078297⟩</w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 94 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0135947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02185463v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05310247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and maintenance of fluid overpressures in crustal fault zones by elastic compaction and implications for earthquake swarms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H. Leclère</w:t>
+                <w:t xml:space="preserve">Seismic properties across an amphibolite- to greenschist-facies strain gradient (Neves area, eastern Alps, Italy): New considerations for shear zone imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Leydier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Cappa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Faulkner</w:t>
+                <w:t xml:space="preserve">Julie Albaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Fabbri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Armitage</w:t>
+                <w:t xml:space="preserve">Kevin Mahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2014JB011759⟩</w:t>
+              <w:t xml:space="preserve">Tectonophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 816, pp.1129 - 1149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2021.229005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01365558v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03611383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault mechanics at the base of the continental seismogenic zone: Insights from geochemical and mechanical analyses of a crustal-scale transpressional fault from the Argentera crystalline massif, French-Italian Alps</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H. Leclère</w:t>
+                <w:t xml:space="preserve">The April 2017 Mw6.5 Botswana Earthquake: An Intraplate Event Triggered by Deep Fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Gardonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Lacroix</w:t>
+                <w:t xml:space="preserve">Romain Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Fabbri</w:t>
+                <w:t xml:space="preserve">Eric Calais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Leclère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45 (17), pp.8886-8896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018GL078297⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01062913v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02185463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weakening processes in thrust faults: insights from the Monte Perdido thrust fault (southern Pyrenees, Spain)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Development and maintenance of fluid overpressures in crustal fault zones by elastic compaction and implications for earthquake swarms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cappa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Faulkner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Fabbri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Armitage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geofluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gfl.12010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 120 (6), pp.4450-4473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2014JB011759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00812823v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01365558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D fault reactivation analysis: A new approach on fault reactivation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Fault mechanics at the base of the continental seismogenic zone: Insights from geochemical and mechanical analyses of a crustal-scale transpressional fault from the Argentera crystalline massif, French-Italian Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fabbri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Structural Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 48, pp.153-161. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2014, 66, pp.115-128</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00812817v1</w:t>
+                <w:t xml:space="preserve">hal-01062913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of fault rock foliation on fault zone permeability: The case of deeply buried arkosic sandstones (Gres d'Annot, southeastern France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibault Cavailhes</w:t>
+                <w:t xml:space="preserve">Weakening processes in thrust faults: insights from the Monte Perdido thrust fault (southern Pyrenees, Spain)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Martine Buatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fabbri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAPG Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1306/03071312127⟩</w:t>
+              <w:t xml:space="preserve">Geofluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13, pp.56-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gfl.12010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00903428v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00812823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking fluid pressure buildup from focal mechanisms during the 2003-2004 Ubaye seismic swarm, France,</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H. Leclère</w:t>
+                <w:t xml:space="preserve">Influence of fault rock foliation on fault zone permeability: The case of deeply buried arkosic sandstones (Gres d'Annot, southeastern France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Cavailhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Daniel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F. Cappa</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Thouvenot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Labaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Buatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jgrb.50297⟩</w:t>
+              <w:t xml:space="preserve">AAPG Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 97 (7), pp.1521-1543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1306/03071312127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00876540v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00903428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactivation of a strike-slip fault by fluid overpressuring in the southwestern French-Italian Alps</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F. Cappa</w:t>
+                <w:t xml:space="preserve">3D fault reactivation analysis: A new approach on fault reactivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fabbri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 189 (1), pp.29-37. </w:t>
+              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 48, pp.153-161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2011.05345.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsg.2012.11.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00715994v1</w:t>
+                <w:t xml:space="preserve">hal-00812817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tracking fluid pressure buildup from focal mechanisms during the 2003-2004 Ubaye seismic swarm, France,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Fabbri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cappa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thouvenot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 118 (8), pp.4461-4476. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jgrb.50297⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00876540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reactivation of a strike-slip fault by fluid overpressuring in the southwestern French-Italian Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Fabbri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cappa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 189 (1), pp.29-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2011.05345.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00715994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Formation of phyllosilicates in a fault zone affecting deeply buried arkosic sandstones: their influence on petrophysic properties (Annot sandstones, French external Alps)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Leclere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Buatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Swiss Journal of Geosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 105 (2), pp.299-312. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00015-012-0099-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00795551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1649,637 +1887,637 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de fronts de réaction lors des réactions de déshydratation : implications sur le transfert des fluides dans les zones de subductions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Saussereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Razafison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Perasso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29e Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Géologique de France, Oct 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05336381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linking exhumation and fault activity in the Eastern Pyrenees using low-temperature thermochronology combined with Ar/ Ar fault gouge dating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Milesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Monie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Munch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Soliva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Valla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geologist Union 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, San francisco, USA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05245961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dating fault activity in the Eastern part of the Pyrenees: a combined approach low temperature thermochronology and 40 Ar/ 39 Ar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Milesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaétan Milesi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Delphine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Monie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Munch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Clay Conference (ICC 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05243791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does seismic anisotropy evolve as a function of mineralogical and textural changes across ductile shear zones? - an experimental and modelling approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Leydier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Goncalves</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Henri Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Albaric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Mahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03554266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluid-sedimentary rock interactions and mineralogical changes related to deformation and fluid circulation along a normal fault in deep diagenesis context (Grès d'Annot, SE France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavailhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Leclere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Buatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Clay Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Antalya, Turkey. pp.68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00671156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2289,168 +2527,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of hydrothermal circulations in faultzones by phyllosilicates mineralogical analysis (Argentera-Mercantour massif)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Milesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaétan Milesi</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Delphine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Lacker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Buatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Clay Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Istanbul (Turquie), Turkey. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05243792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId82"/>
+      <w:footerReference w:type="default" r:id="rId90"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2597,51 +2835,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327364v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lecl&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Faulkner" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bedford" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Behnsen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Violay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2025.230951" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310247v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Meyer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Acosta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Leclere" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Morier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Teuscher" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0135947" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611383v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leydier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goncalves" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lecl&#232;re" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mahan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2021.229005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185463v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Gardonio" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jolivet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Calais" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL078297" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365558v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cappa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Fabbri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Armitage" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011759" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062913v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lacroix" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fabbri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812823v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gfl.12010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JWR50B8T-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812817v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2012.11.004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GTBRCGSG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903428v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cavailhes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Sizun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labaume" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chauvet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1306/03071312127" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876540v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daniel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thouvenot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50297" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CTT4QKB2-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715994v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05345.x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795551v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Leclere" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charpentier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00015-012-0099-z" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G0P199F1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336381v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Saussereau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Razafison" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perasso" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245961v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Milesi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Monie" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Munch" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Soliva" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valla" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243791v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554266v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671156v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243792v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Lacker" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buatier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327364v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lecl&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Faulkner" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bedford" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Behnsen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Violay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2025.230951" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766060v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Lecacheur" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fabbri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Piccoli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goncalves" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-36-767-2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758533v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Raimbourg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lecl&#232;re" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.259" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310247v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Meyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Acosta" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Leclere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Morier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Teuscher" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0135947" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611383v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leydier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mahan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2021.229005" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185463v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Gardonio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jolivet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Calais" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL078297" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365558v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cappa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Fabbri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Armitage" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011759" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062913v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lacroix" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812823v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gfl.12010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JWR50B8T-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903428v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cavailhes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Sizun" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labaume" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chauvet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1306/03071312127" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812817v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2012.11.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GTBRCGSG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876540v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daniel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thouvenot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50297" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CTT4QKB2-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715994v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05345.x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795551v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Leclere" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charpentier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00015-012-0099-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G0P199F1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336381v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Saussereau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Razafison" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perasso" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245961v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Milesi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Monie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Munch" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Soliva" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valla" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243791v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554266v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671156v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243792v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Lacker" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buatier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>