--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -174,630 +174,712 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte rendu de l'ouvrage de Paul Bouffartigue et Jean Vandewattyne (dir.), Facteurs en Europe. Le syndicalisme face à la libéralisation et aux mutations des activités postales : Belgique, Bulgarie, Espagne, France et Royaume-Uni</w:t>
+                <w:t xml:space="preserve">Le tourisme vert à la rencontre du tourisme social ? L’exemple du Parc Loisirs et Nature de la Porte du Hainaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologie du Travail</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Espaces. Tourisme et loisirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 389, pp.86-91</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04404957v1</w:t>
+                <w:t xml:space="preserve">hal-05560374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations professionnelles, une histoire sans fin ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Compte rendu de l'ouvrage de Paul Bouffartigue et Jean Vandewattyne (dir.), Facteurs en Europe. Le syndicalisme face à la libéralisation et aux mutations des activités postales : Belgique, Bulgarie, Espagne, France et Royaume-Uni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Catherine Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/nrt.12648⟩</w:t>
+              <w:t xml:space="preserve">Sociologie du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 65 (3), pp.341‑ 368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sdt.43601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04131194v1</w:t>
+                <w:t xml:space="preserve">hal-04404957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le noir et le vert : la course des terrils de Raismes, entre construction et recomposition de l’identité d’un ancien territoire minier</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Arnal</w:t>
+                <w:t xml:space="preserve">Relations professionnelles, une histoire sans fin ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hervé Champin</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marnix Dressen-Vagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences sociales et sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rsss.017.0057⟩</w:t>
+              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nrt.12648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04048167v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04131194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des règles sociales européennes pour un rail concurrentiel ?</w:t>
+                <w:t xml:space="preserve">Le noir et le vert : la course des terrils de Raismes, entre construction et recomposition de l’identité d’un ancien territoire minier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Connaissance de l'emploi</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sciences sociales et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17, pp.57-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rsss.017.0057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02945893v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04048167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte rendu de l'ouvrage d'Anne Dufresne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Des règles sociales européennes pour un rail concurrentiel ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologie du Travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 55 (2), pp.262-263</w:t>
+              <w:t xml:space="preserve">Connaissance de l'emploi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 163</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02920430v1</w:t>
+                <w:t xml:space="preserve">halshs-02945893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dialogue social européen et innovation : l’exemple du secteur ferroviaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Compte rendu de l'ouvrage d'Anne Dufresne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue de l'IRES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 75, p.163 - 195</w:t>
+              <w:t xml:space="preserve">Sociologie du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 55 (2), pp.262-263</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04183233v1</w:t>
+                <w:t xml:space="preserve">hal-02920430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dialogue social européen et innovation : l’exemple du secteur ferroviaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Champin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue de l'IRES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 75, p.163 - 195</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Des règles européennes pour étayer les régulations nationales : retour sur la négociation d'un accord européen dans le secteur des chemins de fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Homme et la Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 182, pp.163-195. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lhs.1820163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00782085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -807,758 +889,758 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le tourisme vert à la rencontre du tourisme social ? L’exemple du Parc Loisirs et Nature de la Porte du Hainaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tourisme et habitants : conflits, cohabitations et coopérations entre les visiteurs, les acteurs locaux et internationaux du tourisme et les populations des destinations.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AsTRES, Dec 2025, Valenciennes Cedex 9, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05426769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From European market-making to EU regulation of the employment relationship? Common transport policy and EU level Industrial Relations in the railway sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ILR Review Conference “Transnational Employment Relations in the European Union”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, KU Leuwen, Apr 2022, Leuwen, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Créer un &amp;quot;permis de conduire&amp;quot; ferroviaire européen : les débats à propos des aspects humains de la construction de l’ &amp;quot;Europe du rail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « L'Etat et le rail. Les transports ferroviaires au prisme de la puissance publique »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université libre de Bruxelles - FERINTER IRS, Sep 2021, Bruxelles (BE), Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle place pour les acteurs sociaux dans la construction de l’Europe du rail ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de sociologie européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SAGE - Université de Strasbourg, Nov 2020, Strasbourg (en distanciel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La certification professionnelle comme outil de construction de marché : le cas de l’élaboration d’un « permis de conduire » ferroviaire européen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Congrès de l’Association française de sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre sauvegarde du patrimoine industriel et préservation du patrimoine naturel : la course des terrils de Raismes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e Carrefour d’histoire du sport et de la Société française d’Histoire du Sport - 22e Conference of the European Committee for Sports History</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Bordeaux, Oct 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04054375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dialogue social et transport ferroviaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence « Quelle actualité de l'espace ferroviaire unique européen ? »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03131322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentation des intérêts et démocratisation de la gouvernance communautaire. L’apport du dialogue social et du dialogue civil à la construction d’un espace ferroviaire européen unique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des doctorants de l’IDHES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03131304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The making of a European railway area. Competition issues at stake in the development of social regulations and the setting of infrastructure charges in the EU railway policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Perennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference « The European Government of Economies. The integration between markets' liberalization and employment relations »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03131353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentation des intérêts et démocratisation de la gouvernance communautaire. L’apport du dialogue social et du dialogue civil à la construction d’un espace ferroviaire européen unique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des doctorants de l’IDHES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03131319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1568,126 +1650,126 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La SNCF à l'épreuve du XXIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Finez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Largier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions du Croquant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.224, 2021, Dynamique socio-économique, 9782365123136</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...46 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03699441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1697,447 +1779,447 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre sauvegarde du patrimoine minier et préservation du patrimoine naturel : la course des terrils, une vitrine pour la région Hauts-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-François Loudcher, Pauline Soulier, André Suchet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Héritage sportif et dynamique patrimoniale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de la Méditerranée, pp.137-155, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04049249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Finez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Largier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hervé Champin; Jean Finez; Alexandre Largier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La SNCF à l'épreuve du XXIe siècle. Regards croisés sur le rail français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions du Croquant, pp.25-33, 2021, Dynamiques socio-économiques, 978-2-36512-313-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La politique ferroviaire européenne : construire l’Europe du rail par la concurrence ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Perennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La SNCF à l’épreuve du XXIe siècle, Regards croisés sur le rail français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions du Croquant, pp.33-57, 2020, 978-2-36512-313-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03698567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des réseaux ferrés nationaux à l’émergence d’un secteur ferroviaire européen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'échelle des régulations politiques, XVIIIe-XXIe siècles : l'histoire et les sciences sociales aux prises avec les normes, les acteurs et les institutions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.129-142, 2019, 9782757424667</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02946548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dialogue social européen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des risques psychosociaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Seuil, pp.203-206, 2014, 9782021109221</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02946566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2147,117 +2229,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles perceptions du fait syndical ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Béthoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Champin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Caillabet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DRGH EDF SA / EDF R&amp;D. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04452316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2267,100 +2349,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construire un espace ferroviaire européen intégré : Politique commune des transports et européanisation des relations professionnelles dans le secteur des chemins de fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Université Paris Saclay (COmUE), 2017. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2017SACLN015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01968028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2370,125 +2452,125 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climat : au train où vont les choses...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Champin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Foot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de Ferinter, International Railway Studies, Urgences environnementales et transports ferroviaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Paris, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05138634v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId55"/>
+      <w:footerReference w:type="default" r:id="rId56"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2556,51 +2638,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="43DA303A"/>
+    <w:nsid w:val="58439C72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2787,51 +2869,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/herve-champin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9228-9854" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/203718615" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/245150565734706252225" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404957v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Champin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.43601" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04131194v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Denis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marnix Dressen-Vagne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vincent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.12648" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048167v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Arnal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.017.0057" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02945893v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920430v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183233v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00782085v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.1820163" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05426769v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183220v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183225v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183228v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183236v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04054375v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03131322v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03131304v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03131353v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Perennes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131319v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03699441v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Finez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Largier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-croquant.org/livres/750-la-sncf-a-l-epreuve-du-xxie-siecle.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049249v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183235v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03698567v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02946548v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02946566v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mias" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452316v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie B&#233;thoux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Caillabet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01968028v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLN015" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05138634v4" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Foot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/herve-champin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9228-9854" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/203718615" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/245150565734706252225" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05560374v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Arnal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Champin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404957v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.43601" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04131194v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Denis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marnix Dressen-Vagne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vincent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.12648" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048167v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.017.0057" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02945893v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920430v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183233v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00782085v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.1820163" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05426769v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183220v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183225v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183228v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183236v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04054375v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03131322v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03131304v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03131353v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Perennes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131319v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03699441v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Finez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Largier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-croquant.org/livres/750-la-sncf-a-l-epreuve-du-xxie-siecle.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049249v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183235v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03698567v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02946548v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02946566v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mias" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452316v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie B&#233;thoux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Caillabet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01968028v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLN015" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05138634v4" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Foot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>