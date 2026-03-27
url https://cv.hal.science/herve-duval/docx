--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -2873,265 +2873,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01285779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete model combined with mimetic microfluidic chips to study cell growth in porous scaffold under flow conditions.</w:t>
+                <w:t xml:space="preserve">Dewetting of Low-Viscosity Films at Solid/Liquid Interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Chabanon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Duval</w:t>
+                <w:t xml:space="preserve">Nicolas Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Français</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Françoise Brochard-Wyart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Duval</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2012.713699⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 28 (45), pp.15844-15852. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la303374m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00751801v1</w:t>
+                <w:t xml:space="preserve">hal-01240883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dewetting of Low-Viscosity Films at Solid/Liquid Interfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Discrete model combined with mimetic microfluidic chips to study cell growth in porous scaffold under flow conditions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chabanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Péron</w:t>
+                <w:t xml:space="preserve">Olivier Français</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Brochard-Wyart</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bruno Le Pioufle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 28 (45), pp.15844-15852. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 15 (1), pp.25-26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/la303374m⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2012.713699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01240883v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00751801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical Modeling of Inclusion Approach to the Steel-Slag Interface with Focus on Hydrodynamic Interactions</w:t>
               </w:r>
@@ -3246,51 +3246,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Béguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Grassl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Brochard-Wyart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Rakib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6570,90 +6570,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro and in silico study of cell growth in porous scaffold under dynamic flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chabanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Français</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Le Pioufle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vennat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7857,51 +7857,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370683v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina El Hajj" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gorin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bankou&#233; Ntat&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Lesieur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Casas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btm2.70091" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753704v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Breton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Siadous" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Aid" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/gels10100666" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334910v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manasa Iyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vincent" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Casalinho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Pach&#243;n-Morales" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Wattiau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2023.04.069" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266386v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Grenier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand David" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Journ&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Cicha" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Letourneur" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering10070849" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778713v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Duval" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin Lv" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Barou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Guilcher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioadv.2022.212973" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816309v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Seiwert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aic.17655" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440759v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Giorgi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Balabane" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0056004" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436550v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aic.17363" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175758v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Thibeaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Duval" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Smaniotto" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Vennat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David N&#233;ron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btpr.2880" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144830v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin Lu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2019.05.070" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075867v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Chabanon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beauchesne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Goyeau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13770-019-00181-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01810171v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Giorgi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Diawara" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rivollier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Duval" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolstov A" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2355/isijinternational.isijint-2018-147" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583861v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moussa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Goyeau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gobin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2017.04.006" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583865v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Moussa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gobin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Goyeau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2017.04.025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510151v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bertrandias" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4979266" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523306v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Ai" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floran Pierre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hf-2015-0264" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525987v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-017-1936-1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240866v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Dupuy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arunvady Xayasenh" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Waz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aic.15068" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CTVS82MN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380565v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertrandias" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Giorgi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4964378" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378426v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/114/59901" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239101v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/111/44004" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01285779v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thibeaux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perrin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Smaniotto" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vennat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069568" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00751801v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chabanon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fran&#231;ais" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Pioufle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713699" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240883v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;ron" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brochard-Wyart" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la303374m" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002494v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ferchichi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201000357" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8X3CX5XW-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240973v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie B&#233;guin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Grassl" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Rakib" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0sm00443j" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240897v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Rivi&#232;re" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie La&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Brun" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Guillot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11663-008-9222-y" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CE657C320111D06E7DAA7EA07F2E2496B66007FA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133328v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Masson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Guillot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schmitz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. d'Humieres" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aic.10606" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2M3RJFR8-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252541v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chapelle" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bellot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jardy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ablitzer" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2003151" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-2V16QVKD-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240909v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Bellot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jardy" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ablitzer" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/35/2/306" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/692D9DA28AD934FDCEB003D20D371E10C32C708D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240906v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Bellot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ritchie" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mitchell" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2355/isijinternational.41.696" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254750v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grandemange" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal/199996121555" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-3HP92HFW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322560v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758390v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Am&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758369v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05285800v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758421v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695560v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866903v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431936v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Koltsov" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474688v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190086v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488662v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143447v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809896v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652615v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809858v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai Wei" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perr&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809883v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809886v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809827v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652607v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652598v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Joly" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824584v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00741428v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00409929v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ghetta" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. La&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rucassier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wheling" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758351v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266687v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266521v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845219v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845197v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143459v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750775v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1998INPL040N" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370683v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina El Hajj" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gorin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bankou&#233; Ntat&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Lesieur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Casas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btm2.70091" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753704v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Breton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Siadous" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Aid" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/gels10100666" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334910v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manasa Iyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vincent" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Casalinho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Pach&#243;n-Morales" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Wattiau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2023.04.069" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266386v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Grenier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand David" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Journ&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Cicha" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Letourneur" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering10070849" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778713v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Duval" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin Lv" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Barou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Guilcher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioadv.2022.212973" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816309v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Seiwert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aic.17655" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440759v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Giorgi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Balabane" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0056004" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436550v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aic.17363" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175758v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Thibeaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Duval" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Smaniotto" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Vennat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David N&#233;ron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btpr.2880" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144830v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin Lu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2019.05.070" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075867v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Chabanon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beauchesne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Goyeau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13770-019-00181-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01810171v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Giorgi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Diawara" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rivollier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Duval" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolstov A" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2355/isijinternational.isijint-2018-147" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583861v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moussa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Goyeau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gobin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2017.04.006" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583865v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Moussa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gobin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Goyeau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2017.04.025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510151v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bertrandias" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4979266" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523306v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Ai" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floran Pierre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hf-2015-0264" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525987v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-017-1936-1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240866v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Dupuy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arunvady Xayasenh" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Waz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aic.15068" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CTVS82MN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380565v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertrandias" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Giorgi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4964378" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378426v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/114/59901" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239101v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/111/44004" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01285779v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thibeaux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perrin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Smaniotto" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vennat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069568" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240883v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;ron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brochard-Wyart" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la303374m" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00751801v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chabanon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fran&#231;ais" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Pioufle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713699" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002494v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ferchichi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201000357" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8X3CX5XW-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240973v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie B&#233;guin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Grassl" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Rakib" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0sm00443j" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240897v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Rivi&#232;re" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie La&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Brun" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Guillot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11663-008-9222-y" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CE657C320111D06E7DAA7EA07F2E2496B66007FA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133328v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Masson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Guillot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schmitz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. d'Humieres" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aic.10606" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2M3RJFR8-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252541v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chapelle" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bellot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jardy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ablitzer" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2003151" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-2V16QVKD-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240909v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Bellot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jardy" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ablitzer" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/35/2/306" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/692D9DA28AD934FDCEB003D20D371E10C32C708D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240906v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Bellot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ritchie" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mitchell" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2355/isijinternational.41.696" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254750v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grandemange" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal/199996121555" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-3HP92HFW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322560v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758390v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Am&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758369v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05285800v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758421v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695560v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866903v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431936v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Koltsov" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474688v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190086v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488662v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143447v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809896v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652615v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809858v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai Wei" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perr&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809883v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809886v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809827v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652607v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652598v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Joly" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824584v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00741428v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00409929v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ghetta" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. La&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rucassier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wheling" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758351v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266687v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266521v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845219v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845197v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143459v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750775v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1998INPL040N" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>