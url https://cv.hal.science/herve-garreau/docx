--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1288,269 +1288,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02627125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : paramètres génétiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Merina Shrestha</w:t>
+                <w:t xml:space="preserve">Efficacité alimentaire en cuniculture : voies d'améliorations, impacts technico-économiques et environnementaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Maertens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cuniculture Magazine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32 (3), pp.431-444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2019.32.3.2946⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02628304v1</w:t>
+                <w:t xml:space="preserve">hal-02439977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacité alimentaire en cuniculture : voies d'améliorations, impacts technico-économiques et environnementaux</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gidenne</w:t>
+                <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : paramètres génétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merina Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cuniculture Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (77-80), pp.77-80</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02439977v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic Parameters for Resistance to Non-specific Diseases and Production Traits Measured in Challenging and Selection Environments; Application to a Rabbit Case</w:t>
               </w:r>
@@ -1664,239 +1664,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02622059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application possibilities of selection indices in Pannon White rabbits’ breeding programme</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La Génomique du Lapin : Avancées, applications et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">István Nagy</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Italian Journal of Animal Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (1), pp.13-22</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02623425v1</w:t>
+                <w:t xml:space="preserve">hal-02628260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Génomique du Lapin : Avancées, applications et perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Application possibilities of selection indices in Pannon White rabbits’ breeding programme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katalin Szendrő</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamás Donkó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zsolt Matics</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">István Nagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Italian Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17 (4), pp.884-889. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1828051X.2018.1436007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628260v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple-trait structured antedependence model to study the relationship between litter size and birth weight in pigs and rabbits</w:t>
               </w:r>
@@ -2280,1369 +2280,1381 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving feed efficiency in rabbit production, a review on nutritional, technico-economical, genetic and environmental aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Gidenne</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Maertens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 225, pp.109-122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2017.01.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct and correlated responses to selection in two lines of rabbits selected for feed efficiency under ad libitum and restricted feeding: III. Digestion and excretion of nitrogen and minerals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lamothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bannelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 95 (3), pp.1301-1312. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2527/jas2016.1192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct and correlated responses to selection in two lines of rabbits selected for feed efficiency under ad libitum and restricted feeding: I. Production traits and gut microbiota characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Zemb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 94 (1), pp.38-48. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2527/jas2015-9402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02635066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct and correlated responses to selection in two lines of rabbits selected for feed efficiency under ad libitum and restricted feeding: II. Carcass and meat quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 94 (1), pp.49-57. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2527/jas.2015-9403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02640018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The direct-maternal genetic correlation has little impact on genetic evaluations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric F. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Banville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne L. Canario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 93 (12), pp.5639-5647. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2527/jas.2015-9548⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02641608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic modeling of feed intake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 93 (3), pp.965-977. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas.2014-8507⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02638446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Levels and patterns of genetic diversity and population structure in domestic rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel M. Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Carneiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Afonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (12), pp.1-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0144687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02637904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance to infectious diseases is a heritable trait in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 93 (12), pp.5631-5638. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2527/jas.2015-9377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02633971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabbit genome analysis reveals a polygenic basis for phenotypic change during domestication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Carneiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl-Johan Rubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Di Palma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck W. Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Alföldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 345 (6200), pp.1074-1079. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/science.1253714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pre-weaning growth performance of kits of a local algerian rabbit population : influence of dam coat color, parity and kindling season</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouiza Abdelli-Larbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Mazouzi-Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mokrane Berchiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Bolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Rabbit Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 22 (3), pp.231-240. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4995/wrs.2014.1493⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02630325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The length of productive life can be modified through selection: An experimental demonstration in the rabbit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3651,436 +3663,436 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Tudela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 92 (6), pp.2395-2401. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2527/jas.2013-7216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic parameters for two selection criteria for feed efficiency in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Secula Tircazes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 91 (7), pp.3121-3128. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2527/jas.2012-6176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Genetic Structure of Domestic Rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Carneiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Afonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armando Geraldes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Bolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 28 (6), pp.1801-1816. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/molbev/msr003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02646429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robustesse et canalisation : vision de généticiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Bolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milagros Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4099,966 +4111,966 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 23 (1), pp.11-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La génétique améliore l'homogénéité des portées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Saleil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Bolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eleveur de Lapins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 114 (février), pp.59-61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02663384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Results of four generations of a canalising selection for rabbit birth weight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Bolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Saleil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 119 (1-3), pp.55-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02657041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution des axes de recherche à l'INRA pour l'amélioration génétique du lapin de chair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean- Michel J.- . M. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Theau Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Bolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 21 (3), pp.269-276</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02663352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic homogenisation of birth weight in rabbits : Indirect selection response for uterine horn characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Bolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Theau Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Falières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 111, pp.28-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02653561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heritability of resistance to bacterial infection in meat rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.J. Eady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.R. Gilmour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 112 (1-2), pp.90-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02657482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Survival analysis in two lines of rabbits selected for reproductive traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Piles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Rafel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ramon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 84, pp.1658-1665</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02658061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic parameters and genetic trends of growth and litter size traits in the white pannon breed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Rabbit Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 8 (sp.), n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02684172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divergent selection on 63-day body weight in rabbit: preliminary results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Rabbit Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 8 (1), pp.443-448</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02685434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences du changement de système de classement des porcs à l'abattoir sur l'évaluation génétique des reproducteurs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5087,73 +5099,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Techni Porc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 2,1 (1,1), pp.27-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02693689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle estimation des paramètres génétiques des caractères de production dans les races Large White et Landrace français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5182,176 +5194,176 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Techni Porc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 21 (3), pp.37-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02685618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréquence et effet sur la prolificité du gène ESR dans deux lignées Large White en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Legault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gruand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lebost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journees de la Recherche Porcine en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 28, pp.9-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02691387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5361,78 +5373,78 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paramètres génétiques des caractères de santé et de production d'une lignée femelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Maupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5460,363 +5472,363 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20èmes Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ITAVI; INRAE; ASFC, May 2025, Chantepie, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05219665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection de QTL de résistance à la Pasteurellose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Debbiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed’hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20èmes Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ITAVI; INRAE; ASFC, May 2025, Chantepie, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05075112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The AHOL (animal health ontology for livestock) ontology for integrating data on the main diseases of farmed animals: an example for the rabbit sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mily Leblanc-Maridor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petitjean Olivia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, World Rabbit Science Association; Institute of Agrifood Research and Technology; Association Espanola de Cunicultura, Oct 2024, Tarragona, Spain. pp.PH625-PH628</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04731253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GENETIC PARAMETERS FOR HEALTH AND PRODUCTION TRAITS IN THE GGP OPTIMA RABBIT LINE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Maupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5831,707 +5843,707 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, World Rabbit Science Association, Oct 2024, Tarragona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04649259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GENOMIC REGIONS ASSOCIATED WITH THE COMPOSITION OF THE RABBIT CAECAL MICROBIOTA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Graverand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Labrune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, World Rabbit Science Association, Oct 2024, Tarragona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04795894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ANALYSE GENOMIQUE DE LA COMPOSITION DU MICROBIOTE CAECAL DU LAPIN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Graverand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Labrune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ITAVI; INRAE, Mar 2023, Le Mans, France. pp.146-150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04646187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une expérience de sélection pour la résistance non-spécifique aux maladies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Herbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ITAVI; INRAE; ASFC, Mar 2023, Le Mans, France. pp.142-145</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04052767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ETUDE DE LA RESILIENCE DE L'HOLOBIONTE SUITE A UNE RUPTURE DE TRANSMISSION SYMBIOTIQUE DANS 2 LIGNEES DE LAPINS SELECTIONNEES SUR L'EFFICACITE ALIMENTAIRE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Renevey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ITAVI; INRAE, Mar 2023, Le Mans, France. pp.137-140, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15454/1.5572370921303193E12)⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04646246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de la transmissibilité en sélection, utopie ou réalité?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Canario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques du département de génétique animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, département GA, 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04574488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between resistance to a Pasteurella Multocida experimental infection and production traits in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6590,573 +6602,573 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. World Congress on Genetics Applied to Livestock Production ( WCGALP 2022 )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03979184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breeding for general disease resistance: a selection experiment in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Herbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03766847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic trends in doe and kit behaviour and performances assessed with comparison of old and modern-type lines in a crossfostering design</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry T. Joly</w:t>
+                <w:t xml:space="preserve">GENOME WIDE ASSOCIATION STUDY OF GROWTH AND FEED EFFICIENCY TRAITS IN RABBITS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ruesche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Riquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">, ITAVI-INRAE, Nov 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03416254v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03979467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GENOME WIDE ASSOCIATION STUDY OF GROWTH AND FEED EFFICIENCY TRAITS IN RABBITS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Juliette Riquet</w:t>
+                <w:t xml:space="preserve">Genetic trends in doe and kit behaviour and performances assessed with comparison of old and modern-type lines in a crossfostering design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oceane Girardie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Maupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry T. Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ITAVI-INRAE, Nov 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03979467v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03416254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MACHINE LEARNING ALGORITHMS FOR THE PREDICTION OF FEED EFFICIENCY BASED ON CAECAL MICROBIOTA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Piles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Llibertat Tusell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Velasco-Galilea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, World Rabbit Science Association, Nov 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03979873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pasteurella multocida experimental infection 1): resistance and hematological response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7215,73 +7227,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03508584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pasteurella multocida experimental infection (2): genetic parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7340,198 +7352,198 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03508609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term effects of selection for prolificacy and kit growth on rabbit performance and behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oceane Girardie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Maupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">71. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association for Animal Production, Dec 2020, Inconnu, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03079670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New perspective on intergenerational transmission of characters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7540,123 +7552,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Aliakbari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne L. Canario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03162765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : paramètres génétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merina Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7665,123 +7677,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., May 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : statut hématologique de lapins résistants et sensibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7840,73 +7852,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., May 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relations entre la résistance à la pasteurellose après infection expérimentale et les caractères de croissance et de reproduction mesurés en élevage commercial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7965,966 +7977,966 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., May 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic analysis for production and health traits in a commercial rabbit line</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sélection génétique pour la résistance aux maladies : projets et avancées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merina Shrestha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bertagnoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. 705 p</w:t>
+              <w:t xml:space="preserve">Journée Nationale d’Information des Professionnels du Lapin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Cesson Sévigné, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737210v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cinquante années d’amélioration génétique du porc en France : bilan et perspectives</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Ducos</w:t>
+                <w:t xml:space="preserve">Genetic parameters of resistance to non-specific diseases in rabbits in selection and challenging environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Maupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50. Journées de la Recherche Porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut du Porc (IFIP). FRA., Feb 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. 1130 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01723929v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01816912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic parameters of resistance to non-specific diseases in rabbits in selection and challenging environments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic analysis for production and health traits in a commercial rabbit line</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Maupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. 1130 p</w:t>
+              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. 705 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01816912v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sélection génétique pour la résistance aux maladies : projets et avancées</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bertagnoli</w:t>
+                <w:t xml:space="preserve">Cinquante années d’amélioration génétique du porc en France : bilan et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parsaoran Silalahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tribout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne L. Canario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ducos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Nationale d’Information des Professionnels du Lapin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Cesson Sévigné, France</w:t>
+              <w:t xml:space="preserve">50. Journées de la Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut du Porc (IFIP). FRA., Feb 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02788724v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01723929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of gut microbiota on production traits, interaction with genetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.M.G. Verschuren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Zemb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Velasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. Annual Meeting of the European Association of Animal Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. 705 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt des caractères pondéraux à 23 jours d'âge pour l'amélioration des qualités maternelles des lapines d'une lignée commerciale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Le Mans, France. 205 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude comparative du poids et de la proportion de la peau et des pièces de découpe de deux lignées mâles de souche Hyla</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Robert</w:t>
+                <w:t xml:space="preserve">Application d'un nouvel objectif de sélection dans la lignée Pannon White</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katalin Szendrő</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamás Donkó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Thiébot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Garreau</w:t>
+                <w:t xml:space="preserve">Istvan Nagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Le Mans, France. 205 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735044v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application d'un nouvel objectif de sélection dans la lignée Pannon White</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katalin Szendrő</w:t>
+                <w:t xml:space="preserve">Étude comparative du poids et de la proportion de la peau et des pièces de découpe de deux lignées mâles de souche Hyla</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Thiébot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Istvan Nagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Le Mans, France. 205 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737419v1</w:t>
+                <w:t xml:space="preserve">hal-02735044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Génomique du Lapin : Avancées, applications et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8940,73 +8952,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Le Mans, France. 205 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation d’un dispositif challenge pour la sélection sur la résistance aux maladies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9061,556 +9073,556 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Le Mans, France. 205 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01655393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premiers résultats du projet RELAPA : génomique pour la résistance génétique des lapins à la pasteurellose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Babilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Nov 2017, Le Mans, France. 205 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic and maternal effects on growth and feed efficiency in rabbits</w:t>
+                <w:t xml:space="preserve">Analyse génétique et sélection d'une lignée commerciale paternelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Maupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">68. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t>
+              <w:t xml:space="preserve">17. Journées de la Recherche Cunicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Le Mans, France. 205 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738182v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héritabilité des maux de pattes et relations avec les performances de reproduction de la lignée INRA 1777</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+                <w:t xml:space="preserve">Genetic and maternal effects on growth and feed efficiency in rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ruesche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Julien Ruesche</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Benitez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Journées de la Recherche Cunicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Le Mans, France. 205 p</w:t>
+              <w:t xml:space="preserve">68. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01655406v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse génétique et sélection d'une lignée commerciale paternelle</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Héritabilité des maux de pattes et relations avec les performances de reproduction de la lignée INRA 1777</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Helies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ruesche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Le Mans, France. 205 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737701v1</w:t>
+                <w:t xml:space="preserve">hal-01655406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic parameters for resistance to infectious diseases in two french paternal meat rabbit lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9669,113 +9681,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Qingdao, China. 417 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01578243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct and correlated responses to selection in two lines of rabbits selected for feed efficiency under ad libitum and restricted feeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9794,113 +9806,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Qingdao, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santé du lapin et génomique - Contribution de la sélection pour la santé et le bien-être du lapin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Airiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Le Cren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9915,461 +9927,461 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Salon International des Productions Animales (SPACE) 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02800877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection for feed efficiency in rabbit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hungarian Rabbit Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Kaposvar, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réponses à la sélection pour deux critères d'efficacité alimentaire chez le lapin . 1. Croissance, ingéré et efficacité alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Le Mans, France. 264 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabbit genomics in the &amp;quot;Feed-a-Gene&amp;quot; H2020 project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Rabbit Biotechnology Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01256483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réponses à la sélection pour deux critères d'efficacité alimentaire chez le lapin. 3. Analyse de la digestion et des rejets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Le Mans, France. 264 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génétique et résistance aux maladies des lapins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10385,323 +10397,323 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Le Mans, France. 264 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01244508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des effets de la lignée de l'animal et de celle de la mère adoptive sur sa croissance et son efficacité alimentaire selon le niveau de sélection pour la consommation résiduelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien J. Ruesche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Benitez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Le Mans, France. 264 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection for feed efficiency : Direct and correlated responses on production traits in two rabbit lines selected under ad libitum and restricted feeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Secula Tircazes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Theau-Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37. Meeting of the Midwest section of the American Society of Animal Science and the American Dairy Science Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Des Moines, United States. Non paginé</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02797579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de signes cliniques pour la sélection sur la résistance aux maladies : paramètres génétiques en lignées paternelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10760,113 +10772,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Le Mans, France. 264 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01243326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation entre les critères de sélection de la lignée INRA 1777 et la survie des lapereaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10885,113 +10897,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Le Mans, France. 264 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic modelling of feed intake : A case study in growing pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11006,398 +11018,385 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Varsovie, Poland. 577 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">réponses à la sélection pour deux critères d'efficacité alimentaire chez le lapin. 2. Caractères de carcasse et de qualité de viande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Le Mans, France. 264 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etat des réflexions du groupe espèce Lapin sur les règles d'échantillonnage et les descripteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Afanassieff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Menigoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Comité Scientifique de l'infrastructure CRB-Anim</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centres de Ressources Biologiques pour les Animaux Domestiques (CRB-Anim). FRA., Dec 2014, Paris, France. 12 diapos</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02793313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'efficacité alimentaire en cuniculture : impacts technico-économiques et environnementaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimation des paramètres génétiques de la croissance et de l'efficacité alimentaire dans deux lignées commerciales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Gidenne</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02750246v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paramètres génétiques du poids du lapereau à la naissance dans une lignée sélectionnée sur les performances de reproduction</w:t>
               </w:r>
@@ -11459,1117 +11458,1130 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02745598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation des paramètres génétiques de la croissance et de l'efficacité alimentaire dans deux lignées commerciales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'efficacité alimentaire en cuniculture : impacts technico-économiques et environnementaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02749406v1</w:t>
+                <w:t xml:space="preserve">hal-02750246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de la longévité des lapines d'une lignée commerciale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miichael Maupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Leloire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection divergente pour les troubles digestifs dans deux lignées commerciales : Réponse de lapins &amp;quot;sensibles&amp;quot; ou &amp;quot;résistants&amp;quot; à une inoculation expérimentale de Escherichia Coli 0103</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divergent selection for digestive disorders in two commercial rabbit lines : response of crossbred young rabbits to an experimental inoculation of Echerichia coli 0103.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Sharm El-Sheikh, Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02745187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A collaborative European network on rabbit genome biology : RGB-NET</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic determinism of feed efficiency in rabbit: analysis of a selection experiment for two criteria of feed efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Claire Gaillard</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Tudela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ruesche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Benitez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33. ISAG Conference of the International Society for Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Cairns, Australia</w:t>
+              <w:t xml:space="preserve">10 th World Rabbit Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Sharm El-Sheikh, Egypt. pp.217-221</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191316v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic determinism of feed efficiency in rabbit: analysis of a selection experiment for two criteria of feed efficiency</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A collaborative European network on rabbit genome biology : RGB-NET</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Florence Benitez</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Bosze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Curik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Piles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10 th World Rabbit Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Sharm El-Sheikh, Egypt. pp.217-221</w:t>
+              <w:t xml:space="preserve">33. ISAG Conference of the International Society for Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190213v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration de la résistance du lapin à la pasteurellose : bilan et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Helloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Slugocki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Hilgenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Le Beux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion du Conseil de Direction de AGENAVI (Analyse du GENome des Animaux d'Elevage -AGENAVI Filière Avicole)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Paris, France. 16 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02808745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminisme génétique de l’efficacité alimentaire. Analyse d’une expérience de sélection pour deux critères d’efficacité alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Tudela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Scapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Le Mans, France. pp.113-116</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01189583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parámetros genéticos de la variabilidad del peso al nacimiento de conejos y ratones usando GSEVM v5.1.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milagros Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XV Reunión Nacional de Mejora Genética Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Vigo, España. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divergent selection for longevity in breeding does: indirect response for energy balance and fat stores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12591,353 +12603,353 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Tudela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Saleil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. World Congress on Genetics Applied to LIvestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Results of 10 generations of canalising selection for rabbit birth weight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milagros Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Saleil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Bolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation des paramètres génétiques de la fertilité et du nombre de lapereaux nés vivants chez des lapines d'une lignée femelle Hycole.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Le Mans, France. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02824421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection divergente pour la longétivité de la lapine en reproduction. Réponse indirecte sur le bilan énergétique et les réserves adipeuses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lamothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12956,694 +12968,694 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une amélioration de la résistance du lapin à la pasteurellose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Helloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Slugocki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Hilgenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Le Beux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génétique et sélection au 9ème congrès mondial de cuniculture.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Association Scientifique Française de Cuniculture (ASFC), Journée d'étude Le 9ème Congrès Mondial de Cuniculture de Vérone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation des paramètres génétiques de la fertilité et du nombre de lapereaux nés vivants chez des lapines d'une lignée femelle Hycole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaisons of three models for canalising selection or genetic robustness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milagros Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ibáñez-Escriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">60. Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An enterprise gross margin model to explore the influence of selection criteria for breeding programs and changes to management systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.J. Eady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9.World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Vérone, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Canalising selection on within litter variability of birth weight in rabbits : responses to selection and characteristics of the uterus of the does</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Bolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Saleil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Esparbié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9.World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Vérone, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divergent selection for longevity in breeding does</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13652,231 +13664,231 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Tudela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Saleil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9.World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Vérone, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic parameters of production traits and resistance to digestive disorders in a commercial rabbit population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.J. Eady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres Legarra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9.World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Vérone, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection divergente pour la longévité de la lapine en reproduction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13885,248 +13897,248 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Tudela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Saleil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Esparbié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Lacanau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02822216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection sur la variabilité du poids des lapereaux à la naissance. Réponse à la sélection et caractéristiques de l'utérus des lapines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Bolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Saleil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Esparbié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection divergente pour la longévité de la lapine en reproduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14135,1702 +14147,1702 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Tudela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Saleil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Esparbié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional traits - How important are they and can we find practical measures to quantify them ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.J. Eady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Conference Association Advancement Animal Breeding Genetics (AAABG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Armidale, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de l'intervalle entre le sevrage et le début d'un traitement de superovulation sur la production d'embryons et leur qualité chez la lapine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Theau Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Salvetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Bolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic variability of the resistance to epizootic rabbit enteropathy (ere) : new results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Licois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Rupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2006, Minas Gerais, Belo Horizonte, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variabilité génétique de la résistance à l'entéropathie épizootique du lapin : nouveaux résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Licois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Rupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion et sélection de la souche INRA 1777 : Résultats de trois générations de sélection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Duzert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Tudela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Baillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02764478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carte génétique du lapin : Etat des lieux et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chantry-Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine C. Urien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérengère Pena-Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection of maternal lines: Last results and prospects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Piles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Baselga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2004, Puebla, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can we select on within litter homogeneity for rabbit birth weight ? A divergent selection experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali San Cristobal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mart Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Puebla, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogeneizacion genetica de un caracter. Resultados preliminares de una seleccion canalizante sobre el peso al naciemento de los gazapos.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XII Reunion Nacional de Mejora Genetica Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Inconnu, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02833679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heritability of resistance to bacterial infection in commercial meat rabbit populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.J. Eady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2004, Puebla, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on sélectionner sur l'homogénéité des poids à la naissance au sein d'une portée ? Résultats préliminaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali San Cristobal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Saleil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison des performances zootechniques de femelles parentales issues d'une souche témoin et d'une souche sélectionnée pour la productivité numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Tudela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Journées de la recherche cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sélection des qualités maternelles pour la croissance du lapereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Twelve remarks on canalisation in livestock production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Bolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. World congress on genetics applied to livestock production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2002, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incidence de l'adjonction d'un repose pattes sur les performances des lapines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Tudela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15846,194 +15858,194 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communication à la CLB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2000, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incidencia del anadido de un reposa patas &amp;quot;relax&amp;quot; sobre la produccion de las conejas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Camps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Tudela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">. Association Espagnole de Cuniculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. Symposium de cuniculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2001, Aveiro, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de longévité de la souche de lapins INRA 1077</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16062,73 +16074,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de la longévité de la souche de lapins INRA 1077.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16157,522 +16169,522 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9èmes Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02760514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection pour le poids total de lapereaux par femelle et par an dans une souche de lapins Castor Rex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Salaun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2001, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02764204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divergent selection on 63-day body weight in rabbit: preliminary results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. World rabbit congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2000, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02834925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paramètres génétiques de la durée de la fertilité de canes INRA 44 inséminées en souche pure ou en croisement intergénérique. Premiers résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean- Michel J.- . M. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine N. Sellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Brillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Batellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Journées de la recherche sur les palmipèdes à foie gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2000, Arcachon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02770109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic parameters and genetic trends of growth and litter size traits in the white pannon breed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2000, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02837641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous genetic evaluation of on farm and station tested pigs for production and reproduction traits in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tribout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16701,113 +16713,113 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. World Congress on genetics applied to livestock production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 1998, Armidale, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02765338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paramètres génétiques de la composition chimique de deux dépôts adipeux (bardière et panne) et du muscle long dorsal chez le porc.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence L. Maignel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan R. Gueblez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16826,73 +16838,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la Recherche Porcine en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 1998, Paris, France. pp.73-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02692357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation du dispositif collectif français d'évaluation génétique porcin pour les caractères de production et de reproduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tribout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16901,123 +16913,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.Y. Fleho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gueblez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la Recherche Porcine en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 1998, Paris, France. pp.95-100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02699173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paramètres génétiques de quelques caractères de qualité de la viande dans les races porcines Large White et Landrace Français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tribout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17046,198 +17058,198 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la Recherche en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRA; ITP, Jan 1996, Paris, France. pp.31-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02684564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréquence et effet sur la prolificité du gène ESR dans deux lignées Large White en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Legault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gruand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lebost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28. Journées de la recherche porcine en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 1996, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02839932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paramètres génétiques de quelques caractères de qualité de la viande dans les races porcines Large White et Landrace Français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tribout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17266,198 +17278,198 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28. Journées de la recherche porcine en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 1996, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02834914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation du blup modele animal pour l'evaluation genetique des porcs controles dans les stations publiques francaises : principes et premiers resultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ducos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.H. Le Tiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. Journees</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 1995, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02777902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation génétique des porcs à l'aide du modèle animal en France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ducos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17466,84 +17478,84 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Runavot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Modèle animal, FOULLEY J.L.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, La Colle-sur-Loup</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02779265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17553,341 +17565,341 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une expérience de sélection des lapins pour la résistance non-spécifique aux maladies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davi Savietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques du Département Génétique Animale 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04106910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de deux biomarqueurs du stress chez le lapin : corticostérone pilaire et longueur des télomères.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Despeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Marrauld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harmonie Barasc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Sccientifiques du Département GA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03810081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetics of pasteurellosis resistance in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merina Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17906,73 +17918,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics and Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Hinxton, United Kingdom. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microrabbits : a factorial design to evaluate genetic and maternal effects on growth and feed efficiency in a line selected for residual feed intake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -18021,96 +18033,96 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Benitez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massey University</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1130 p., 2018, Proceedings of the 11th World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of Genetic Parameters of Pasteurellosis Resistance in Crossbred Rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merina Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -18119,150 +18131,150 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01811445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification du rôle du microbiote dans l'efficacité alimentaire de lapins sélectionnés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18294,142 +18306,142 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspectives in Rabbit biology and genetic after the European COST action on Network on Rabbit Genome Biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Qingdao, China. WRSA, Proceedings World Rabbit Congress, 417 p., 2016, Proceedings World Rabbit Congress</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between selection criteria and kits survival in the INRA 1777 rabbit line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -18451,123 +18463,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miichael Maupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">67. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Annual Meeting of the European Association for Animal Production, 22 (1ère Ed.), 721 p., 2016, Annual Meeting of the European Association for Animal Production</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId372" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microrabits : a factorial design to evaluate genetic and maternal effects on growth and feed efficiency in a line selected for residual feed intake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -18626,741 +18638,741 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Qingdao, China. WRSA, Proceedings World Rabbit Congress, 417 p., 2016, Proceedings World Rabbit Congress</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relapa : Génomique pour la résistance du lapin à la pasteurellose</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elodie Balmisse Balmisse</w:t>
+                <w:t xml:space="preserve">Vers une amélioration de la résistance du lapin à la pasteurellose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Helloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Slugocki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chambellon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée ICSA : 1. Rencontres à destination des entreprises</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Rennes, France. 2015</w:t>
+              <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Le Mans, France. , 2015, 16èmes Journées de la Recherche Cunicole</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02800250v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01260302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une amélioration de la résistance du lapin à la pasteurellose</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hervé Le Roux</w:t>
+                <w:t xml:space="preserve">Relapa : Génomique pour la résistance du lapin à la pasteurellose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bertagnoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Le Mans, France. , 2015, 16èmes Journées de la Recherche Cunicole</w:t>
+              <w:t xml:space="preserve">Journée ICSA : 1. Rencontres à destination des entreprises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Rennes, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01260302v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02800250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity assessment of &amp;lt;em&amp;gt;Pasteurella multocida&amp;lt;/em&amp;gt; in domestic rabbit: a preliminary to the development of an infection model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hervé Le Roux</w:t>
+                <w:t xml:space="preserve">Selection for feed efficiency : direct and correlated responses in two rabbit lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien J. Ruesche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Secula Tircazes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Theau-Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34. ECCO Meeting "European Culture Collections as tools in research and biotechnology"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Paris, France. , 2015</w:t>
+              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Varsovie, Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Annual Meeting of the European Association for Animal Production, 21 (1ère Ed.), 577 p., 2015, Book of Abstracts of the 66th Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02797712v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection for feed efficiency : direct and correlated responses in two rabbit lines</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michèle Theau-Clement</w:t>
+                <w:t xml:space="preserve">Biodiversity assessment of &amp;lt;em&amp;gt;Pasteurella multocida&amp;lt;/em&amp;gt; in domestic rabbit: a preliminary to the development of an infection model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Helloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Slugocki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chambellon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Annual Meeting of the European Association for Animal Production, 21 (1ère Ed.), 577 p., 2015, Book of Abstracts of the 66th Annual Meeting of the European Federation of Animal Science</w:t>
+              <w:t xml:space="preserve">34. ECCO Meeting "European Culture Collections as tools in research and biotechnology"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Paris, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739264v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02797712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of genetic parameters for growth and feed efficiency traits in two commercial lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. American Society of Animal Science, 2014, 10th World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic modelling of feed intake in rabbit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">American Society of Animal Science</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Proceedings of the 10th World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19370,375 +19382,375 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ELECTRONIC FEEDER TO RECORD INDIVIDUAL FEED INTAKE OF RABBITS RAISED IN COLLECTIVE PEN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Bompa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Trainini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Rabbit Congres 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/ftvh-x393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04520278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation des paramètres génétiques des critères pondéraux des lapereaux à la naissance dans une lignée femelle Hycole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Banville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Le Mans, France. ITAVI - Institut Technique de l'Aviculture, pp.117-120, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02805439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection d'une lignée femelle Hyla sur le poids au sevrage: estimation des paramètres génétiques et analyse du progrès génétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Loussouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Le Mans, France. ITAVI - Institut Technique de l'Aviculture, pp.121-124, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02811372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divergent selection for length of productive life in rabbit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -19757,74 +19769,74 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58. Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Dublin, Ireland. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Abstract p.57, 2007, 978-90-8686-045-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId394" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02820364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19834,139 +19846,139 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic parameters and genetic trends of growth and litter size traits in the White pannon breed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">7 p., 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02826966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incidence de la séparation du jeune lapereau et de la mère consécutive à un transport et à une adoption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Tudela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -19975,51 +19987,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6 p., 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02825765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20029,753 +20041,753 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Domestication of the Wild Rabbit: Genetic and Genomic Elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Callou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE Ltd. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics of Domestications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Wiley, pp.59-74, 2024, Genetics of Domestications, 9781789451672. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781394332519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La domestication du lapin sauvage : éléments de génétique et de génomique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Callou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Georges Pelletier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Génétique des domestications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ISTE Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.69-85, 2024, Biologie, 978-1-78948-167-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId401" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetics of disease resistance in the European rabbit.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Lemos de Matos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Abrantes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro José Esteves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fontanesi L. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The genetics and genomics of the rabbit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CABI</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9781780643342. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1079/9781780643342.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03533073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génétique et sélection</w:t>
+                <w:t xml:space="preserve">Anatomie, taxonomie, origine, évolution et domestication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Theau-Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le lapin</w:t>
+              <w:t xml:space="preserve">Le lapin. De la biologie à l'élevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 288 p., 2015, Savoir Faire (Quae)</w:t>
+              <w:t xml:space="preserve">, 288 p., 2015, 9782759224166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01512106v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02799710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatomie, taxonomie, origine, évolution et domestication</w:t>
+                <w:t xml:space="preserve">Génétique et sélection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gidenne</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le lapin. De la biologie à l'élevage</w:t>
+              <w:t xml:space="preserve">Le lapin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 288 p., 2015, 9782759224166</w:t>
+              <w:t xml:space="preserve">, 288 p., 2015, Savoir Faire (Quae)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02799710v1</w:t>
+                <w:t xml:space="preserve">hal-01512106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adapting the feed, the animal and the feeding techniques to improve the efficiency and sustainability of monogastric livestock production systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rob Bergsma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Bouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Canario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Deliverable D5.2, INRAE; IRTA; Topigs Norwin; IFIP; Agrocampus ouest. 2019, 56 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04230002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20785,51 +20797,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génétique et génomique du lapin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -20838,51 +20850,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. Filières animales durables (Génétique &amp; Amélioration Génétique des animaux), 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20892,104 +20904,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relations génétiques entre le microbiote et l’efficacité alimentaire chez le lapin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Graverand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04646088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20999,170 +21011,170 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breeding strategies and programmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Amer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Avendaño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Baselga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Boettcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Part 4 The state of the art. Section C. </w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ce rapport est disponible dans : FAO Commission on Genetic Resources for Food and Agriculture, Assessments 2015. 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre de rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId419" w:history="1">
-              <w:r>
-[...89 lines deleted...]
-            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02800594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId422"/>
+      <w:footerReference w:type="default" r:id="rId423"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -21309,51 +21321,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643563v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Andrade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Alves" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Pereira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl-Johan Rubin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nio Silva" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02443-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214840v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Garreau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Labrune" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruesche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Riquet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/wrs.2023.18215" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569226v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bidanel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parsaoran Silalahi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tribout" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne L. Canario" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ducos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.1.3092" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913774v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid David" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Aliakbari" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanille D&#233;ru" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbg.12494" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883281v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merina Shrestha" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed&#8217;hom" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-020-00552-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628209v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lantier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Helies" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Cren" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628199v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chambellon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Helloin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.00681-19" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628210v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627125v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Benitez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbg.12380" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628304v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439977v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gidenne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maertens" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Drouilhet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2019.32.3.2946" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622059v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Hurtaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maupin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2018.00467" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623425v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katalin Szendr&#337;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tam&#225;s Donk&#243;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Matics" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n Nagy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1828051X.2018.1436007" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628260v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479140v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-017-0288-3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622682v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Tudela" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/wrs.2017.5216" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603268v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Carneiro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dou Hu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Archer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chungang Feng" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Afonso" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.116.196667" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605976v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aubert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2017.01.016" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602660v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bannelier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Molette" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2016.1192" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635066v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Achard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zemb" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2015-9402" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640018v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse Balmisse" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Ruesche" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2015-9403" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641608v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Bouvier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Banville" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Flatres-Grall" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2015-9548" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638446v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2014-8507" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637904v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel M. Alves" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Lopes" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0144687" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633971v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hurtaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maupin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2015-9377" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193854v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Di Palma" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck W. Albert" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Alf&#246;ldi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1253714" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630325v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouiza Abdelli-Larbi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Mazouzi-Hadid" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokrane Berchiche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Bolet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/wrs.2014.1493" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193826v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Juin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2013-7216" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000793v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Secula Tircazes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2012-6176" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646429v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Geraldes" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msr003" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193556v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys Bodin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros Garcia" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663384v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Saleil" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657041v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Robert-Grani&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663352v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Michel J.- . M. Brun" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Theau Cl&#233;ment" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653561v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joly" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Fali&#232;res" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657482v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Eady" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R. Gilmour" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658061v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piles" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rafel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ramon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684172v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert de Rochambeau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685434v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693689v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685618v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691387v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Legault" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gruand" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lebost" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Ollivier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05219665v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Robert" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05075112v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Debbiche" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04731253v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mily Leblanc-Maridor" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petitjean Olivia" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04649259v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795894v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Graverand" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aymard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04646187v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04052767v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gillet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Herbert" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04646246v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Renevey" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572370921303193E12)" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574488v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Canario" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03979184v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03766847v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03416254v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oceane Girardie" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Joly" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03979467v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03979873v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Piles" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Llibertat Tusell" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Velasco-Galilea" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508584v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508609v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03079670v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162765v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736316v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736041v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738194v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737210v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723929v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816912v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788724v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738445v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M.G. Verschuren" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Velasco" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736432v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lenoir" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735044v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Robert" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Thi&#233;bot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737419v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Nagy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736502v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655393v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648183v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Babilliot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738182v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655406v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pujol" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737701v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578243v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738879v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800877v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Airiau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fournier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607789v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742139v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256483v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742752v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244508v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743632v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797579v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Theau-Clement" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243326v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744123v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739547v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740424v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793313v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Afanassieff" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Menigoz" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750246v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Aubert" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745598v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loussouarn" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749406v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750146v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miichael Maupin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leloire" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748551v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745187v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191316v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bosze" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Curik" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190213v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808745v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Slugocki" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hilgenberg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Beux" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189583v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Scapin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823584v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys L. Bodin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193684v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755193v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824421v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193523v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758304v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756494v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755031v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755625v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ib&#225;&#241;ez-Escriche" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mallard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755139v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754954v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Esparbi&#233;" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758445v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Juin" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755057v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Legarra" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822216v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757867v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756040v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754804v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755885v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salvetti" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755230v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Licois" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759936v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764478v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Duzert" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baillot" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762965v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry-Darmon" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Urien" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Allain" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Pena-Arnaud" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759668v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Baselga" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763224v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali San Cristobal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart Ros" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833679v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bolet" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759903v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763042v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761038v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763271v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759920v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762253v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763730v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ruiz" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Camps" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Association Espagnole de Cuniculture" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758945v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760514v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764204v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Salaun" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834925v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770109v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine N. Sellier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Brillard" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Batellier" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837641v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765338v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692357v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence L. Maignel" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan R. Gueblez" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bardinal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699173v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Fleho" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gueblez" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684564v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839932v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834914v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777902v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ducos" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Le Tiran" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Breton" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779265v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Runavot" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106910v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810081v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fillon" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Despeyroux" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Marrauld" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmonie Barasc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lahbib Mansais" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738384v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736498v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811445v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744030v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602942v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602857v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eaap2016.org" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602358v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800250v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260302v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lantier" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Roux" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797712v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739264v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eaap2015.org" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739320v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739468v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04520278v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bompa" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Trainini" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Richard" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ftvh-x393" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805439v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Banville" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811372v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Loussouarn" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820364v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/24124.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826966v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825765v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796326v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Callou" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394332519" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643552v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533073v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Lemos de Matos" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Abrantes" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Jos&#233; Esteves" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cabebooks/ebook/20210246071" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781780643342.0009" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512106v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Allain" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4796-le-lapin.html" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799710v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/382600" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04230002v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Bergsma" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Bouquet" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791649v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04646088v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800594v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Amer" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Avenda&#241;o" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boettcher" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643563v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Andrade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Alves" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Pereira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl-Johan Rubin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nio Silva" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02443-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214840v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Garreau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Labrune" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruesche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Riquet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/wrs.2023.18215" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569226v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bidanel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parsaoran Silalahi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tribout" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne L. Canario" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ducos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.1.3092" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913774v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid David" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Aliakbari" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanille D&#233;ru" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbg.12494" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883281v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merina Shrestha" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed&#8217;hom" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-020-00552-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628209v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lantier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Helies" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Cren" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628199v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chambellon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Helloin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.00681-19" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628210v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627125v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Benitez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbg.12380" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439977v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gidenne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maertens" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Drouilhet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2019.32.3.2946" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628304v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622059v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Hurtaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maupin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2018.00467" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628260v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623425v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katalin Szendr&#337;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tam&#225;s Donk&#243;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Matics" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n Nagy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1828051X.2018.1436007" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479140v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-017-0288-3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622682v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Tudela" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/wrs.2017.5216" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603268v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Carneiro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dou Hu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Archer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chungang Feng" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Afonso" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.116.196667" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605976v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aubert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2017.01.016" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F2R75L4Q-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602660v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bannelier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Molette" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2016.1192" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635066v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Achard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zemb" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2015-9402" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640018v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse Balmisse" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Ruesche" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2015-9403" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641608v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Bouvier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Banville" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Flatres-Grall" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2015-9548" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638446v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2014-8507" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637904v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel M. Alves" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Lopes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0144687" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633971v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hurtaud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maupin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2015-9377" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193854v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Di Palma" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck W. Albert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Alf&#246;ldi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1253714" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630325v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouiza Abdelli-Larbi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Mazouzi-Hadid" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokrane Berchiche" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Bolet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/wrs.2014.1493" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193826v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Juin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2013-7216" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000793v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Secula Tircazes" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2012-6176" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646429v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Geraldes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msr003" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193556v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys Bodin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros Garcia" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663384v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Saleil" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657041v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Robert-Grani&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663352v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Michel J.- . M. Brun" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Theau Cl&#233;ment" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653561v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joly" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Fali&#232;res" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657482v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Eady" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R. Gilmour" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658061v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piles" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rafel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ramon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684172v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert de Rochambeau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685434v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693689v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685618v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691387v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Legault" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gruand" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lebost" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Ollivier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05219665v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Robert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05075112v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Debbiche" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04731253v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mily Leblanc-Maridor" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petitjean Olivia" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04649259v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795894v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Graverand" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aymard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04646187v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04052767v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gillet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Herbert" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04646246v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Renevey" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572370921303193E12)" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574488v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Canario" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03979184v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03766847v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03979467v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03416254v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oceane Girardie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Joly" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03979873v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Piles" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Llibertat Tusell" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Velasco-Galilea" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508584v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508609v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03079670v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162765v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736316v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736041v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738194v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788724v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816912v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737210v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723929v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738445v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M.G. Verschuren" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Velasco" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736432v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lenoir" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737419v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Nagy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735044v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Robert" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Thi&#233;bot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736502v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655393v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648183v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Babilliot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737701v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738182v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655406v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pujol" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578243v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738879v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800877v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Airiau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fournier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607789v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742139v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256483v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742752v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244508v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743632v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797579v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Theau-Clement" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243326v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744123v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739547v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740424v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793313v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Afanassieff" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Menigoz" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749406v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745598v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loussouarn" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750246v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Aubert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750146v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miichael Maupin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leloire" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748551v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745187v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190213v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191316v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bosze" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Curik" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808745v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Slugocki" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hilgenberg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Beux" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189583v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Scapin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823584v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys L. Bodin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193684v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755193v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824421v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193523v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758304v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756494v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755031v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755625v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ib&#225;&#241;ez-Escriche" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mallard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755139v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754954v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Esparbi&#233;" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758445v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Juin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755057v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Legarra" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822216v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757867v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756040v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754804v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755885v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salvetti" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755230v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Licois" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759936v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764478v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Duzert" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baillot" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762965v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry-Darmon" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Urien" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Allain" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Pena-Arnaud" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759668v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Baselga" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763224v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali San Cristobal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart Ros" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833679v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bolet" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759903v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763042v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761038v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763271v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759920v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762253v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763730v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ruiz" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Camps" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Association Espagnole de Cuniculture" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758945v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760514v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764204v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Salaun" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834925v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770109v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine N. Sellier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Brillard" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Batellier" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837641v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765338v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692357v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence L. Maignel" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan R. Gueblez" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bardinal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699173v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Fleho" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gueblez" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684564v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839932v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834914v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777902v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ducos" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Le Tiran" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Breton" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779265v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Runavot" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106910v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810081v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fillon" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Despeyroux" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Marrauld" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmonie Barasc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lahbib Mansais" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738384v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736498v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811445v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744030v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602942v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602857v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eaap2016.org" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602358v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260302v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lantier" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Roux" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800250v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739264v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eaap2015.org" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797712v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739320v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739468v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04520278v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bompa" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Trainini" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Richard" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ftvh-x393" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805439v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Banville" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811372v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Loussouarn" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820364v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/24124.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826966v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825765v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796326v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Callou" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394332519" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643552v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533073v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Lemos de Matos" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Abrantes" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Jos&#233; Esteves" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cabebooks/ebook/20210246071" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781780643342.0009" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799710v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/382600" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512106v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Allain" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4796-le-lapin.html" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04230002v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Bergsma" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Bouquet" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791649v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04646088v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800594v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Amer" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Avenda&#241;o" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boettcher" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>