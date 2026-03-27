--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Hervé Goëau </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative learning of Pl@ntNet's Artificial Intelligence algorithm: how does it work and how can we improve it?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 17 (2), pp.392-403. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.14486⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603038v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PlantCLEF 2025: Advancing AI-based Multi-Species Plant Identification in Vegetation Quadrats for Supporting Environmental Law and Biodiversity Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Martellucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9, pp.e181733. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.9.181733⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting a globally-trained Plant identification model for multi-species detection of invasive alien plants in roadside imagery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Espitalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toke Thomas Hoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10, pp.e183020. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.10.183020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05516260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using reflectance spectra and Pl@ntNet to identify herbarium specimens: a case study with &amp;lt;i&amp;gt;Lithocarpus&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara M. Neto‐bradley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeannine Cavender‐bares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.70258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05155975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PlantAIM: A new baseline model integrating global attention and local features for enhanced plant disease identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Yu Hao Chai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fei Siang Tay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Agricultural Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10, pp.100813. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atech.2025.100813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05017656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully automatic extraction of morphological traits from the web: Utopia or reality?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Marcos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert van de Vlasakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioannis N. Athanasiadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications in Plant Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (3), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aps3.70005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting a global plant identification model to detect invasive alien plant species in high-resolution road side images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Espitalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toke Thomas Høye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 89, pp.103129. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoinf.2025.103129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05046527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revolutionizing Plant Pathogen Conservation: The Past, Present, and Future of AI in Preserving Natural Ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Rui Liaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Hao Chai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shien Lin Ng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8, pp.e133055. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.8.133055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-supervised learning of Vision Transformers for digital soil mapping using visual data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jaeger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 450, pp.117056. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2024.117056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet Crops: merging citizen science observations and structured survey data to improve crop recognition for agri-food-environment applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marijn van Der Velde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël d'Andrimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Yordanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (2), pp.025005. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-9326/acadf3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03965684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating Compositions and Nutritional Values of Seed Mixes Based on Vision Transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shamprikta Mehreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Phenomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (#0112), </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34133/plantphenomics.0112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synergizing Digital, Biological, and Participatory Sciences for Global Plant Species Identification: Enabling access to a worldwide identification service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 7, pp.e112545. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.7.112545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04430929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Artificial Intelligence Help in the Study of Vegetative Growth Patterns from Herbarium Collections? An Evaluation of the Tropical Flora of the French Guiana Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Heuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (4), pp.530-552. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plants11040530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03601464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AI-based Identification of Plant Photographs from Herbarium Specimens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.5.73751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03338823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Customized e-floras: How to develop your own project on the Pl@ntNet platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.5.73857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03338811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning Undercounts Reproductive Organs on Herbarium Specimens but Accurately Derives Their Quantitative Phenological Status: A Case Study of Streptanthus tortuosus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Mazer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (11), pp.2471. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plants10112471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03454183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instance segmentation for the fine detection of crop and weed plants by precision agricultural robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán Mora‐fallas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata‐montero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications in Plant Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (7), pp.e11373. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aps3.11373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new fine‐grained method for automated visual analysis of herbarium specimens: A case study for phenological data extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán Mora‐fallas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Lauren Rossington Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Mazer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications in Plant Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (6), pp.#e11368. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aps3.11368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet Services, a Contribution to the Monitoring and Sharing of Information on the World Flora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian-Robert Stöter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Deneu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4, pp.e58933. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.4.58933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning Using Digitized Herbarium Specimens to Advance Phenological Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katelin D. Pearson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gil Nelson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myla Aronson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Brenskelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 70 (7), pp.610-620. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/biosci/biaa044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instance segmentation for automated weeds and crops detection in farmlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán Mora-Fallas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata-Montero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Tecnología en Marcha</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.13-17. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18845/tm.v33i5.5069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02989049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New perspectives on plant disease characterization based on deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 170, pp.105220. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2020.105220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02470280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution citoyenne au suivi de la flore d'un parc national français, un exemple remarquable à l'échelle du Parc national des Cévennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Hopkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Sahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets Botaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34971/zaz0-n247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention-Based Recurrent Neural Network for Plant Disease Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2020.601250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03064464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a large-scale and deep phenological stage annotation of herbarium specimens: Case studies from temperate, tropical, and equatorial floras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katelin D. Pearson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth R. Ellwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐francois Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications in Plant Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (3), pp.e01233. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aps3.1233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02137748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerating the automated detection, counting and measurements of reproductive organs in herbarium collections in the era of deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán Mora-Fallas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan J. Mazer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata-Montero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3, pp.e37341. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.3.37341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Going deeper in the automated identification of Herbarium specimens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Carranza-Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata-Montero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (1), pp.181. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12862-017-1014-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A look inside the Pl@ntNet experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souheil Selmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (6), pp.751-766. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00530-015-0462-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant identification: Man vs. Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vignau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, LifeCLEF 2014 plant identification challenge, 75 (3), pp.1647-1665. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-015-2607-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive plant identification based on social image data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23, pp.22-34. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoinf.2013.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908872v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet, un réseau et des outils pour une recherche participative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01350266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (84)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of PlantCLEF 2025: Multi-Species Plant Identification in Vegetation Quadrat Images ⋆ Notebook for the LifeCLEF Lab at CLEF 2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Martellucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2025 - Working Notes of the Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Madrid, Spain. pp.2942-2954</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05319328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF+ 2025: Multi-Taxonomic Sound Identification in the Middle Magdalena, Colombia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Sebastián Cañas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Denton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Paula Toro-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Rodriguez-Buritica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2025 - Working Notes of the Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Madrid, Spain. pp.2909-2919</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05319248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of PlantCLEF 2025: Multi-species plant identification in vegetation quadrat images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Martellucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Madrid, Spain. pp.2942-2954</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05528041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2025 Teaser: Challenges on Species Presence Prediction and Identification, and Individual Animal Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47. European Conference on Information Retrieval - ECIR 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Lucca, Italy. pp.373-381, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-88720-8_57⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-Plant-Disease Dataset Is All You Need for Plant Disease Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Yu Hao Chai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kelly Li Zhen Jee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fei Siang Tay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd ACM International Conference on Multimedia (ACM MM 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computing Machinery (ACM), Oct 2025, Dublin, Ireland. pp.12578-12584, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3746027.3758192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2024: Acoustic Identification of Under-studied Bird Species in the Western Ghats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Denton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Klinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vijay Ramesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viral Joshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Conference and Labs of the Evaluation Forum (CLEF 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Grenoble, France. pp.1948-1957</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of PlantCLEF 2024: multi-species plant identification in vegetation plot images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Espitalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Conference and Labs of the Evaluation Forum (CLEF 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Guglielmo Faggioli; Nicola Ferro; Petra Galuščáková; Alba García Seco de Herrera, Sep 2024, Grenoble, France. pp.1978-1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2024 Teaser : Challenges on Species Distribution Prediction and Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Espitalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIR 2024 - 46. European Conference on Information Retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Glasgow, United Kingdom. pp.19-27, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-56072-9_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2024: Challenges on Species Distribution Prediction and Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Espitalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Conference and Labs of the Evaluation Forum (CLEF 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Grenoble, France. pp.183-207, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-71908-0_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote sensing and deep learning applied to land degradation assessment and monitoring: AlUla arid ecosystem as a case study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Taugourdeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Conference on Ecological Restoration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Darwin, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04443619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2023: evaluation of AI models for the identification and prediction of birds, plants, snakes and fungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Conference and Labs of the Evaluation Forum (CLEF-WN 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Thessaloniki, Greece. pp.416-439, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-42448-9_27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of PlantCLEF 2023: Image-based Plant Identification at Global Scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Conference and Labs of the Evaluation Forum (CLEF-WN 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mohammad Aliannejadi; Guglielmo Faggioli; Nicola Ferro; Michalis Vlachos, Sep 2023, Thessaloniki, Greece. pp.1972-1981</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pairwise Feature Learning for Unseen Plant Disease Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Yu Hao Chai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fei Siang Tay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Lung Then</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIP 2023 - 30. IEEE International Conference on Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thie Institute of Electrical and Electronics Engineers; Signal Processing Society, Oct 2023, Kuala Lumpur, Malaysia. pp.306-310, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIP49359.2023.10222401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2023: Automated bird species identification in Eastern Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Denton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Klinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Reers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cherutich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Conference and Labs of the Evaluation Forum (CLEF-WN 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Thessaloniki, Greece. pp.1934-1942</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2023: Automated Bird Species Identification in Eastern Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Denton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Klinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Reers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cherutich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Conference and Labs of the Evaluation Forum (CLEF-WN 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mohammad Aliannejadi; Guglielmo Faggiol; Nicola Ferro; Michalis Vlachos, Sep 2023, Thessaloniki, Greece. pp.1934-1942</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of PlantCLEF 2022: Image-based plant identification at global scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2022 Working Notes - 23. Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Bologna, Italy. pp.1916-1928</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03793591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2022: Endangered bird species recognition in soundscape recordings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Navine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Denton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Klinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Hart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2022 Working Notes - 23. Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Bologna, Italy. pp.1929-1939</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2022: An Evaluation of Machine-Learning Based Species Identification and Species Distribution Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2022 - 13. International Conference of the Cross-Language Evaluation Forum for European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Bologna, Italy. pp.257-285, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-13643-6_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2022 Teaser: An Evaluation of Machine-Learning Based Species Identification and Species Distribution Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIR 2022 - 44. European Conference on Information Retrieval Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Stavanger, Norway. pp.390-399, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-99739-7_49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03641389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2021 Teaser: Biodiversity identification and prediction challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elijah Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, s.l., Switzerland. pp.601-607, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-72240-1_70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05183025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conditional Multi-Task learning for Plant Disease Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPR 2020 - 25th International Conference on Pattern Recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The International Association for Pattern Recognition (IAPR); ICPR2020 Organizing committee, Jan 2021, Milan, Italy. pp.3320-3327, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPR48806.2021.9412643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2021: Bird call identification in soundscape recordings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Denton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Klinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2021 Working Notes - 22nd Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bucarest, Romania. pp.1437-1450</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2021: an evaluation of Machine-Learning based Species Identification and Species Distribution Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2021 - 12th International Conference of the Cross-Language Evaluation Forum for European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Online, France. pp.371-393, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-85251-1_24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of PlantCLEF 2021: cross-domain plant identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2021 Working Notes - 22nd Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bucarest, Romania. pp.1422-1436</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03353469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WeedElec: a robotic research platform for individual weed detection and selective electrical weeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Abdelghafour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Rançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shiyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent de Rudnicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. European Conference on Precision Agriculture (ECPA 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Budapest, Hungary. pp.695-702, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_83⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03325689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2020: Bird Sound Recognition in Complex Acoustic Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Clapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W Alexander Hopping</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2020 - Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02989101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2020: A System-Oriented Evaluation of Automated Species Identification and Species Distribution Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Deneu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Pier Vellinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2020 - 11. International Conference of the Cross-Language Evaluation Forum for European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Thessaloniki, Greece. pp.342-363, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-58219-7_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2020 Teaser: Biodiversity Identification and Prediction Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Ruiz de Castaneda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIR 2020 - 42nd European Conference on IR Research on Advances in Information Retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Lisboa, Portugal. pp.542-549, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-45442-5_70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02873670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF Plant Identification task 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2020 - Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The CLEF Initiative, Sep 2020, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02980085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF plant identification task 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Thessaloniki, Greece. 15p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain adaptation in the context of herbarium collections. A submission to PlantCLEF 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Villacis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata-Montero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Thessaloniki, Greece. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2020: Bird sound recognition in complex acoustic environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Clapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander W. Hopping</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Thessaloniki, Greece. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05302836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF plant identification task 2019: Diving into data deficient tropical countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Lugano, Switzerland. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF Plant Identification Task 2019: diving into Data Deficient Tropical Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Linda Cappellato; Nicola Ferro; David E. Losada; Henning Müller, Sep 2019, Lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recognizing the world's flora: dream or reality ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin America High Performance Computing Conference (CARLA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Turrialba, Costa Rica</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2019: Large-Scale Bird Recognition in Soundscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian-Robert Stöter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Planque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2019 - Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cappellato, L.; Ferro, N.; Losada, D. E.; Müller, H., Sep 2019, Lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02345644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2019: Identification of Amazonian Plants, South &amp; North American Birds, and Niche Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Servajean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2019 - 10th International Conference of the Cross-Language Evaluation Forum for European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Lugano, Switzerland. pp.387-401, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-28577-7_29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2019: Biodiversity Identification and Prediction Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIR 2019 - 41st European Conference on IR Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Cologne, Germany. pp.275-282, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-15719-7_37⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02273257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2018: A Large-Scale Evaluation of Species Identification and Recommendation Algorithms in the Era of AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2018 - 9th International Conference of the Cross-Language Evaluation Forum for European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Avignon, France. pp.247-266, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-98932-7_24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of ExpertLifeCLEF 2018: how far automated identification systems are from the best experts?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2018 - Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2018: monospecies vs. soundscape bird identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Planqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Pier Vellinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2018 - Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2017 Lab Overview: Multimedia Species Identification Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concetto Spampinato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dublin, Ireland. pp.255-274, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-65813-1_24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF Bird Identification Task 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Pier Vellinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Planqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet -My Business</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MM: Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Mountain View, United States. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Going deeper in the automated identification of Herbarium specimens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany - Botanical Crossroads</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Forth Worth, TX, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant identification based on noisy web data: the amazing performance of deep learning (LifeCLEF 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet app in the era of deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICLR: International Conference on Learning Representations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated Herbarium Specimen Identification using Deep Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Carranza-Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata-Montero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TDWG 2017: Biodiversity Information Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Ottawa, Canada. pp.e20302, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/tdwgproceedings.1.20302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet, une plate-forme innovante d'agrégation et partage d'observations botaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nozha Boujemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference ‘Botanists of the Twenty-first Century’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNESCO, Sep 2014, Paris, France. pp.191-197</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF Bird Identification Task 2016: The arrival of Deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Pier Vellinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Planqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Évora, Portugal. pp.440-449</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01373779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowdsourcing Biodiversity Monitoring: How Sharing your Photo Stream can Sustain our Planet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Dufour-Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henning Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MM 2016 - 24th International Conference on Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Amsterdam, Netherlands. pp.958-967, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2964284.2976762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01373762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An image-based Plant identification platform for thousands of species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Dufour-Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ATBC: Association for Tropical Biology and Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Identification in an Open-world (LifeCLEF 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Évora, Portugal. pp.428-439</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01373780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2016: Multimedia Life Species Identification Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concetto Spampinato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2016 - 7th International Conference of the Cross-Language Evaluation Forum for European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Évora, Portugal. pp.286-310, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-44564-9_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01373781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floristic participation at LifeCLEF 2016 Plant Identification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Notes of CLEF 2016 - Conference and Labs of the Evaluation forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Évora, Portugal. pp.450-458</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01373776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF Plant Identification Task 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF Bird Identification Task 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Pier Vellinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Planqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rauber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2015: Multimedia Life Species Identification Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concetto Spampinato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Cross-Language Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Toulouse. FRA., Sep 2015, Toulouse, France. pp.462-483, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-24027-5_46⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF Plant Identification Task 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souheil Selmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Scheffield. GBR., Sep 2014, Sheffield, United Kingdom. pp.598-615</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-01064599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2014: Multimedia Life Species Identification Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concetto Spampinato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Cross-Language Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Sheffield, United Kingdom. pp.229-249, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-11382-1_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF Bird Identification Task 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Pier Vellinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Planqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rauber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Sheffield, United Kingdom. pp.585-597</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF: Multimedia Life Species Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henning Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concetto Spampinato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMR: Environmental Multimedia Retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Glasgow, United Kingdom. pp.7-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet Mobile 2014: Android port and new features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMR: International Conference on Multimedia Retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Glasgow, United Kingdom. pp.527-530, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2578726.2582618⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PlantNet Participation at LifeCLEF2014 Plant Identification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itheri Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Verroust-Blondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Sheffield, United Kingdom. pp.724-737</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-01064569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ImageCLEF 2013 Plant Identification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00960929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Android Application for Leaf-based Plant Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiène Mouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itheri Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Verroust-Blondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souheil Selmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMR '13 - 3rd ACM International Conference on Multimedia Retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Dallas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00818121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative validation of visual data through the Pl@ntNet identification system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Dufour-Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Salinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Peronnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Milcent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TDWG 2013 - Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inria's participation at ImageCLEF 2013 Plant Identification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiène Mouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saloua Ouertani-Litayem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Verroust-Blondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itheri Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF (Online Working Notes/Labs/Workshop) 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00874330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imageclef 2013: the vision, the data and the open challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caputo Barbara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muller Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomee Bart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villegas Mauricio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Paredes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2013 - 4th Conference and Labs of the Evaluation Forum : Information Access Evaluation meets Multilinguality, Multimodality, and Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Valencia, Spain. pp.250-268, </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-40802-1_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Imageclef Plant Identification Task 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAED: Multimedia Analysis for Ecological Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Barcelone, Spain. pp.23-28, </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2509896.2509902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet Mobile App</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MM 2013 - 21st ACM International Conference on Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Barcelona, Spain. pp.423-424, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2502081.2502251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inria IMEDIA2's Participation at ImageCLEF 2012 Plant Identification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itheri Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiène Mouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saloua Litayem Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wajih Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF (Online Working Notes/Labs/Workshop) 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ImageCLEF 2012 Plant Identification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itheri Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF'2012: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00960918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Organ Plant Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM International Workshop on Multimedia Analysis for Ecological Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Nara, Japan. pp.41--44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Pl@ntnet project: plant computational identification and collaborative information system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nozha Boujemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IBC 2011 - XVIII International Botanical congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual-based plant species identiﬁcation from crowdsourced data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souheil Selmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Mouysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MM'11 - ACM Multimedia 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Scottsdale, United States. pp.0-0, </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2072298.2072472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00642236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ImageCLEF 2011 plant images classification task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nozha Boujemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ImageCLEF 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00642197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CLEF 2011 Plant Images Classification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nozha Boujemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ImageCLEF 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vivien Petras; Pamela Forner; Paul Clough; Nicola Ferro, Sep 2011, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Pl@ntNet project: Plant Computational Identification and Collaborative Information System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nozha Boujemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystematics 2011 - Digital identification methods in the digital age - morphological and molecular, computer-aided and fully automated, research and citizen science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation of INRIA & Pl@ntNet to ImageCLEF 2011 plant images classification task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itheri Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Mouysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ImageCLEF 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Amsterdam, Netherlands. pp.0-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00642239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2010. Pl@ntNet, une plateforme libre et collaborative d’information et d’identification des plantes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violette Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nozha Boujemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La biodiversité dans les arboretums. Savoir la gérer et la valoriser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-labeled image classification by TBM active learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Rombaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Belief 2010 - Workshop on Theory of Belief Functions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Brest, France. pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive visualization tool with graphic table of video contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Thièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Luce Viaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Pellerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICME 2007 - IEEE International Conference on Multimedia and Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Beijing, China. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation par le contenu dans les vidéos avec des tables graphiques des matières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Thièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Luce Viaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Pellerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2007 - XXIème Colloque francophone de traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Troyes, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet, ten years of automatic plant identification and monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Deneu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Estopinan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IUCN - Congrès mondial de la nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Marseille, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03343235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential and limits of automated plant identification based on visual data, feedbacks from the development of Pl@ntNet initiative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Forth Worth, TX, United States. , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DataManager, un système novateur de gestion et d’échange de données botaniques distribuées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Dufour-Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Milcent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Duché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quels botanistes pour le 21e siècle ? Métiers, enjeux, opportunités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France. , 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01074648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Edge of the Sixth Mass Extinction in Biodiversity Hotspots: Facts, needs, solutions and opportunities in Thailand and adjacent countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noppadon Kitana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amira Azizan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Ginot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirikorn Sripho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julien Claude; Noppadon Kitana. CU Press, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2025: Challenges on Species Presence Prediction and Identification, and Individual Animal Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental IR Meets Multilinguality, Multimodality, and Interaction: 16th International Conference of the CLEF Association, CLEF 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16089, Springer Nature Switzerland, pp.338-362, 2026, Lecture Notes in Computer Science, 978-3-032-04353-5. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-04354-2_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05408591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citizen scientists contribution to monitor Asian biodiversity: a case study on flora of Peninsula Malaysia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simying Ong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuen Peng Loh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julien Claude; Noppadon Kitana. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">On the Edge of the Sixth Mass Extinction in Biodiversity Hotspots: Facts, needs, solutions and opportunities in Thailand and adjacent countries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CU press, pp.139-160, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Retrieval Through Large Scale Content-Based Identification: A Long-Term Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concetto Spampinato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicola Ferro; Carol Peters. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Retrieval Evaluation in a Changing World: Lessons Learned from 20 Years of CLEF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 41, Springer, pp.389-413, 2019, The Information Retrieval Series, 978-3-030-22948-1. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-22948-1_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02273280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Identification: Experts vs. Machines in the Era of Deep Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siang Thye Hang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lasseck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milaň Sulc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications for Environmental &amp; Biodiversity Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 8, Editions Springer, pp.131-149, 2018, Multimedia Systems and Applications Series, 978-3-319-76444-3. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-76445-0_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated identification of herbarium specimens at different taxonomic levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Carranza-Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata-Montero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications for Environmental &amp; Biodiversity Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Multimedia Systems and Applications, Editions Springer, pp.151-167, 2018, Multimedia Systems and Applications Series, 978-3-319-76444-3. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-76445-0_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuration de collections d'images par apprentissage actif crédibiliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Interface homme-machine [cs.HC]. Université Joseph-Fourier - Grenoble I, 2009. Français. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00410380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId339"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Hervé Goëau </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Standardizing plant damage datasets via EPPO taxonomy: A label harmonization approach using large language models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Bousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Agricultural Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 13, pp.101837. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atech.2026.101837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05558287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative learning of Pl@ntNet's Artificial Intelligence algorithm: how does it work and how can we improve it?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 17 (2), pp.392-403. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.14486⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603038v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting a globally-trained Plant identification model for multi-species detection of invasive alien plants in roadside imagery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Espitalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toke Thomas Hoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10, pp.e183020. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.10.183020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05516260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PlantCLEF 2025: Advancing AI-based Multi-Species Plant Identification in Vegetation Quadrats for Supporting Environmental Law and Biodiversity Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Martellucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9, pp.e181733. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.9.181733⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using reflectance spectra and Pl@ntNet to identify herbarium specimens: a case study with &amp;lt;i&amp;gt;Lithocarpus&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara M. Neto‐bradley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeannine Cavender‐bares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.70258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05155975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PlantAIM: A new baseline model integrating global attention and local features for enhanced plant disease identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Yu Hao Chai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fei Siang Tay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Agricultural Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10, pp.100813. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atech.2025.100813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05017656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully automatic extraction of morphological traits from the web: Utopia or reality?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Marcos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert van de Vlasakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioannis N. Athanasiadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications in Plant Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (3), </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aps3.70005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting a global plant identification model to detect invasive alien plant species in high-resolution road side images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Espitalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toke Thomas Høye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 89, pp.103129. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoinf.2025.103129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05046527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-supervised learning of Vision Transformers for digital soil mapping using visual data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jaeger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 450, pp.117056. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2024.117056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revolutionizing Plant Pathogen Conservation: The Past, Present, and Future of AI in Preserving Natural Ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Rui Liaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Hao Chai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shien Lin Ng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8, pp.e133055. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.8.133055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating Compositions and Nutritional Values of Seed Mixes Based on Vision Transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shamprikta Mehreen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Phenomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (#0112), </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34133/plantphenomics.0112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synergizing Digital, Biological, and Participatory Sciences for Global Plant Species Identification: Enabling access to a worldwide identification service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 7, pp.e112545. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.7.112545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04430929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet Crops: merging citizen science observations and structured survey data to improve crop recognition for agri-food-environment applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marijn van Der Velde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël d'Andrimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Yordanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (2), pp.025005. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-9326/acadf3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03965684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Artificial Intelligence Help in the Study of Vegetative Growth Patterns from Herbarium Collections? An Evaluation of the Tropical Flora of the French Guiana Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Heuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (4), pp.530-552. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plants11040530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03601464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Customized e-floras: How to develop your own project on the Pl@ntNet platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.5.73857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03338811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AI-based Identification of Plant Photographs from Herbarium Specimens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.5.73751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03338823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning Undercounts Reproductive Organs on Herbarium Specimens but Accurately Derives Their Quantitative Phenological Status: A Case Study of Streptanthus tortuosus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Mazer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (11), pp.2471. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plants10112471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03454183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new fine‐grained method for automated visual analysis of herbarium specimens: A case study for phenological data extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán Mora‐fallas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Lauren Rossington Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Mazer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications in Plant Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (6), pp.#e11368. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aps3.11368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet Services, a Contribution to the Monitoring and Sharing of Information on the World Flora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian-Robert Stöter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Deneu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4, pp.e58933. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.4.58933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning Using Digitized Herbarium Specimens to Advance Phenological Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katelin D. Pearson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gil Nelson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myla Aronson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Brenskelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 70 (7), pp.610-620. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/biosci/biaa044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instance segmentation for automated weeds and crops detection in farmlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán Mora-Fallas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata-Montero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Tecnología en Marcha</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.13-17. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18845/tm.v33i5.5069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02989049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention-Based Recurrent Neural Network for Plant Disease Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2020.601250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03064464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New perspectives on plant disease characterization based on deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 170, pp.105220. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2020.105220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02470280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution citoyenne au suivi de la flore d'un parc national français, un exemple remarquable à l'échelle du Parc national des Cévennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Hopkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errol Véla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Sahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets Botaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34971/zaz0-n247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instance segmentation for the fine detection of crop and weed plants by precision agricultural robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán Mora‐fallas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata‐montero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications in Plant Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (7), pp.e11373. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aps3.11373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a large-scale and deep phenological stage annotation of herbarium specimens: Case studies from temperate, tropical, and equatorial floras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katelin D. Pearson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth R. Ellwood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐francois Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications in Plant Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (3), pp.e01233. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aps3.1233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02137748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerating the automated detection, counting and measurements of reproductive organs in herbarium collections in the era of deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán Mora-Fallas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan J. Mazer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata-Montero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3, pp.e37341. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/biss.3.37341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Going deeper in the automated identification of Herbarium specimens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Carranza-Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata-Montero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (1), pp.181. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12862-017-1014-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A look inside the Pl@ntNet experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souheil Selmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (6), pp.751-766. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00530-015-0462-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant identification: Man vs. Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vignau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, LifeCLEF 2014 plant identification challenge, 75 (3), pp.1647-1665. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-015-2607-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive plant identification based on social image data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23, pp.22-34. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoinf.2013.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908872v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet, un réseau et des outils pour une recherche participative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01350266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (84)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF+ 2025: Multi-Taxonomic Sound Identification in the Middle Magdalena, Colombia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Sebastián Cañas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Denton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Paula Toro-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Rodriguez-Buritica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2025 - Working Notes of the Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Madrid, Spain. pp.2909-2919</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05319248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of PlantCLEF 2025: Multi-species plant identification in vegetation quadrat images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Martellucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Madrid, Spain. pp.2942-2954</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05528041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2025 Teaser: Challenges on Species Presence Prediction and Identification, and Individual Animal Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47. European Conference on Information Retrieval - ECIR 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Lucca, Italy. pp.373-381, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-88720-8_57⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of PlantCLEF 2025: Multi-Species Plant Identification in Vegetation Quadrat Images ⋆ Notebook for the LifeCLEF Lab at CLEF 2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Martellucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Vinatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2025 - Working Notes of the Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Madrid, Spain. pp.2942-2954</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05319328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-Plant-Disease Dataset Is All You Need for Plant Disease Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Yu Hao Chai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kelly Li Zhen Jee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fei Siang Tay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Vandeputte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd ACM International Conference on Multimedia (ACM MM 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computing Machinery (ACM), Oct 2025, Dublin, Ireland. pp.12578-12584, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3746027.3758192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2024: Acoustic Identification of Under-studied Bird Species in the Western Ghats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Denton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Klinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vijay Ramesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viral Joshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Conference and Labs of the Evaluation Forum (CLEF 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Grenoble, France. pp.1948-1957</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of PlantCLEF 2024: multi-species plant identification in vegetation plot images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Espitalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Conference and Labs of the Evaluation Forum (CLEF 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Guglielmo Faggioli; Nicola Ferro; Petra Galuščáková; Alba García Seco de Herrera, Sep 2024, Grenoble, France. pp.1978-1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2024 Teaser : Challenges on Species Distribution Prediction and Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Espitalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIR 2024 - 46. European Conference on Information Retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Glasgow, United Kingdom. pp.19-27, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-56072-9_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2024: Challenges on Species Distribution Prediction and Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Espitalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Conference and Labs of the Evaluation Forum (CLEF 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Grenoble, France. pp.183-207, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-71908-0_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of PlantCLEF 2023: Image-based Plant Identification at Global Scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Conference and Labs of the Evaluation Forum (CLEF-WN 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mohammad Aliannejadi; Guglielmo Faggioli; Nicola Ferro; Michalis Vlachos, Sep 2023, Thessaloniki, Greece. pp.1972-1981</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pairwise Feature Learning for Unseen Plant Disease Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Yu Hao Chai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fei Siang Tay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Lung Then</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIP 2023 - 30. IEEE International Conference on Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thie Institute of Electrical and Electronics Engineers; Signal Processing Society, Oct 2023, Kuala Lumpur, Malaysia. pp.306-310, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIP49359.2023.10222401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2023: Automated bird species identification in Eastern Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Denton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Klinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Reers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cherutich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Conference and Labs of the Evaluation Forum (CLEF-WN 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Thessaloniki, Greece. pp.1934-1942</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2023: evaluation of AI models for the identification and prediction of birds, plants, snakes and fungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Conference and Labs of the Evaluation Forum (CLEF-WN 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Thessaloniki, Greece. pp.416-439, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-42448-9_27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2023: Automated Bird Species Identification in Eastern Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Denton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Klinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Reers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cherutich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Conference and Labs of the Evaluation Forum (CLEF-WN 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mohammad Aliannejadi; Guglielmo Faggiol; Nicola Ferro; Michalis Vlachos, Sep 2023, Thessaloniki, Greece. pp.1934-1942</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote sensing and deep learning applied to land degradation assessment and monitoring: AlUla arid ecosystem as a case study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Taugourdeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. World Conference on Ecological Restoration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Darwin, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04443619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of PlantCLEF 2022: Image-based plant identification at global scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2022 Working Notes - 23. Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Bologna, Italy. pp.1916-1928</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03793591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2022: Endangered bird species recognition in soundscape recordings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Navine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Denton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Klinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Hart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2022 Working Notes - 23. Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Bologna, Italy. pp.1929-1939</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2022: An Evaluation of Machine-Learning Based Species Identification and Species Distribution Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2022 - 13. International Conference of the Cross-Language Evaluation Forum for European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Bologna, Italy. pp.257-285, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-13643-6_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2022 Teaser: An Evaluation of Machine-Learning Based Species Identification and Species Distribution Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIR 2022 - 44. European Conference on Information Retrieval Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Stavanger, Norway. pp.390-399, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-99739-7_49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03641389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2021: Bird call identification in soundscape recordings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Denton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Klinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2021 Working Notes - 22nd Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bucarest, Romania. pp.1437-1450</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of PlantCLEF 2021: cross-domain plant identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2021 Working Notes - 22nd Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bucarest, Romania. pp.1422-1436</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03353469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2021: an evaluation of Machine-Learning based Species Identification and Species Distribution Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2021 - 12th International Conference of the Cross-Language Evaluation Forum for European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Online, France. pp.371-393, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-85251-1_24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WeedElec: a robotic research platform for individual weed detection and selective electrical weeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Abdelghafour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Rançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shiyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent de Rudnicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. European Conference on Precision Agriculture (ECPA 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Budapest, Hungary. pp.695-702, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_83⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03325689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2021 Teaser: Biodiversity identification and prediction challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elijah Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, s.l., Switzerland. pp.601-607, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-72240-1_70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05183025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conditional Multi-Task learning for Plant Disease Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPR 2020 - 25th International Conference on Pattern Recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The International Association for Pattern Recognition (IAPR); ICPR2020 Organizing committee, Jan 2021, Milan, Italy. pp.3320-3327, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPR48806.2021.9412643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2020: A System-Oriented Evaluation of Automated Species Identification and Species Distribution Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Deneu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Pier Vellinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2020 - 11. International Conference of the Cross-Language Evaluation Forum for European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Thessaloniki, Greece. pp.342-363, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-58219-7_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2020 Teaser: Biodiversity Identification and Prediction Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Ruiz de Castaneda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIR 2020 - 42nd European Conference on IR Research on Advances in Information Retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Lisboa, Portugal. pp.542-549, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-45442-5_70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02873670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF Plant Identification task 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2020 - Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The CLEF Initiative, Sep 2020, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02980085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2020: Bird Sound Recognition in Complex Acoustic Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Clapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W Alexander Hopping</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2020 - Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02989101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF plant identification task 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Thessaloniki, Greece. 15p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain adaptation in the context of herbarium collections. A submission to PlantCLEF 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Villacis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata-Montero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Thessaloniki, Greece. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2020: Bird sound recognition in complex acoustic environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Clapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander W. Hopping</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Thessaloniki, Greece. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05302836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF Plant Identification Task 2019: diving into Data Deficient Tropical Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Linda Cappellato; Nicola Ferro; David E. Losada; Henning Müller, Sep 2019, Lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recognizing the world's flora: dream or reality ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin America High Performance Computing Conference (CARLA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Turrialba, Costa Rica</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2019: Large-Scale Bird Recognition in Soundscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian-Robert Stöter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Planque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2019 - Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cappellato, L.; Ferro, N.; Losada, D. E.; Müller, H., Sep 2019, Lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02345644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2019: Identification of Amazonian Plants, South &amp; North American Birds, and Niche Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Servajean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2019 - 10th International Conference of the Cross-Language Evaluation Forum for European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Lugano, Switzerland. pp.387-401, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-28577-7_29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF plant identification task 2019: Diving into data deficient tropical countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Lugano, Switzerland. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2019: Biodiversity Identification and Prediction Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIR 2019 - 41st European Conference on IR Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Cologne, Germany. pp.275-282, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-15719-7_37⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02273257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2018: A Large-Scale Evaluation of Species Identification and Recommendation Algorithms in the Era of AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2018 - 9th International Conference of the Cross-Language Evaluation Forum for European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Avignon, France. pp.247-266, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-98932-7_24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of ExpertLifeCLEF 2018: how far automated identification systems are from the best experts?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2018 - Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of BirdCLEF 2018: monospecies vs. soundscape bird identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Planqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Pier Vellinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2018 - Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2017 Lab Overview: Multimedia Species Identification Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concetto Spampinato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dublin, Ireland. pp.255-274, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-65813-1_24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF Bird Identification Task 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Pier Vellinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Planqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet -My Business</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MM: Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Mountain View, United States. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Going deeper in the automated identification of Herbarium specimens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany - Botanical Crossroads</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Forth Worth, TX, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant identification based on noisy web data: the amazing performance of deep learning (LifeCLEF 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet app in the era of deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICLR: International Conference on Learning Representations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated Herbarium Specimen Identification using Deep Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Carranza-Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata-Montero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TDWG 2017: Biodiversity Information Standards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Ottawa, Canada. pp.e20302, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/tdwgproceedings.1.20302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2016: Multimedia Life Species Identification Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concetto Spampinato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2016 - 7th International Conference of the Cross-Language Evaluation Forum for European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Évora, Portugal. pp.286-310, </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-44564-9_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01373781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floristic participation at LifeCLEF 2016 Plant Identification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Notes of CLEF 2016 - Conference and Labs of the Evaluation forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Évora, Portugal. pp.450-458</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01373776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An image-based Plant identification platform for thousands of species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Dufour-Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ATBC: Association for Tropical Biology and Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Identification in an Open-world (LifeCLEF 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Évora, Portugal. pp.428-439</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01373780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet, une plate-forme innovante d'agrégation et partage d'observations botaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nozha Boujemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference ‘Botanists of the Twenty-first Century’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNESCO, Sep 2014, Paris, France. pp.191-197</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowdsourcing Biodiversity Monitoring: How Sharing your Photo Stream can Sustain our Planet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Dufour-Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henning Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MM 2016 - 24th International Conference on Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Amsterdam, Netherlands. pp.958-967, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2964284.2976762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01373762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF Bird Identification Task 2016: The arrival of Deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Pier Vellinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Planqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Évora, Portugal. pp.440-449</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01373779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF Bird Identification Task 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Pier Vellinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Planqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rauber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2015: Multimedia Life Species Identification Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concetto Spampinato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Cross-Language Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Toulouse. FRA., Sep 2015, Toulouse, France. pp.462-483, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-24027-5_46⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF Plant Identification Task 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF Bird Identification Task 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Pier Vellinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Planqué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Rauber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Sheffield, United Kingdom. pp.585-597</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF: Multimedia Life Species Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henning Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concetto Spampinato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMR: Environmental Multimedia Retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Glasgow, United Kingdom. pp.7-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet Mobile 2014: Android port and new features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMR: International Conference on Multimedia Retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Glasgow, United Kingdom. pp.527-530, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2578726.2582618⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF 2014: Multimedia Life Species Identification Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concetto Spampinato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Cross-Language Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Sheffield, United Kingdom. pp.229-249, </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-11382-1_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PlantNet Participation at LifeCLEF2014 Plant Identification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itheri Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Verroust-Blondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Sheffield, United Kingdom. pp.724-737</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-01064569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LifeCLEF Plant Identification Task 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souheil Selmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Scheffield. GBR., Sep 2014, Sheffield, United Kingdom. pp.598-615</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-01064599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative validation of visual data through the Pl@ntNet identification system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Dufour-Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Salinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Peronnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Milcent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TDWG 2013 - Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Android Application for Leaf-based Plant Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiène Mouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itheri Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Verroust-Blondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souheil Selmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMR '13 - 3rd ACM International Conference on Multimedia Retrieval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Dallas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00818121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ImageCLEF 2013 Plant Identification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00960929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inria's participation at ImageCLEF 2013 Plant Identification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiène Mouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saloua Ouertani-Litayem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Verroust-Blondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itheri Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF (Online Working Notes/Labs/Workshop) 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00874330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imageclef 2013: the vision, the data and the open challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caputo Barbara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muller Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomee Bart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villegas Mauricio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Paredes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2013 - 4th Conference and Labs of the Evaluation Forum : Information Access Evaluation meets Multilinguality, Multimodality, and Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Valencia, Spain. pp.250-268, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-40802-1_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Imageclef Plant Identification Task 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAED: Multimedia Analysis for Ecological Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Barcelone, Spain. pp.23-28, </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2509896.2509902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet Mobile App</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MM 2013 - 21st ACM International Conference on Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Barcelona, Spain. pp.423-424, </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2502081.2502251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inria IMEDIA2's Participation at ImageCLEF 2012 Plant Identification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itheri Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiène Mouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saloua Litayem Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wajih Ouertani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF (Online Working Notes/Labs/Workshop) 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ImageCLEF 2012 Plant Identification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itheri Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF'2012: Conference and Labs of the Evaluation Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00960918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Organ Plant Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bakić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM International Workshop on Multimedia Analysis for Ecological Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Nara, Japan. pp.41--44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Pl@ntnet project: plant computational identification and collaborative information system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nozha Boujemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IBC 2011 - XVIII International Botanical congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visual-based plant species identiﬁcation from crowdsourced data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souheil Selmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Mouysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MM'11 - ACM Multimedia 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Scottsdale, United States. pp.0-0, </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2072298.2072472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00642236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ImageCLEF 2011 plant images classification task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nozha Boujemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ImageCLEF 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00642197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Pl@ntNet project: Plant Computational Identification and Collaborative Information System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nozha Boujemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystematics 2011 - Digital identification methods in the digital age - morphological and molecular, computer-aided and fully automated, research and citizen science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CLEF 2011 Plant Images Classification Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nozha Boujemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ImageCLEF 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vivien Petras; Pamela Forner; Paul Clough; Nicola Ferro, Sep 2011, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation of INRIA & Pl@ntNet to ImageCLEF 2011 plant images classification task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itheri Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Mouysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ImageCLEF 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Amsterdam, Netherlands. pp.0-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00642239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2010. Pl@ntNet, une plateforme libre et collaborative d’information et d’identification des plantes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violette Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nozha Boujemaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Molino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La biodiversité dans les arboretums. Savoir la gérer et la valoriser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-labeled image classification by TBM active learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Rombaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Belief 2010 - Workshop on Theory of Belief Functions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Brest, France. pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive visualization tool with graphic table of video contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Thièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Luce Viaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Pellerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICME 2007 - IEEE International Conference on Multimedia and Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Beijing, China. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation par le contenu dans les vidéos avec des tables graphiques des matières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Thièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Luce Viaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Pellerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2007 - XXIème Colloque francophone de traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Troyes, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet, ten years of automatic plant identification and monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Deneu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Estopinan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IUCN - Congrès mondial de la nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Marseille, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03343235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential and limits of automated plant identification based on visual data, feedbacks from the development of Pl@ntNet initiative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Forth Worth, TX, United States. , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DataManager, un système novateur de gestion et d’échange de données botaniques distribuées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Dufour-Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Milcent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Duché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quels botanistes pour le 21e siècle ? Métiers, enjeux, opportunités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France. , 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01074648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Edge of the Sixth Mass Extinction in Biodiversity Hotspots: Facts, needs, solutions and opportunities in Thailand and adjacent countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noppadon Kitana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amira Azizan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Ginot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirikorn Sripho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julien Claude; Noppadon Kitana. CU Press, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of LifeCLEF 2025: Challenges on Species Presence Prediction and Identification, and Individual Animal Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Picek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Kahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental IR Meets Multilinguality, Multimodality, and Interaction: 16th International Conference of the CLEF Association, CLEF 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16089, Springer Nature Switzerland, pp.338-362, 2026, Lecture Notes in Computer Science, 978-3-032-04353-5. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-04354-2_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05408591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citizen scientists contribution to monitor Asian biodiversity: a case study on flora of Peninsula Malaysia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sue Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simying Ong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuen Peng Loh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julien Claude; Noppadon Kitana. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">On the Edge of the Sixth Mass Extinction in Biodiversity Hotspots: Facts, needs, solutions and opportunities in Thailand and adjacent countries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CU press, pp.139-160, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity Information Retrieval Through Large Scale Content-Based Identification: A Long-Term Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Glotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concetto Spampinato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicola Ferro; Carol Peters. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Retrieval Evaluation in a Changing World: Lessons Learned from 20 Years of CLEF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 41, Springer, pp.389-413, 2019, The Information Retrieval Series, 978-3-030-22948-1. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-22948-1_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02273280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Identification: Experts vs. Machines in the Era of Deep Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siang Thye Hang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lasseck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milaň Sulc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications for Environmental &amp; Biodiversity Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 8, Editions Springer, pp.131-149, 2018, Multimedia Systems and Applications Series, 978-3-319-76444-3. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-76445-0_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated identification of herbarium specimens at different taxonomic levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Carranza-Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Mata-Montero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications for Environmental &amp; Biodiversity Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Multimedia Systems and Applications, Editions Springer, pp.151-167, 2018, Multimedia Systems and Applications Series, 978-3-319-76444-3. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-76445-0_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuration de collections d'images par apprentissage actif crédibiliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Interface homme-machine [cs.HC]. Université Joseph-Fourier - Grenoble I, 2009. Français. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00410380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pl@ntNet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Affouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Goëau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId343"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603038v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Lefort" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Affouard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Charlier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lombardo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chouet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.14486" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05442222v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Martellucci" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Go&#235;au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vinatier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Joly" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.9.181733" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516260v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Goeau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Espitalier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Botella" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toke Thomas Hoye" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.10.183020" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155975v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara M. Neto&#8208;bradley" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Cavender&#8208;bares" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70258" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05017656v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Yu Hao Chai" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sue Han Lee" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Siang Tay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2025.100813" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05101346v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Marcos" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert van de Vlasakker" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis N. Athanasiadis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aps3.70005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05046527v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toke Thomas H&#248;ye" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2025.103129" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04701227v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Rui Liaw" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Hao Chai" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shien Lin Ng" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.8.133055" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04772758v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tresson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dumont" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jaeger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Borne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boivin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2024.117056" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965684v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijn van Der Velde" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l d'Andrimont" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Yordanov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/acadf3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04322179v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamprikta Mehreen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Champ" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34133/plantphenomics.0112" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04430929v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gresse" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.7.112545" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03601464v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Lorieul" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Heuret" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants11040530" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03338823v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.5.73751" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03338811v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.5.73857" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03454183v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Love" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Mazer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants10112471" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02910844v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#225;n Mora&#8208;fallas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Mata&#8208;montero" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aps3.11373" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02894994v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Lauren Rossington Love" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aps3.11368" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973673v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian-Robert St&#246;ter" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Deneu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.4.58933" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02573627v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katelin D. Pearson" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Nelson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myla Aronson" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Brenskelle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biaa044" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02989049v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#225;n Mora-Fallas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Mata-Montero" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18845/tm.v33i5.5069" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02470280v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2020.105220" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02981760v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Hopkins" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Errol V&#233;la" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Sahl" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34971/zaz0-n247" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03064464v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.601250" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02137748v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth R. Ellwood" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;francois Molino" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aps3.1233" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177281v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan J. Mazer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.3.37341" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01580070v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Carranza-Rojas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-017-1014-z" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182775v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barbe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheil Selmi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00530-015-0462-9" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182778v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Vignau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-015-2607-4" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908872v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Baki&#263;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2013.07.006" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350266v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05319328v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05319248v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebasti&#225;n Ca&#241;as" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kahl" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Denton" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Paula Toro-G&#243;mez" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Rodriguez-Buritica" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528041v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135815v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Picek" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Adam" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88720-8_57" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05340010v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Li Zhen Jee" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Vandeputte" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3746027.3758192" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719578v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Klinck" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Ramesh" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viral Joshi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04806900v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667635v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56072-9_3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04830385v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71908-0_9" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04443619v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Youssef" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Taugourdeau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322219v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42448-9_27" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345310v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214623v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Lung Then" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP49359.2023.10222401" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182512v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Reers" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Cherutich" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04345437v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03793591v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791428v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Navine" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hart" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807746v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13643-6_19" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03641389v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99739-7_49" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183025v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Glotin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elijah Cole" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72240-1_70" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03415972v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR48806.2021.9412643" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182984v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03415990v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85251-1_24" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03353469v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325689v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Abdelghafour" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ran&#231;on" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyu Liu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Rudnicki" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_83" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02989101v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Clapp" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Alexander Hopping" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02945382v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem-Pier Vellinga" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58219-7_23" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02873670v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Ruiz de Castaneda" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45442-5_70" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02980085v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177277v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177278v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Villacis" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302836v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander W. Hopping" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177280v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02283184v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796070v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02345644v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Planque" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02281455v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Servajean" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28577-7_29" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02273257v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poupard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-15719-7_37" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913231v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98932-7_24" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913244v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189229v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Planqu&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629191v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concetto Spampinato" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65813-1_24" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629175v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01638263v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837387v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629183v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629195v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629142v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/tdwgproceedings.1.20302" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837361v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nozha Boujemaa" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Molino" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373779v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01373762v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dufour-Kowalski" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning M&#252;ller" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2964284.2976762" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837355v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373780v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373781v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44564-9_26" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373776v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182795v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182796v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rauber" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182782v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24027-5_46" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01064599v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01075770v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11382-1_20" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01088829v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01088812v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01088819v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2578726.2582618" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01064569v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itheri Yahiaoui" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Verroust-Blondet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00960929v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00818121v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofi&#232;ne Mouine" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Joyeux" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03885113v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Salinier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Peronnet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Carr&#233;" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Milcent" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00874330v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Ouertani-Litayem" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00908881v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caputo Barbara" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muller Henning" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomee Bart" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Villegas Mauricio" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Paredes" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40802-1_26" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00908934v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2509896.2509902" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00908910v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2502081.2502251" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00744901v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Litayem Ouertani" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wajih Ouertani" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00960918v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00739724v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810776v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mathieu" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642236v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Mouysset" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2072298.2072472" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642197v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778869v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808663v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642239v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814796v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Roche" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460886v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Rombaut" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pellerin" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buisson" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167928v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thi&#232;vre" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Viaud" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167933v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03343235v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Estopinan" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837383v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01074648v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Duch&#233;" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970411v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Claude" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noppadon Kitana" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Azizan" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ginot" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirikorn Sripho" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05408591v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Larcher" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-04354-2_19" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970397v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simying Ong" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuen Peng Loh" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02273280v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-22948-1_16" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913277v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siang Thye Hang" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Lasseck" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila&#328; Sulc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-76445-0_8" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913272v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-76445-0_9" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00410380v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096020v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05558287v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Vandeputte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Bousset" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Armand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Go&#235;au" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lombardo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2026.101837" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603038v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Lefort" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Affouard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Charlier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chouet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.14486" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516260v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Goeau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Espitalier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Botella" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toke Thomas Hoye" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.10.183020" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05442222v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Martellucci" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vinatier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Joly" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.9.181733" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155975v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara M. Neto&#8208;bradley" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Cavender&#8208;bares" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70258" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05017656v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Yu Hao Chai" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sue Han Lee" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Siang Tay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2025.100813" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05101346v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Marcos" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert van de Vlasakker" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis N. Athanasiadis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aps3.70005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05046527v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toke Thomas H&#248;ye" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2025.103129" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04772758v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tresson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dumont" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jaeger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Borne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boivin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2024.117056" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04701227v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Rui Liaw" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Hao Chai" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shien Lin Ng" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.8.133055" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04322179v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamprikta Mehreen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Champ" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34133/plantphenomics.0112" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04430929v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gresse" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.7.112545" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965684v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijn van Der Velde" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l d'Andrimont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Yordanov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/acadf3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03601464v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Lorieul" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Heuret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants11040530" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03338811v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.5.73857" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03338823v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.5.73751" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03454183v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Love" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Mazer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants10112471" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02894994v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#225;n Mora&#8208;fallas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Lauren Rossington Love" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aps3.11368" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973673v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian-Robert St&#246;ter" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Deneu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.4.58933" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02573627v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katelin D. Pearson" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Nelson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myla Aronson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Brenskelle" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biaa044" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02989049v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#225;n Mora-Fallas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Mata-Montero" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18845/tm.v33i5.5069" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03064464v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.601250" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02470280v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2020.105220" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02981760v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Hopkins" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Errol V&#233;la" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Sahl" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34971/zaz0-n247" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02910844v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Mata&#8208;montero" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aps3.11373" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02137748v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth R. Ellwood" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;francois Molino" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aps3.1233" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177281v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan J. Mazer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.3.37341" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01580070v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Carranza-Rojas" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-017-1014-z" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182775v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barbe" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheil Selmi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00530-015-0462-9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182778v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Vignau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-015-2607-4" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908872v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Baki&#263;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2013.07.006" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350266v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05319248v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebasti&#225;n Ca&#241;as" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kahl" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Denton" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Paula Toro-G&#243;mez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Rodriguez-Buritica" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528041v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135815v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Picek" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Adam" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88720-8_57" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05319328v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05340010v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Li Zhen Jee" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3746027.3758192" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719578v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Klinck" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Ramesh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viral Joshi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04806900v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667635v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56072-9_3" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04830385v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71908-0_9" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345310v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214623v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Lung Then" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP49359.2023.10222401" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182512v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Reers" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Cherutich" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322219v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42448-9_27" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04345437v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04443619v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Youssef" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Taugourdeau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03793591v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791428v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Navine" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hart" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807746v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13643-6_19" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03641389v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99739-7_49" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182984v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Glotin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03353469v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03415990v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85251-1_24" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325689v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Abdelghafour" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ran&#231;on" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyu Liu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Rudnicki" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_83" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183025v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elijah Cole" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72240-1_70" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03415972v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR48806.2021.9412643" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02945382v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem-Pier Vellinga" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58219-7_23" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02873670v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Ruiz de Castaneda" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45442-5_70" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02980085v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02989101v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Clapp" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Alexander Hopping" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177277v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177278v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Villacis" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302836v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander W. Hopping" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02283184v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796070v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02345644v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Planque" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02281455v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Servajean" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28577-7_29" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177280v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02273257v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poupard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-15719-7_37" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913231v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98932-7_24" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913244v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189229v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Planqu&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629191v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concetto Spampinato" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65813-1_24" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629175v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01638263v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837387v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629183v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629195v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629142v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/tdwgproceedings.1.20302" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373781v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44564-9_26" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373776v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837355v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dufour-Kowalski" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373780v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837361v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nozha Boujemaa" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Molino" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01373762v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning M&#252;ller" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2964284.2976762" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373779v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182796v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rauber" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182782v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24027-5_46" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182795v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01088829v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01088812v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01088819v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2578726.2582618" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01075770v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11382-1_20" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01064569v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itheri Yahiaoui" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Verroust-Blondet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01064599v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03885113v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Salinier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Peronnet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Carr&#233;" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Milcent" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00818121v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofi&#232;ne Mouine" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Joyeux" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00960929v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00874330v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Ouertani-Litayem" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00908881v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caputo Barbara" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muller Henning" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomee Bart" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Villegas Mauricio" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Paredes" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40802-1_26" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00908934v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2509896.2509902" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00908910v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2502081.2502251" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00744901v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Litayem Ouertani" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wajih Ouertani" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00960918v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00739724v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810776v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mathieu" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642236v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Mouysset" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2072298.2072472" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642197v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808663v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778869v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642239v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814796v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Roche" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460886v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Rombaut" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pellerin" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buisson" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167928v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thi&#232;vre" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Viaud" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167933v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03343235v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Estopinan" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837383v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01074648v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Duch&#233;" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970411v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Claude" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noppadon Kitana" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Azizan" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ginot" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirikorn Sripho" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05408591v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Larcher" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-04354-2_19" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970397v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simying Ong" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuen Peng Loh" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02273280v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-22948-1_16" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913277v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siang Thye Hang" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Lasseck" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila&#328; Sulc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-76445-0_8" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913272v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-76445-0_9" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00410380v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096020v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>