--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -189,3859 +189,3976 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (30)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimum heating time for warm forming of AA7075 aluminum alloy in T6 condition</w:t>
+                <w:t xml:space="preserve">The Influence of Heat and Holding Time on the Warm Forming of Al–Mg–Si Alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Royne</w:t>
+                <w:t xml:space="preserve">Vasco Simões</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marta Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">André Maillard</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Menezes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00170-024-14084-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Manufacturing and Materials Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 10 (3), pp.94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jmmp10030094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04649874v1</w:t>
+                <w:t xml:space="preserve">hal-05554796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical characterization of PHA reinforced with Alfa fibers: influence of fiber content and strain rate</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimum heating time for warm forming of AA7075 aluminum alloy in T6 condition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Laurent</w:t>
+                <w:t xml:space="preserve">Sylvain Royne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Montassar Zrida</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Hichem Hamzaoui</w:t>
+                <w:t xml:space="preserve">André Maillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Reinforced Plastics and Composites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/07316844241229519⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 133, pp.6005-6021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00170-024-14084-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04811018v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04649874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel hydraulic bulge test in hot forming conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanical characterization of PHA reinforced with Alfa fibers: influence of fiber content and strain rate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismahen Zaafouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Boyer</w:t>
+                <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Demazel</w:t>
+                <w:t xml:space="preserve">Montassar Zrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Coër</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ahmed Hichem Hamzaoui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2023.117917⟩</w:t>
+              <w:t xml:space="preserve">Journal of Reinforced Plastics and Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/07316844241229519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04649909v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical investigation of ductile fracture for AA6061-T6 sheets at room and elevated temperatures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A novel hydraulic bulge test in hot forming conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Kacem</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Laurent</w:t>
+                <w:t xml:space="preserve">N. Demazel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Thuillier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. Coër</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Carin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2022.107201⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 316, pp.117917. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2023.117917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04649904v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04649909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of experimental boundary conditions on the calibration of a ductile fracture criterion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Experimental and numerical investigation of ductile fracture for AA6061-T6 sheets at room and elevated temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 222, pp.107201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2022.107201⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2021.107686⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04649896v1</w:t>
+                <w:t xml:space="preserve">hal-04649904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of wrinkled membrane structures using a Plane Stress projection procedure and the Dynamic Relaxation method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of experimental boundary conditions on the calibration of a ductile fracture criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Kacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Le Meitour</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">P. Guigue</w:t>
+                <w:t xml:space="preserve">Sandrine Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2020.10.026⟩</w:t>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 248, pp.107686. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2021.107686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04649889v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04649896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A direct resistance heating method for shaped blank</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Analysis of wrinkled membrane structures using a Plane Stress projection procedure and the Dynamic Relaxation method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Le Meitour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Salmon-Legagneur</w:t>
+                <w:t xml:space="preserve">A.S. Lectez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Carin</w:t>
+                <w:t xml:space="preserve">P. Guigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Manufacturing Processes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 62, pp.772-783. </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 208-209, pp.194-213. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmapro.2020.12.056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2020.10.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04007119v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04649889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical analysis of the heat generated by plastic deformation in quasi-static uniaxial tensile tests</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A direct resistance heating method for shaped blank</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Demazel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V.M. Simões</w:t>
+                <w:t xml:space="preserve">P. Le Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.C. Oliveira</w:t>
+                <w:t xml:space="preserve">H. Salmon-Legagneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.L. Alves</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Carin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2020.103398⟩</w:t>
+              <w:t xml:space="preserve">Journal of Manufacturing Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 62, pp.772-783. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmapro.2020.12.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04699292v1</w:t>
+                <w:t xml:space="preserve">hal-04007119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Portevin-Le Châtelier effect during Erichsen test</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental and numerical analysis of the heat generated by plastic deformation in quasi-static uniaxial tensile tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.M. Simões</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Mansouri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Coër</w:t>
+                <w:t xml:space="preserve">M.C. Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Thuillier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">J.L. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Manach</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Oudriss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Material Forming</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 13 (5), pp.687-697. </w:t>
+              <w:t xml:space="preserve">Mechanics of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 146, pp.103398. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12289-019-01511-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2020.103398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04693552v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04699292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature-dependent modelling of a HNBR O-ring seal above and below the glass transition temperature</w:t>
+                <w:t xml:space="preserve">Investigation of Portevin-Le Châtelier effect during Erichsen test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Troufflard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Laurent</w:t>
+                <w:t xml:space="preserve">L. Mansouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Coër</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Rio</w:t>
+                <w:t xml:space="preserve">S. Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Omnes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Solène Javanaud</w:t>
+                <w:t xml:space="preserve">P. Manach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matdes.2018.06.016⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Material Forming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (5), pp.687-697. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12289-019-01511-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02069332v1</w:t>
+                <w:t xml:space="preserve">hal-04693552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed experimental and numerical analysis of a cylindrical cup deep drawing Pros and cons of using solid-shell elements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temperature-dependent modelling of a HNBR O-ring seal above and below the glass transition temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Troufflard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Coer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Laurent</w:t>
+                <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. C. Oliveira</w:t>
+                <w:t xml:space="preserve">Benoît Omnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Y. Manach</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. F. Menezes</w:t>
+                <w:t xml:space="preserve">Solène Javanaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Material Forming</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12289-017-1357-4⟩</w:t>
+              <w:t xml:space="preserve">Materials &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 156, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matdes.2018.06.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02069304v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of warm forming in natural aging and springback of Al-Mg-Si alloys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detailed experimental and numerical analysis of a cylindrical cup deep drawing Pros and cons of using solid-shell elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Coer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasco Simões</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Laurent</w:t>
+                <w:t xml:space="preserve">M. C. Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Oliveira</w:t>
+                <w:t xml:space="preserve">P. Y. Manach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luís Menezes</w:t>
+                <w:t xml:space="preserve">L. F. Menezes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Material Forming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 12 (1), pp.57-68. </w:t>
+              <w:t xml:space="preserve">, 2018, 11 (3), pp.357-373. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12289-018-1406-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12289-017-1357-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04787853v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of springback using the split-ring test influence of the clearance between the die and the punch</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The influence of warm forming in natural aging and springback of Al-Mg-Si alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasco Simões</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. M. Simoes</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Luís Menezes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Material Forming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 11 (2), pp.325-337. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12289-017-1351-x⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 12 (1), pp.57-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12289-018-1406-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02069283v1</w:t>
+                <w:t xml:space="preserve">hal-04787853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Portevin-Le Chatelier Effect on Shear Strain Path Reversal in an Al-Mg Alloy at Room and High Temperatures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical study of springback using the split-ring test influence of the clearance between the die and the punch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. M. Simoes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. C. Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. M. Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Bernard</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marta Cristina Oliveira</w:t>
+                <w:t xml:space="preserve">P. M. Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11340-016-0229-z⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Material Forming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (2), pp.325-337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12289-017-1351-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01697243v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new staggered algorithm for thermomechanical coupled problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of Portevin-Le Chatelier Effect on Shear Strain Path Reversal in an Al-Mg Alloy at Room and High Temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Coër</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Manach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. M. P. Martins</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">H. Laurent</w:t>
+                <w:t xml:space="preserve">Marta Cristina Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2017.06.002⟩</w:t>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57 (3), pp.405-415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-016-0229-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01697274v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01697243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical studies on the warm deep drawing of an Al–Mg alloy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A new staggered algorithm for thermomechanical coupled problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. P. Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. M. Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. L. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. C. Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2015.01.009⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 122, pp.42-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2017.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04787822v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01697274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematics of Portevin–Le Chatelier bands in simple shear</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Experimental and numerical studies on the warm deep drawing of an Al–Mg alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Coër</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.Y. Manach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Thuillier</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.W. Yoon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">H. Laurent</w:t>
+                <w:t xml:space="preserve">L.F. Menezes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 58, pp.66-83. </w:t>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 93, pp.59-72. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2014.02.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2015.01.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01099846v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new multiaxial loading test for investigating the mechanical behaviour of polymers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Kinematics of Portevin–Le Chatelier bands in simple shear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.Y. Manach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.W. Yoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Coër</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Testing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 58, pp.66-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2014.02.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2014.03.011⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05347589v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01099846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity analysis of process parameters in the drawing and ironing processes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A new multiaxial loading test for investigating the mechanical behaviour of polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Key Engineering Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Polymer Testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 36, pp.32-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2014.03.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.554-557.2256⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00912688v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05347589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piobert-Lüders plateau and Portevin-Le Chatelier effect in an Al-Mg alloy in simple shear</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Sensitivity analysis of process parameters in the drawing and ironing processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.M. Simoes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Coër</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.Y. Manach</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. L. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mechrescom.2012.11.008⟩</w:t>
+              <w:t xml:space="preserve">Key Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 554-557, pp.2256-2265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.554-557.2256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00759495v1</w:t>
+                <w:t xml:space="preserve">hal-00912688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between Local Strain Jumps and Temperature Bursts Due to the Portevin-Le Chatelier Effect in an Al-Mg Alloy</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Piobert-Lüders plateau and Portevin-Le Chatelier effect in an Al-Mg alloy in simple shear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Coër</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.Y. Manach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P.Y. Manach</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. F. Menezes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11340-012-9711-4⟩</w:t>
+              <w:t xml:space="preserve">Mechanics Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 48, pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mechrescom.2012.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00985256v1</w:t>
+                <w:t xml:space="preserve">hal-00759495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behaviour and springback study of an aluminium alloy in warm forming conditions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relationship between Local Strain Jumps and Temperature Bursts Due to the Portevin-Le Chatelier Effect in an Al-Mg Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Coer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chauvelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.Y. Manach</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISRN Mechanical Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 53 (6), pp.1025-1032. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-012-9711-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00716003v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00985256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simplified methodology to identify material parameters of a hyperelasto-visco-hysteresis model: application to a fluoro-elastomer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mechanical behaviour and springback study of an aluminium alloy in warm forming conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Coër</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Vandenbroucke</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gérard Rio</w:t>
+                <w:t xml:space="preserve">Renaud Grèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Manach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nourredine Aït Hocine</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Andrade-Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ISRN Mechanical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.381615</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00715985v1</w:t>
+                <w:t xml:space="preserve">hal-00716003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effect of Temperature on Anisotropy Properties of an Aluminium Alloy</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A simplified methodology to identify material parameters of a hyperelasto-visco-hysteresis model: application to a fluoro-elastomer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Thuillier</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Vandenbroucke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nourredine Aït Hocine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11340-010-9415-6⟩</w:t>
+              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 19 (8), pp.085004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0965-0393/19/8/085004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00715790v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00715985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of springback using the split-ring test for an aa5754 aluminum alloy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">The Effect of Temperature on Anisotropy Properties of an Aluminium Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Coër</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Andrade-Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Volume 51 (Number 7), pp.1185-1195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-010-9415-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.finel.2010.04.004⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00494094v1</w:t>
+                <w:t xml:space="preserve">hal-00715790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hyperelasto-visco-hysteresis model for an elastomeric behaviour: Experimental and numerical investigations.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical study of springback using the split-ring test for an aa5754 aluminum alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Vandenbroucke</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Renaud Grèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Filipe Menezes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Manach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 46 (9), pp.751-759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.finel.2010.04.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2010.02.012⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00494132v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00494094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of constitutive model in springback prediction using the split-ring test</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Thuillier</w:t>
+                <w:t xml:space="preserve">A hyperelasto-visco-hysteresis model for an elastomeric behaviour: Experimental and numerical investigations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Vandenbroucke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Hocine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 51 (3), pp 233-245. </w:t>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Volume 48 (Issue 3), pp.495-503. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2008.12.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2010.02.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00400919v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00494132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical study of polypropylene behavior using an hyper-visco-hysteresis constitutive law</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Influence of constitutive model in springback prediction using the split-ring test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Grèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Manach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 51 (3), pp 233-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2008.12.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00400913v1</w:t>
+                <w:t xml:space="preserve">hal-00400919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cumulated tensorial strain measure in the logaritmic rotating frame</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental and numerical study of polypropylene behavior using an hyper-visco-hysteresis constitutive law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Zrida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Mora</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sylvie Pimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grolleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 45 (2), pp 516-527</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00759695v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00400913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cumulated tensorial strain measure in the logaritmic rotating frame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 332 (11), pp.921-926. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crme.2004.07.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00759695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Formulation of a thin shell finite element with continuity C0 and convected material frame notion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 27 (3), pp.218-232. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s004660100243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00759691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4051,3664 +4168,3664 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Numerical Study of Expanded Graphite Packing Ring for Fugitive Emissions Applications in Valves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lejeune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2025 Pressure Vessels &amp; Piping Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pressure Vessels and Piping Division, Jul 2025, Montréal, Canada. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/PVP2025-154489⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05336708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude numérique et expérimentale de garniture en graphite expansé matricé de presse étoupe de vanne : application à la lutte contre les emissions fugitives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand Adjemout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Omnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26ème Congrès Français de Mécanique (CFM 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFM - Association Française de Mécanique; LEM3 - Laboratoire d'Étude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239); LEMTA - Laboratoire d'Energétique et de Mécanique Théorique et Appliquée; ENSAM - Ecole Nationale Supérieure d'Arts et Métiers; CNRS - Centre national de la recherche scientifique,, Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05406101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Geometry and 3D Printing Parameters on the Mechanical Properties of PLA Tensile Specimens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rania Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montassar Zrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slim Souissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Mechanical Engineering, Materials and Mechanics II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Sousse, Tunisia. pp.199-209, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-89733-7_21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Warm forming of AA7075-T6: optimizing the heating time to maintain T6 condition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Laurent</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvain Royne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Maillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 27th International ESAFORM Conference on Material Forming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESAFORM2024, Apr 2024, Toulouse, France. pp.1159-1165, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.21741/9781644903131-128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04864564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical and Experimental Forming of a Cylindrical Cup in 7075-T6 Under Warm Temperature Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Royne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICTP 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Mandelieu-La Napoule, France. pp.244-251, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-40920-2_26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04650017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forming of a cylindrical cup in 7075-T6 under warm temperature conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Royne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Maillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42nd Conference of the International Deep Drawing Research Group</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IDDRG, Jun 2023, Luleå, Sweden. pp.012026, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1757-899x/1284/1/012026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04794547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U-channel forming of an 7075-T6 in warm conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Royne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNATIONAL DEEP-DRAWING RESEARCH GROUP CONFERENCE (IDDRG 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, DIRAC HOUSE, TEMPLE BACK, BRISTOL BS1 6BE, ENGLAND, Unknown Region. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1757-899X/1238/1/012011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05056097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hot tensile and expansion tests of Ductibor®1000 steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Demazel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Oliveira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IDDRG2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Lorient, France. pp.012054, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1757-899X/1238/1/012054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04649979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of Stress- Ductibor®1000 Steel Using a Novel Hot Strain Curves of Bulge Test Device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Demazel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Cristina Oliveira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CHS2 8th In ternational Conference on HOT SHEET METAL FORMING OF HIGH-PERFORMANCE STEEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Barcelona (ES), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05400297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of temperature on the formability of an aluminum alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAFORM 2021 24th International Conference on Material Forming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Liège, Belgium, Apr 2021, Liège, Belgium. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.25518/esaform21.1511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05337723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PolyHydroxyAlkanoates/ Alfa Fibers Bio-Composites: Elaboration and Mechanical Testing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Zaafouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hamzaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th ECCOMAS Thematic Conference on the Mechanical Response of Composites - COMPOSITES 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Center for Numerical Methods in Engineering (CIMNE); European Community on Computational Methods in Applied Sciences (ECCOMAS); International Association for Computational Mechanics (IACM); Materials Science Area of Advance at Chalmers University of Technology; BETA Simulation Solutions, Sep 2021, Gothenburg, Sweden. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23967/composites.2021.113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05337727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of polypropylene PPC7712 using the Bulging Test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismahen Zaafouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montassar Zrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Hichem Hamzaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third International Conference on Advanced Materials, Mechanics and Manufacturing (A3M’2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Tunis, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04810858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation du gonflement des ballons stratosphériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Le Meitour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Lectez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Guigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04824642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature analysis during the drawing of an aluminum cylindrical cup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. M. Simoes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. M. Neto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. C. Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. L. Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NUMISHEET 2018: 11TH INTERNATIONAL CONFERENCE AND WORKSHOP ON NUMERICAL SIMULATION OF 3D SHEET METAL FORMING PROCESSES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, DIRAC HOUSE, TEMPLE BACK, BRISTOL BS1 6BE, ENGLAND, Unknown Region. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/1063/1/012137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05163476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Numerical Investigations on Exfoliated Graphite Seals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Viéville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Omnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lejeune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME Pressure Vessels and Piping Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Waikoloa, HI, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/PVP2017-65390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02008172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of prestrain on the occurrence of PLC effect in an Al-Mg alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Manach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Coër</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NUMISHEET 2014: The 9th International Conference and Workshop on Numerical Simulation of 3D Sheet Metal Forming Processes: Part A Benchmark Problems and Results and Part B General Papers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Melbourne, France. pp.428-432, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4850006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04698681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mechanical analysis of a polypropylene copolymer reinforced by alfa fibers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Toujeni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ST INTERNATIONAL CONFERENCE ON NATURAL FIBERS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Guimaraes, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00912700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration and mechanical characterization of a polymer filled with Alfa fibers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Toujeni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fifth International Congress Design and Modelling of Mechanical Systems (CMSM2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Djerba, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00800327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the yield criteria in the numerical simulation of an AA5745-O cylindrical cup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.M. Simoes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Coër</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.C. Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. L. Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congreso de Métodos Numéricos en Ingeniería</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00912731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MECHANICAL CHARACTERIZATION AND SIMULATION UNDER MULTIAXIAL CONDITIONS OF POLYHYDROXYALKANOATES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y-M Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Bruzaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Processing Society 28th</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Polymer Processing Society, Dec 2012, Pattaya, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01229416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study on springback in deep drawn tailor welded blanks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Padmanabhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Cristina Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís Filipe Menezes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 12th International ESAFORM Conference on Material Forming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Twente, Netherlands. pp.59-62, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12289-009-0566-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00404348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High speed tensile test on the propylene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Grolleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Masmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Advances in Mechanical Engineering and Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Tunisia. pp.71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00404345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and numerical study of springback in aluminum alloys based on a split-ring test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Grèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Manach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Numisheet 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Interlaken, Switzerland. pp 491-496</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00401204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the temperature on residual stresses and springback effect in an aluminium alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Manach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Grèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.F. Menezes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Materials and Processing Technologies (AMPT2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Manama, Bahrain. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2010.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00404052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Springback study in aluminum alloys based on the Demeri benchmark test : influence of material model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Une interface entre un code de calcul de laboratoire Herezh++ et le logiciel Abaqus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Yves Manach</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Bles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th ESAFORM conference on material forming</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2007, Saragosse, Spain. pp.CD rom</w:t>
+              <w:t xml:space="preserve">8e Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2007, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00404276v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01488888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une interface entre un code de calcul de laboratoire Herezh++ et le logiciel Abaqus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Springback study in aluminum alloys based on the Demeri benchmark test : influence of material model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Grèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Bles</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Manach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8e Colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2007, Giens, France</w:t>
+              <w:t xml:space="preserve">10th ESAFORM conference on material forming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Saragosse, Spain. pp.CD rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01488888v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00404276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An hyper-visco-hysteretic model for elastomeric behaviour under low and high temperature: experimental and numerical investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Vandenbroucke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Couedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nourredine Aït Hocine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Constitutive Models for Rubber V</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Paris, France. pp 47-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00401197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of polypropylene structures behavior by elasto-visco-hysteresis models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nader Masmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third International Conference on Advances in Mechanical Engineering and Mechanics (ICAMEM 2006)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Hammamet, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00400938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">identification of a behavior model of elastohysteresis for a polypropylène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Masmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bradai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In international conference residual fatigue life and life extension of in-service structures (JIP 2006)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Paris, France. pp.339-346</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00601019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liens en grandes transformations entre le taux de déformation, les mesures de déformation eulériennes et les référentiels locaux objectifs pour les lois de comportement élastoplastiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04225418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un modèle de comportement élastoplastique en grandes transformations en coordonnées matérielles entraînées. Etude pour un élément de coque mince</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materiaux 2002</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2002, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00400931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new efficient finite element model of shell with only three degrees of freedom per node. Application to industrial deep drawing test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Tathi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème International Biennial Congress 1994 - Recent Developments in Sheet Metal Forming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, Lisbonne, Portugal. pp. 461-472</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00400926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7718,279 +7835,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation d'un dispositif expérimental original pour la caractérisation d'un matériau PHA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bruzaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la SF2M section Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Lorient, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01229498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essais multiaxiaux pour les polymères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bruzaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée doctorale SICMA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Lorient, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01229479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8000,597 +8117,597 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermomechanical analysis of an Al-Mg alloy sheet by means of non-isothermal tensile tests up to 200°C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Coër</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Carin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chauvelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00718669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation phénoménologique du comportement hyper-visco-hystérétique d'une nuance de caoutchouc naturel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00400951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du comportement mécanique du flotteur SC40 sous sollicitations dynamiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Raza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00400949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de maillage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00400948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration d'une loi de comportement anisotrope dans le logiciel SIMEM3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00400947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résultats de la simulation numérique de l'emboutissage de la pièce VW. Intégration d'un nouvel élément fini (SFE) dans SIMEM3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00400944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la résistance d'un enrouleur de foc en aluminium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00400942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8600,105 +8717,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de la mise en forme des tôles métalliques et du comportement des matériaux polymères.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique des matériaux [physics.class-ph]. Université de Bretagne Sud, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00760070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId234"/>
+      <w:footerReference w:type="default" r:id="rId237"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8766,51 +8883,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="62DDB575"/>
+    <w:nsid w:val="4F885962"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8997,51 +9114,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/herve-laurent" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7275-0076" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649874v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Royne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Laurent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Maillard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-024-14084-8" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811018v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismahen Zaafouri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laurent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montassar Zrida" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hichem Hamzaoui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07316844241229519" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649909v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boyer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Demazel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Co&#235;r" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Carin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2023.117917" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649904v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Kacem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Thuillier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2022.107201" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649896v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2021.107686" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649889v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Meitour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rio" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Lectez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guigue" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2020.10.026" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007119v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Masson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Salmon-Legagneur" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2020.12.056" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699292v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.M. Sim&#245;es" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Oliveira" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Alves" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oudriss" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2020.103398" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04693552v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mansouri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thuillier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Manach" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-019-01511-5" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069332v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Troufflard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Rio" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Omnes" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Javanaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2018.06.016" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069304v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Oliveira" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Y. Manach" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. F. Menezes" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-017-1357-4" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04787853v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Sim&#245;es" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Oliveira" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Menezes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-018-1406-7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069283v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Simoes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Neto" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M. Cunha" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-017-1351-x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697243v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bernard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Manach" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Cristina Oliveira" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-016-0229-z" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697274v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. P. Martins" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Alves" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.06.002" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04787822v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.Y. Manach" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.F. Menezes" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2015.01.009" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099846v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Yoon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2014.02.005" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R74J87NW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347589v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guitton" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2014.03.011" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8787HSGV-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912688v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.M. Simoes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.554-557.2256" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759495v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2012.11.008" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-69BC6TKG-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985256v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chauvelon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-012-9711-4" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZV01TG5N-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716003v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Gr&#232;ze" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andrade-Campos" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715985v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vandenbroucke" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourredine A&#239;t Hocine" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0965-0393/19/8/085004" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715790v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-010-9415-6" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DX91WCFB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494094v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Filipe Menezes" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2010.04.004" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G4SH5205-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494132v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hocine" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2010.02.012" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMRXN2TN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400919v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2008.12.010" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WR34WVQ0-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400913v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zrida" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pimbert" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grolleau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759695v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mora" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2004.07.005" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DNG9CWVQ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759691v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s004660100243" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W1QBCTR0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336708v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Clement" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lejeune" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2025-154489" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406101v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Adjemout" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267673v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Ben Amor" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Souissi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-89733-7_21" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864564v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903131-128" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650017v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Royne" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maillard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40920-2_26" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794547v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/1284/1/012026" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05056097v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/1238/1/012011" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649979v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Demazel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boyer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Oliveira" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/1238/1/012054" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400297v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Boyer" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337723v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.1511" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337727v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zaafouri" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamzaoui" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/composites.2021.113" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810858v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824642v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Le Meitour" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lectez" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Guigue" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163476v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1063/1/012137" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008172v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vi&#233;ville" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2017-65390" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04698681v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4850006" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912700v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Toujeni" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800327v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912731v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229416v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Guitton" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Laurent" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Rio" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y-M Corre" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bruzaud" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404348v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Padmanabhan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-009-0566-x" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404345v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Masmoudi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401204v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404052v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2010.04.008" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C5B51ZVC-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404276v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488888v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bles" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401197v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Couedo" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400938v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Masmoudi" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601019v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bradai" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225418v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mora" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400931v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400926v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tathi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229498v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Corre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bruzaud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229479v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718669v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chauvelon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400951v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bles" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400949v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Raza" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400948v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400947v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400944v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400942v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00760070v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/herve-laurent" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7275-0076" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554796v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Sim&#245;es" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Oliveira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Laurent" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Menezes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmmp10030094" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649874v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Royne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Maillard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-024-14084-8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811018v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismahen Zaafouri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laurent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montassar Zrida" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hichem Hamzaoui" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07316844241229519" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649909v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boyer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Demazel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Co&#235;r" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Carin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2023.117917" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649904v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Kacem" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Thuillier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2022.107201" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649896v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2021.107686" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649889v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Meitour" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rio" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Lectez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guigue" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2020.10.026" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007119v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Masson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Salmon-Legagneur" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2020.12.056" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699292v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.M. Sim&#245;es" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Oliveira" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Alves" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oudriss" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2020.103398" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04693552v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mansouri" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thuillier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Manach" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-019-01511-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069332v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Troufflard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Rio" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Omnes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Javanaud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2018.06.016" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069304v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Oliveira" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Y. Manach" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. F. Menezes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-017-1357-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04787853v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Menezes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-018-1406-7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069283v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Simoes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Neto" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M. Cunha" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-017-1351-x" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697243v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bernard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Manach" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Cristina Oliveira" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-016-0229-z" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697274v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. P. Martins" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Alves" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.06.002" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04787822v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.Y. Manach" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.F. Menezes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2015.01.009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099846v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Yoon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2014.02.005" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R74J87NW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347589v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guitton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2014.03.011" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8787HSGV-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912688v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.M. Simoes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.554-557.2256" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759495v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2012.11.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-69BC6TKG-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985256v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chauvelon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-012-9711-4" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZV01TG5N-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716003v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Gr&#232;ze" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andrade-Campos" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715985v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vandenbroucke" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourredine A&#239;t Hocine" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0965-0393/19/8/085004" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715790v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-010-9415-6" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DX91WCFB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494094v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Filipe Menezes" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2010.04.004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G4SH5205-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494132v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hocine" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2010.02.012" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMRXN2TN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400919v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2008.12.010" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WR34WVQ0-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400913v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zrida" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pimbert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grolleau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759695v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mora" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2004.07.005" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DNG9CWVQ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759691v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s004660100243" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W1QBCTR0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336708v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Clement" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lejeune" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2025-154489" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406101v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Adjemout" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267673v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Ben Amor" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Souissi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-89733-7_21" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864564v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903131-128" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650017v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Royne" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maillard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40920-2_26" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794547v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/1284/1/012026" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05056097v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/1238/1/012011" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649979v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Demazel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boyer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Oliveira" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/1238/1/012054" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400297v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Boyer" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337723v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.1511" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337727v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zaafouri" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamzaoui" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/composites.2021.113" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810858v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824642v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Le Meitour" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lectez" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Guigue" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163476v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1063/1/012137" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008172v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vi&#233;ville" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2017-65390" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04698681v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4850006" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912700v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Toujeni" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800327v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912731v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229416v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Guitton" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Laurent" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Rio" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y-M Corre" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bruzaud" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404348v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Padmanabhan" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-009-0566-x" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404345v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Masmoudi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401204v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404052v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2010.04.008" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C5B51ZVC-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488888v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bles" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404276v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401197v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Couedo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400938v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Masmoudi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601019v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bradai" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225418v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mora" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400931v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400926v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tathi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229498v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Corre" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bruzaud" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229479v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718669v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chauvelon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400951v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bles" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400949v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Raza" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400948v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400947v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400944v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400942v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00760070v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>