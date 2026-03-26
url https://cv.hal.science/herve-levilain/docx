--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -31,214 +31,337 @@
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hervé Levilain </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
         <w:t xml:space="preserve">Professeur de sociologie à l'université de LorraineExpertise et mise en forme des vies</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identifiants chercheurs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdHAL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">herve-levilain</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0009-0003-4779-5592</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">155972499</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> VIAF : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">280085182</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ISNI : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0000000387212024</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Affiliations institutionnelles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Membre du </w:t>
+        <w:t xml:space="preserve">Membre du laboratoire </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TETRAS</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, pôle thématique </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">TAGES</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> « Transitions existentielles, âge, genre et santé » (site de Nancy)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Membre du département de sociologie  (site de Metz)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Responsable du M2 du parcours </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">IEPS</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">,   &amp;quot;</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Ingénierie et Expertises des Politiques sociales</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">&amp;quot;  dans le master de « sciences sociales »</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Domaines de recherche</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Expertises  des situations et états (de santé, de dépendance, de handicap, de pauvreté, etc.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Instrumentation et mises en forme des vies : algorithmes (AGGIR) et plateformes (ParcourSup, MonMaster), classifications et encodages, comptes sociaux, bureaucraties, accès aux droits sociaux et dispositifs numériques (« guichet », « bornes » etc.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Etat social, politiques sociales, engendrement et parentalité, temporalisation et parcours de vie (&amp;quot;life course&amp;quot;)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dynamiques sociales, milieux de vie, crise et transitions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
@@ -266,604 +389,604 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les temporalités du projet et du devenir parent : Une lecture par la sociologie du parcours et de la parentalité tardive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enfances, Familles, Générations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Parcours de vie et temporalités du faire famille: Nouveaux imaginaires et nouvelles injonctions, 48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05236036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Il faut rentrer l’enfant dans la case ». Des parcours de protection de l’enfant du point de vue des familles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pensée plurielle - Parole, pratiques et réflexions du social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 1 (57), pp.119-133. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/pp.057.0119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04338837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’inclusion. Réduire le grand écart du vieillissement et du numérique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Humbert</w:t>
+                <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Goulinet-Fité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 70, pp.6-17. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/revss.10739⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04338948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« On a une étiquette après quand on vient là. » Le travail de la honte dans l’accès aux droits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pensée plurielle - Parole, pratiques et réflexions du social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 44 (1), pp.35-45. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/pp.044.0035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03002979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le parcours des âges au regard de la parentalité tardive. Régulation biographique et synchronisation négociée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Portique : Revue de Philosophie et de sciences Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pères sur le tard [Logiques temporelles et négociations conjugales]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bessin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des politiques sociales et familiales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 76 (76), pp.23-38. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/caf.2004.2783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'hospice à la prestation spécifique dépendance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Informations sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 82, pp.96-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05537537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -873,133 +996,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrique de l'inclusion numérique des personnes âgées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Goulinet-Fité</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 70, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/revss.10088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04338959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1009,254 +1132,254 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temps et devenir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antigone Mouchtouris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hervé Levilain; Antigone Mouchtouris. Editions Le Manuscrit, pp.188, 2017, Topos, 978-2-304-04690-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03002838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parents après 40 ans. L'engagement familial à l'épreuve de l'âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bessin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autrement, 168, pp.191, 2012, Mutations, 978-2-7467-1536-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03002999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La parentalité tardive. Logiques biographiques et pratiques éducatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bessin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">67, pp.128, 2005, Dossiers d'études</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1266,575 +1389,575 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actualité de l'épidémie. De la &amp;quot;gastro&amp;quot; à la &amp;quot;covid&amp;quot; : les maladies infectieuses entre &amp;quot;marronnier&amp;quot;, transformations sociales et recomposition des mondes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Antigone Mouchtouris. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Métamorphoses de l'existant : Lecture sociologique de la transformation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le manuscrit, 2022, 2304053092</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporalités et devenir (postface)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hervé Levilain; Antigone Mouchtouris. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Temps et devenir : sociologie de l'expérience du temps</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Le Manuscrit, pp.171-189, 2017, Collection Topos, 978-2-304-04690-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03002836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Des bureaucraties qui comptent en mois, des usagers qui comptent en heures ». Temporalités, État social et accès aux droit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hervé Levilain; Antigone Mouchtouris. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Temps et devenir. Sociologie de l'expérience du temps</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le Manuscrit, pp.117-147, 2017, 978-2-304-04690-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03002837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que le soin peut dire. Périmètre et enjeux d’une sociologie du soin de longue durée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thomas Pierre; Anne Fernandes; Déborah Kessler-Bilthauer; Megherbi S; Raúl Morales la Mura. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autour du soin. Pratiques, représentations, épistémologie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUN-Éd. universitaires de Lorraine, 2014, Santé, qualité de vie et handicap, 978-2-8143-0200-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01616450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir mères et pères sur le tard : les négociations conjugales d'une inégalité de vieillissement entre hommes et femmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Legrand M.; Voléry I. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genre et parcours de vie : vers une nouvelle police des corps et des âges ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Nancy - Editions Universitaires de Lorraine, 2013, 9782814301351</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01610151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avoir des enfants « sur le tard » Une exploration statistique de la « parenté tardive » à partir de l’EHF 1999</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bessin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Régnier-Loilier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LEFEVRE Cécile; FILHON Alexandra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoires de familles, histoires familiales. Les résultats de l'enquête Famille de 1999</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 156, Ined Éditions; INED, pp.283-307, fig, tabl, réf, 2005, Cahiers de l'INED, 2-7332-0156-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.ined.6037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03002993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Passage à la dépendance : rôle de l'institution (chap. 20)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Aymé Ségolène; Henrard Jean-Claude; Colvez Alain; Triomphe Annie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politiques publiques et pratiques sociales dans le domaine de la vieillesse et du handicap</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INSERM, 1996, Questions en santé publique, 9782855986463</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1844,1310 +1967,1310 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyphonie du parcours. Éléments pour une sociologie pragmatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire AFS du réseau thématique 22 "Le concept de parcours entre débats et enjeux"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RT22 "Parcours de vie et dynamiques sociales" (Association française de sociologie), Mar 2025, IRESCO, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un monde et des vies (ré)alignés. Les transitions comme trajectorialisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Expertises et transitions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2L2S Metz, Jun 2023, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des expertises, des parcours, des vies : éléments pour une sociologie pragmatique du parcours de vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Congrès de l'AFS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFS - Association Française de Sociologie, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le moment Covid : crise ou Krisis ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire "Expertises et transitions"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2L2S - Metz, May 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'accès aux droits à leur respect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seniors dans la cité aujourd’hui, et demain ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ONPA, 2021, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des parcours et des expertises. Propositions pour une sociologie de la mise en ligne des vies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire PARCOURS VIPAGES - Metz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2L2S, Feb 2021, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Session 6 : inclusion numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6e Colloque International REIACTIS "Société inclusive et avancée en âge"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, REIACTIS; 2L2S - Metz, Feb 2020, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actualité de l'épidémie. De la « gastro » à la « covid » : les maladies infectieuses, entre « marronnier », transformations sociales et recomposition des mondes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « Transformations sociales dans le monde contemporain : entre temps et métamorphoses »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Lorraine - 2L2S; Département de sociologie de Metz, Dec 2020, En ligne (Metz), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Table ronde : Le parcours de vie à l’épreuve des organisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6e Colloque International REIACTIS "Société inclusive et avancée en âge"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, REIACTIS; 2L2S - Metz, Feb 2020, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une lecture pragmatique des expertises et des transitions. Objet et enjeux du séminaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire "Expertises et transitions"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2L2S Metz, Oct 2020, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mutations des politiques sociales face au numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire CIFRE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ministère de la recherche; ANRT, Jul 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'accès aux droits sociaux comme reconfiguration des rapports entre l'État social, ses bureaucraties et ses professionnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le travail social face à la mondialisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2L2S, Apr 2018, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production de la vieillesse comme objet de politiques « publiques ». De l’injonction du corps social au corps physique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Viriot Durandal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jovelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piero D. Galloro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La fabrication des corps</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Épinal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03238030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accéder à ses droits dans un monde bureaucratique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Mardis du 2L2S</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2L2S - Metz, Jan 2017, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‘C’était mieux avant’ : La nostalgie comme figure temporelle du vieillissement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le sentiment de nostalgie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01631363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Honte et accès aux droits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « Les sentiments de honte et de remords dans l’espace public »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Lorraine - 2L2S, Nov 2015, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la dépendance des personnes âgées à la parentalité tardive : une sociologie des parcours de vie et de leurs modes de ponctuation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mardis du 2L2S</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2L2S - Metz, Mar 2015, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Table ronde « Etude du soin » et conclusions des journées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6èmes Journées Internationales des jeunes chercheur.e.s en sciences humaines et arts « Le soin dans tous ses états ».</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3157,293 +3280,293 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entretien filmé. Deuxième volet de la collection « Les formes de la médecine contemporaine » : &amp;quot;Les dynamiques d'introduction et de réception des recommandations en médecine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Magro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entretien filmé. Troisième et dernier volet de la collection « Les formes de la médecine contemporaine » : &amp;quot;devenir médecin aujourd'hui. Les transformations de l'exercice en médecine générale ». Avec Martin Winckler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Winckler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Magro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entretien filmé. Premier volet de la collection « Les formes de la médecine contemporaine » : Les nouvelles formes de régulation des pratiques médicales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Robelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Magro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3453,104 +3576,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspectives scientifiques du séminaire &amp;quot;Expertises et transitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Trépos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04339136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3560,345 +3683,345 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observations ethnographiques de la mise en place d’un dispositif de prévention des risques - synthèse analytique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Zieleskiewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] OFDT Office Français des Drogues et Toxicomanies. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prévenir et réduire les risques des événements festifs - Une étude éco-systémique au prisme de l’expertise des acteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Zieleskiewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] OFDT Office français des Drogues et Toxicomanies. 2017, pp.51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accéder à ses droits : de quel droit ?&amp;quot; - une sociologie des parcours d’accès aux droits sur un territoire de l’agglomération nancéienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Zieleskiewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Préfecture de Meurthe et Moselle; Grand Nancy; Regain 54. 2016, pp.253</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en place d’une unité de médiation de tranquillité publique au centre-ville de Metz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quidora Morales La Mura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CMSEA. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3908,100 +4031,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dévolution de la charge des vieux. Contribution à une sociologie de l’expertise et des classements techniques scientifiques et sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Université Paris VIII - Saint Denis, 1998. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 1998PA081433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03003114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4011,105 +4134,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des tracés pour (ré)aligner. Une sociologie du parcours au prisme de l’expertise. Vol. 1 : document de synthèse et programmatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Levilain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Université de Lorraine (Metz), 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03003057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId79"/>
+      <w:footerReference w:type="default" r:id="rId84"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4177,51 +4300,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8D40B726"/>
+    <w:nsid w:val="E75AFF78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4325,51 +4448,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="FC0ED58A"/>
+    <w:nsid w:val="4E1497E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4472,55 +4595,206 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="03C8DFD0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -4559,51 +4833,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tetras.univ-lorraine.fr/pole-thematique-tages/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://master-ieps.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236036v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Levilain" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04338837v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fernandes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pp.057.0119" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04338948v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Humbert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Goulinet-Fit&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.10739" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03002979v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pp.044.0035" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003063v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003132v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bessin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/caf.2004.2783" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537537v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04338959v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.10088" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03002838v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antigone Mouchtouris" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03002999v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003075v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339076v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03002836v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03002837v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01616450v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01610151v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03002993v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud R&#233;gnier-Loilier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ined.6037" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003182v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05458886v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458908v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339060v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339132v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458903v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339133v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339150v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339126v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339151v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458906v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339137v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339125v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03238030v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Viriot Durandal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jovelin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero D. Galloro" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339140v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01631363v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339127v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339142v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339153v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339012v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Castel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Magro" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339020v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Winckler" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339006v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Robelet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339136v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tr&#233;pos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003218v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Zieleskiewicz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003213v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003246v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003298v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quidora Morales La Mura" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03003114v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1998PA081433" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03003057v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/herve-levilain" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-4779-5592" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/155972499" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/280085182" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000387212024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tetras.univ-lorraine.fr/pole-thematique-tages/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://master-ieps.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236036v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Levilain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04338837v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fernandes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pp.057.0119" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04338948v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Humbert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Goulinet-Fit&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.10739" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03002979v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pp.044.0035" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003063v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003132v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bessin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/caf.2004.2783" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537537v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04338959v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.10088" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03002838v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antigone Mouchtouris" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03002999v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003075v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339076v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03002836v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03002837v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01616450v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01610151v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03002993v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud R&#233;gnier-Loilier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ined.6037" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003182v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05458886v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458908v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339060v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339132v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458903v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339133v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339150v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339126v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339151v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458906v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339137v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339125v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03238030v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Viriot Durandal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jovelin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero D. Galloro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339140v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01631363v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339127v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339142v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339153v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339012v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Castel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Magro" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339020v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Winckler" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339006v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Robelet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04339136v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tr&#233;pos" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003218v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Zieleskiewicz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003213v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003246v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03003298v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quidora Morales La Mura" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03003114v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1998PA081433" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03003057v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>