--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -252,278 +252,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191802v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new approach combining microwave heat pulse and infrared thermography for non-invasive portable sap flow velocity measurement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rotary friction welding applied to Cu11.8Al0.45Be shape memory alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.A.De Albuquerque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Clair</w:t>
+                <w:t xml:space="preserve">D. F. De Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Nouvel</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">I. C. A. Brito</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2024.109896⟩</w:t>
+              <w:t xml:space="preserve">Journal of Advanced Joining Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, pp.100233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jajp.2024.100233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04445925v1</w:t>
+                <w:t xml:space="preserve">hal-04723254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rotary friction welding applied to Cu11.8Al0.45Be shape memory alloy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new approach combining microwave heat pulse and infrared thermography for non-invasive portable sap flow velocity measurement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Pénarier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.A.De Albuquerque</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Louche</w:t>
+                <w:t xml:space="preserve">Bruno Clair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. F. De Oliveira</w:t>
+                <w:t xml:space="preserve">Philippe Nouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. C. A. Brito</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christophe Coillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advanced Joining Processes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 10, pp.100233. </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 347, pp.109896. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jajp.2024.100233⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2024.109896⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04723254v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04445925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Definition of thermal indicators for the study of thermoregulation alterations in the foot of people living within diabetic peripheral neuropathy: A proof of concept</w:t>
               </w:r>
@@ -633,261 +633,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04293842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific forward/reverse latent heat and martensite fraction measurement during superelastic deformation of nanostructured NiTi wires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Henrique Martinni Ramos de Oliveira</w:t>
+                <w:t xml:space="preserve">Proposal for a protocol using an infrared microbolometer camera and wavelet analysis to study foot thermoregulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Serantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Denis Favier</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Sultan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2020.138928⟩</w:t>
+              <w:t xml:space="preserve"> Quantitative InfraRed Thermography Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17686733.2019.1697847⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02470296v1</w:t>
+                <w:t xml:space="preserve">hal-02419360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposal for a protocol using an infrared microbolometer camera and wavelet analysis to study foot thermoregulation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Jourdan</w:t>
+                <w:t xml:space="preserve">Specific forward/reverse latent heat and martensite fraction measurement during superelastic deformation of nanostructured NiTi wires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrique Martinni Ramos de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ariane Sultan</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estephanie Nobre Dantas Grassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Quantitative InfraRed Thermography Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 774, pp.138928. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17686733.2019.1697847⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2020.138928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02419360v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terahertz thermometry system to measure temperature in the thickness of a solid polymer</w:t>
               </w:r>
@@ -1001,291 +1001,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01583910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of Local Thermophysical Properties and Heat of Transition from Thermal Fields Measurement During Drop Calorimetric Experiment</w:t>
+                <w:t xml:space="preserve">Superelastic cellular NiTi tube-based materials: Fabrication, experiments and modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Delobelle</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Guilherme Machado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathanael Connesson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 55 (4), pp.711-723. </w:t>
+              <w:t xml:space="preserve">Materials &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 65, pp.212-220. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11340-014-9877-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matdes.2014.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01300519v1</w:t>
+                <w:t xml:space="preserve">hal-01285370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Superelastic cellular NiTi tube-based materials: Fabrication, experiments and modeling</w:t>
+                <w:t xml:space="preserve">Determination of Local Thermophysical Properties and Heat of Transition from Thermal Fields Measurement During Drop Calorimetric Experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilherme Machado</w:t>
+                <w:t xml:space="preserve">Vincent Delobelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Alonso</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Favier</w:t>
+                <w:t xml:space="preserve">Nathanael Connesson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials &amp; Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 65, pp.212-220. </w:t>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 55 (4), pp.711-723. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matdes.2014.09.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11340-014-9877-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01285370v1</w:t>
+                <w:t xml:space="preserve">hal-01300519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical study on the effect of the paint layer used for infrared thermography on heat source estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Delobelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1473,407 +1473,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00995121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cold drawing of 316L stainless steel thin-walled tubes: experiments and finite element analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Resistance welding of NiTi shape memory alloy tubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delobelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Palengat</w:t>
+                <w:t xml:space="preserve">Patrick Delobelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Chagnon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Favier</w:t>
+                <w:t xml:space="preserve">Yehan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 70, pp.69-78. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 213, pp.1139-1145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2013.02.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2013.01.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00936527v1</w:t>
+                <w:t xml:space="preserve">hal-00835925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat Estimation from Infrared Measurement Compared to DSC for Austenite to R Phase Transformation in a NiTi Alloy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Cold drawing of 316L stainless steel thin-walled tubes: experiments and finite element analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Palengat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Chagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Linardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Engineering and Performance</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 70, pp.69-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2013.02.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11665-012-0466-y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01300481v1</w:t>
+                <w:t xml:space="preserve">hal-00936527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistance welding of NiTi shape memory alloy tubes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Heat Estimation from Infrared Measurement Compared to DSC for Austenite to R Phase Transformation in a NiTi Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Delobelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">D. Favier</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Materials Engineering and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 22 (6), pp.1688-1693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11665-012-0466-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2013.01.013⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00835925v1</w:t>
+                <w:t xml:space="preserve">hal-01300481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inelastic heat fraction estimation from two successive mechanical and thermal analyses and full-field measurements.</w:t>
               </w:r>
@@ -2014,51 +2014,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Schlosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Orgéas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2099,315 +2099,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00787054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of tension-compression asymmetry of NiTi using circular bulge testing of thin plates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Out-of-plane testing procedure for inverse identification purpose: application in sheet metal plasticity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Grolleau</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Térence Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2011.05.003⟩</w:t>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 52 (7), pp. 951-953. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-011-9555-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00757982v1</w:t>
+                <w:t xml:space="preserve">hal-00651564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Out-of-plane testing procedure for inverse identification purpose: application in sheet metal plasticity.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Vacher</w:t>
+                <w:t xml:space="preserve">Assessment of tension-compression asymmetry of NiTi using circular bulge testing of thin plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grolleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delobelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Penin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Térence Coudert</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gérard Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 52 (7), pp. 951-953. </w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 65 (4), pp.347-350. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11340-011-9555-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2011.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00651564v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00757982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat sources, energy storage and dissipation in high-strength steels: Experiments and modelling</w:t>
               </w:r>
@@ -2922,51 +2922,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental characterization of NiTi SMAs thermomechanical behaviour using temperature and strain full-field measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Schlosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3065,51 +3065,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaidre Bouabdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Térence Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Balland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3168,51 +3168,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogeneous and heterogeneous deformation mechanisms in an austenitic polycrystalline Ti-50.8 at% Ni thin tube under tension. Investigation via temperature and strain fields measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3328,51 +3328,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Schlosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Orgéas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4057,103 +4057,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Couplage de l'imagerie thermique et du chauffage par impulsion EM pour caractérisation de l'hygrométrie du bois : mise en évidence de la corrélation entre rayonnements thermiques mesurés et simulations du DAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Pénarier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Jarrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Nouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23. Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Fréjus, France</w:t>
@@ -4176,528 +4176,528 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie thermique : quels intérêts pour l’étude du pied diabétique?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermomechanical analysis of the deformation in tension of a nanocrystalline superelastic NiTi thin wire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrique Martinni Ramos de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ariane Sultan</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès National du Pied diabétique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">10th European Solid Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Bologne, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01816004v1</w:t>
+                <w:t xml:space="preserve">hal-01816031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermomechanical analysis of the deformation in tension of a nanocrystalline superelastic NiTi thin wire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Henrique Martinni Ramos de Oliveira</w:t>
+                <w:t xml:space="preserve">Thermomechanical analysis of the surface vascular system – Application to the diabetic foot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Serantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Denis Favier</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Sultan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Solid Mechanics Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14th Quantitative InfraRed Thermography Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Berlin, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21611/qirt.2018.p6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01816031v1</w:t>
+                <w:t xml:space="preserve">hal-01816018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermomechanical analysis of the surface vascular system – Application to the diabetic foot</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Jourdan</w:t>
+                <w:t xml:space="preserve">Proposition of a Terahertz thermometry system to measure temperature in the thickness of a solid polymer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyndie Poulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriam Triki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bousmaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Duhant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Quantitative InfraRed Thermography Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PhotoMechanics 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21611/qirt.2018.p6⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01816018v1</w:t>
+                <w:t xml:space="preserve">hal-01772378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition of a Terahertz thermometry system to measure temperature in the thickness of a solid polymer</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Imagerie thermique : quels intérêts pour l’étude du pied diabétique?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Serantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Sultan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PhotoMechanics 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Congrès National du Pied diabétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01772378v1</w:t>
+                <w:t xml:space="preserve">hal-01816004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internal heat sources and transformation enthalpy of a nanostructured superelastic NiTi wire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrique Martinni Ramos de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMMC15</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4798,2458 +4798,2445 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01973425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new filtering approach dedicated to heat sources computation from thermal field measurements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Pottier</w:t>
+                <w:t xml:space="preserve">An original method to estimate local thermophysical properties and latent heat from Thermal Field Measurement (TFM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delobelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Favreliere</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N. Connesson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PhotoMechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2013, Montpellier, France. pp.175-178</w:t>
+              <w:t xml:space="preserve">, May 2013, Montpellier, France. pp.149-151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00938117v1</w:t>
+                <w:t xml:space="preserve">hal-00942926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sources thermiques lors d'un essai homogène de déformation superélastique en cisaillement d'une plaque de NiTi</w:t>
+                <w:t xml:space="preserve">Caractérisation expérimentale et modélisation du comportement mécanique de matériaux architecturés en Nickel-Titane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Delobelle</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Guilherme Machado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Yves Manach</w:t>
+                <w:t xml:space="preserve">Thanh Dung Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yinong Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03441430v1</w:t>
+                <w:t xml:space="preserve">hal-03441354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation expérimentale et modélisation du comportement mécanique de matériaux architecturés en Nickel-Titane</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guilherme Machado</w:t>
+                <w:t xml:space="preserve">A new filtering approach dedicated to heat sources computation from thermal field measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thanh Dung Do</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Samper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yinong Liu</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hugues Favreliere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">PhotoMechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Montpellier, France. pp.175-178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03441354v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00938117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An original method to estimate local thermophysical properties and latent heat from Thermal Field Measurement (TFM)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Sources thermiques lors d'un essai homogène de déformation superélastique en cisaillement d'une plaque de NiTi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Delobelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Connesson</w:t>
+                <w:t xml:space="preserve">Pierre-Yves Manach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PhotoMechanics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Montpellier, France. pp.149-151</w:t>
+              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00942926v1</w:t>
+                <w:t xml:space="preserve">hal-03441430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behaviour of architectured NiTi materials in complex loading</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Experimental characterization and modeling of the mechanical behavior of architectured tube-based NiTi materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Machado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Chagnon</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yehan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIMTEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Montecatini Terme, Italy</w:t>
+              <w:t xml:space="preserve">Archimat 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00809087v1</w:t>
+                <w:t xml:space="preserve">hal-00809144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization and modeling of the mechanical behavior of architectured tube-based NiTi materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanical behaviour of architectured NiTi materials in complex loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Chagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilherme Machado</w:t>
+                <w:t xml:space="preserve">Vincent Delobelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archimat 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">CIMTEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Montecatini Terme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00809144v1</w:t>
+                <w:t xml:space="preserve">hal-00809087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation expérimentale d'estimations de sources de chaleur - Cas uniforme</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Denis Favier</w:t>
+                <w:t xml:space="preserve">Experimental estimation of the Inelastic Heat Fraction from thermomechanical observations and inverse analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+              <w:t xml:space="preserve">SEM Annual Conference &amp; Exposition on Experimental and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Mohegan Sun, United States. pp.33-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00813097v1</w:t>
+                <w:t xml:space="preserve">hal-00651578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of heat capacity and thermal conductivity of NiTi</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Use of resistance welding to join NiTi SMAs tubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Delobelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Martensitic Transformations (ICOMAT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Osaka, Japan</w:t>
+              <w:t xml:space="preserve">Archimat 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00811428v1</w:t>
+                <w:t xml:space="preserve">hal-00809256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental validation of heat source field estimations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Confirmation de l'asymétrie traction-compression du NiTi à l'aide de bulge tests circulaires sur plaques minces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grolleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Penin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photomechanics 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2011, Belgium</w:t>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00809159v1</w:t>
+                <w:t xml:space="preserve">hal-03422892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental estimation of the Inelastic Heat Fraction from thermomechanical observations and inverse analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Toussaint</w:t>
+                <w:t xml:space="preserve">A new approach to estimate heat fields during stress or temperature induced phase transformation on a NiTi SMA - Experimental validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delobelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Vacher</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEM Annual Conference &amp; Exposition on Experimental and Applied Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Mohegan Sun, United States. pp.33-37</w:t>
+              <w:t xml:space="preserve">International Conference on Shape Memory and Superelastic Technologies (SMST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Hong Kong SAR China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00651578v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of resistance welding to join NiTi SMAs tubes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Observations cinématiques et thermiques accompagnant l'effet PLC sur un alliage AlMg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Arrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archimat 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Journée Vieilissement dynamique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00809256v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00813111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confirmation de l'asymétrie traction-compression du NiTi à l'aide de bulge tests circulaires sur plaques minces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Grolleau</w:t>
+                <w:t xml:space="preserve">Determination of heat capacity and thermal conductivity of NiTi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delobelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+              <w:t xml:space="preserve">International Conference on Martensitic Transformations (ICOMAT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Osaka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03422892v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new approach to estimate heat fields during stress or temperature induced phase transformation on a NiTi SMA - Experimental validation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Experimental validation of heat source field estimations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Delobelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Shape Memory and Superelastic Technologies (SMST)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Hong Kong SAR China</w:t>
+              <w:t xml:space="preserve">Photomechanics 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00811423v1</w:t>
+                <w:t xml:space="preserve">hal-00809159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observations cinématiques et thermiques accompagnant l'effet PLC sur un alliage AlMg</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Validation expérimentale d'estimations de sources de chaleur - Cas uniforme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delobelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Robert Arrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Vieilissement dynamique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">CFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00813111v1</w:t>
+                <w:t xml:space="preserve">hal-00813097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de l’effet PLC par des techniques de mesures de champs cinématiques et thermiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Khaidre Bouabdallah</w:t>
+                <w:t xml:space="preserve">Thermomechanical modelling of cold drawing processes of small diameter tubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Palengat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Latil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Chagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
+              <w:t xml:space="preserve">7th EUROMECH - Solid Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03391454v1</w:t>
+                <w:t xml:space="preserve">hal-01875152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermomechanical modelling of cold drawing processes of small diameter tubes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Denis Favier</w:t>
+                <w:t xml:space="preserve">Mesures de champs cinématiques et essais hétérogènes pour l'identification inverse de paramètres matériaux plastiques anisotropes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th EUROMECH - Solid Mechanics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Séminaire FédéRAMS / MACODEV "Mesure de champs"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Sévrier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01875152v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00653700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures de champs cinématiques et essais hétérogènes pour l'identification inverse de paramètres matériaux plastiques anisotropes</w:t>
+                <w:t xml:space="preserve">Identification inverse de paramètres thermos-plastiques à partir de mesures de champs cinématique et thermique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vacher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire FédéRAMS / MACODEV "Mesure de champs"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Sévrier, France</w:t>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00653700v1</w:t>
+                <w:t xml:space="preserve">hal-03391480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification inverse de paramètres thermos-plastiques à partir de mesures de champs cinématique et thermique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Toussaint</w:t>
+                <w:t xml:space="preserve">Caractérisation de l’effet PLC par des techniques de mesures de champs cinématiques et thermiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaidre Bouabdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Balland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03391480v1</w:t>
+                <w:t xml:space="preserve">hal-03391454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of NiTi SMAs thermomechanical behaviour using temperature and strain full-field measurements</w:t>
+                <w:t xml:space="preserve">Is the tensile test relevant to characterize NiTi shape memory alloy behaviour?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Schlosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Orgéas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yehan Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3st Int. Conf. Smart Materials structure systems (CIMTEC 2008), Invited speaker</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, France</w:t>
+              <w:t xml:space="preserve">Int. Conference for Shape Memory and Superelastic Technologies (SMST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Stresa, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00344254v1</w:t>
+                <w:t xml:space="preserve">hal-00344267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature full-field measurement and heat sources estimation during superelastic tests of NiTi samples</w:t>
+                <w:t xml:space="preserve">Experimental characterization of NiTi SMAs thermomechanical behaviour using temperature and strain full-field measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Schlosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Orgéas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Int. Conference for Shape Memory and Superelastic Technologies (SMST)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Stresa, Italy</w:t>
+              <w:t xml:space="preserve">3st Int. Conf. Smart Materials structure systems (CIMTEC 2008), Invited speaker</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00344275v1</w:t>
+                <w:t xml:space="preserve">hal-00344254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is the tensile test relevant to characterize NiTi shape memory alloy behaviour?</w:t>
+                <w:t xml:space="preserve">Temperature full-field measurement and heat sources estimation during superelastic tests of NiTi samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Schlosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Orgéas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yehan Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Int. Conference for Shape Memory and Superelastic Technologies (SMST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Stresa, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00344267v1</w:t>
+                <w:t xml:space="preserve">hal-00344275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strain and thermal Heterogeneities analyse during superelastic deformation of polycrystalline NiTi tube</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Denis Favier</w:t>
+                <w:t xml:space="preserve">A fundamental model of aluminium single crystal behaviour with the physical description of kinematic work-hardening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afaf Saai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Déprés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tabourot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Comte-Gaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME Applied Mechanics and Materials Conference (McMat 2007)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Austin, United States</w:t>
+              <w:t xml:space="preserve">International Symposium held to coincide with the retirement of Professor John Humphreys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00344270v1</w:t>
+                <w:t xml:space="preserve">hal-00239283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical mechanisms of the deformation of a polycrystalline Ni-Ti thin tube under tension studied through full-field measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7277,726 +7264,739 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">McMat 2007, ASME Applied Mechanics and Materials Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00344241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fundamental model of aluminium single crystal behaviour with the physical description of kinematic work-hardening</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kinematical and thermal fields observations associated with the Portevin Le Châtelier effect on an Al-Mg alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Bouabdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Balland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium held to coincide with the retirement of Professor John Humphreys</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME Applied Mechanics and Materials Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Austin, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-008-9125-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00239283v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00343943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematical and thermal fields observations associated with the Portevin Le Châtelier effect on an Al-Mg alloy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental and numerical study of the thermomechanical behavior of a stamping operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Balland</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Arrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME Applied Mechanics and Materials Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Numiform07</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Porto, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00343943v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00344092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical study of the thermomechanical behavior of a stamping operation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Strain and thermal Heterogeneities analyse during superelastic deformation of polycrystalline NiTi tube</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Schlosser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Orgéas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Ledoux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Robert Arrieux</w:t>
+                <w:t xml:space="preserve">P. Comte-Gaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numiform07</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">ASME Applied Mechanics and Materials Conference (McMat 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00344092v1</w:t>
+                <w:t xml:space="preserve">hal-00344270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle physique de comportement micromécanique d'un monocristal CFC</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Tabourot</w:t>
+                <w:t xml:space="preserve">Caractérisation du comportement thermomécanique du titane à partir de mesures de champs cinématiques et thermiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approches multi-échelles en mécanique des matériaux Colloque National MECAMAT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2006, Aussois, France</w:t>
+              <w:t xml:space="preserve">6ème journée technique Cetim : "Innovez dans les implants orthopédiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00239281v1</w:t>
+                <w:t xml:space="preserve">hal-00653701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle physique de comportement micromécanique d'un monocristal CFC - Prise en compte de l'écrouissage cinématique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Afaf As Saai</w:t>
+                <w:t xml:space="preserve">Modèle physique de comportement micromécanique d'un monocristal CFC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afaf Saai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Déprés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tabourot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasticité 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Sevrier, France</w:t>
+              <w:t xml:space="preserve">Approches multi-échelles en mécanique des matériaux Colloque National MECAMAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2006, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00239267v1</w:t>
+                <w:t xml:space="preserve">hal-00239281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation du comportement thermomécanique du titane à partir de mesures de champs cinématiques et thermiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Toussaint</w:t>
+                <w:t xml:space="preserve">Modèle physique de comportement micromécanique d'un monocristal CFC - Prise en compte de l'écrouissage cinématique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afaf As Saai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Déprés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tabourot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Vacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème journée technique Cetim : "Innovez dans les implants orthopédiques"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, Saint Etienne, France</w:t>
+              <w:t xml:space="preserve">Plasticité 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Sevrier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00653701v1</w:t>
+                <w:t xml:space="preserve">hal-00239267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling kinematic hardening for dislocation based plasticity models</w:t>
               </w:r>
@@ -8419,252 +8419,252 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodes directes d'estimations de sources et validations numériques et expérimentale</w:t>
+                <w:t xml:space="preserve">Quelques exemples d'apport des mesures de champs thermomécaniques dans l'étude du comportement des matériaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00813105v1</w:t>
+                <w:t xml:space="preserve">hal-00813099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation de sources de chaleur dans des cas 2D : méthodologie et exemples de validations</w:t>
+                <w:t xml:space="preserve">Méthodes directes d'estimations de sources et validations numériques et expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Wattrisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Delobelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00813103v1</w:t>
+                <w:t xml:space="preserve">hal-00813105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelques exemples d'apport des mesures de champs thermomécaniques dans l'étude du comportement des matériaux</w:t>
+                <w:t xml:space="preserve">Estimation de sources de chaleur dans des cas 2D : méthodologie et exemples de validations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Louche</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delobelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00813099v1</w:t>
+                <w:t xml:space="preserve">hal-00813103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche thermomécanique et caractérisation du comportement des matériaux</w:t>
               </w:r>
@@ -9098,51 +9098,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191802v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jourdan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Malachanne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Boukhriss" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Louche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Reynaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16247" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445925v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick P&#233;narier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Clair" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nouvel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coillot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2024.109896" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723254v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A.De Albuquerque" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F. De Oliveira" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. C. A. Brito" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jajp.2024.100233" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293842v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Serantoni" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Avignon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Sultan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2023.103729" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470296v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Martinni Ramos de Oliveira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estephanie Nobre Dantas Grassi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Favier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2020.138928" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419360v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17686733.2019.1697847" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583910v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyndie Poulin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriam Triki" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bousmaki" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duhant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17686733.2017.1362791" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300519v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delobelle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Connesson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-014-9877-z" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285370v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Machado" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Alonso" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2014.09.007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280470v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Favier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17686733.2014.971618" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995121v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pottier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Samper" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Favreli&#283;re" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Toussaint" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2014.04.010" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936527v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Palengat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chagnon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Linardon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2013.02.003" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300481v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11665-012-0466-y" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835925v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Delobelle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehan Liu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Favier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2013.01.013" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5R59JXC5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756829v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vacher" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2012.09.002" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C08L3JM1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787054v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Schlosser" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Org&#233;as" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-012-9607-3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757982v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grolleau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Penin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Rio" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2011.05.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KX6WNDS7-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651564v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Coudert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-011-9555-3" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C722NJS7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453915v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dumoulin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.S. Hopperstad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Borvik" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2009.11.005" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q4T45DL3-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453914v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afaf As Saai" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tabourot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Chang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2009.11.011" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NB36BNBZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573075v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Piette-Coudol" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arrieux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Issartel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2008.09.007" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X8FNLMGC-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336735v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Piette-Coudol" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Arrieux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336736v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/3-908158-16-8.140" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336738v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaidre Bouabdallah" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Balland" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-008-9125-5" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QT9ZC249-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336739v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2007.05.027" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180898v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-1305.2007.00350.x" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CDC52B7A8CE9B02D388EDFD74437BCF69288BEEE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177775v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afaf Saai" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe D&#233;pr&#233;s" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257790v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2005.05.058" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BLJDJ62K-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179268v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350121v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chrysochoos" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-5093(00)01975-4" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1PBZ9P4K-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349516v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0020-7225(00)00002-1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/43A9B5FE5F740AF6E36959EB035A11BEAC8DD453/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349314v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796855v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jarrix" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01816004v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01816031v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01816018v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21611/qirt.2018.p6" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772378v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772389v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973425v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Wattrisse" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938117v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Favreliere" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441430v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Manach" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441354v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Dung Do" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinong Liu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942926v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Connesson" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809087v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809144v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813097v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811428v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809159v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651578v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809256v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422892v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Penin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811423v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813111v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391454v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875152v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Latil" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653700v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391480v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344254v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344275v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344267v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344270v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Comte-Gaz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344241v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00239283v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343943v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bouabdallah" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Coudert" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Balland" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344092v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ledoux" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00239281v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00239267v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653701v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651677v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fivel Marc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204671v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bardet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bantignies" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barnaud" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Bentaleb" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830806v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bichet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Costalat" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813105v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813103v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813099v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813107v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813114v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00259398v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191802v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jourdan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Malachanne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Boukhriss" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Louche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Reynaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16247" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723254v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A.De Albuquerque" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F. De Oliveira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. C. A. Brito" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jajp.2024.100233" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445925v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick P&#233;narier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Clair" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nouvel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coillot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2024.109896" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293842v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Serantoni" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Avignon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Sultan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2023.103729" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419360v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17686733.2019.1697847" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470296v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Martinni Ramos de Oliveira" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estephanie Nobre Dantas Grassi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Favier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2020.138928" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583910v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyndie Poulin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriam Triki" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bousmaki" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duhant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17686733.2017.1362791" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285370v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Machado" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Alonso" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2014.09.007" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300519v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delobelle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Connesson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-014-9877-z" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280470v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Favier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17686733.2014.971618" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995121v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pottier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Samper" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Favreli&#283;re" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Toussaint" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2014.04.010" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835925v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Delobelle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehan Liu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Favier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2013.01.013" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5R59JXC5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936527v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Palengat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chagnon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Linardon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2013.02.003" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300481v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11665-012-0466-y" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756829v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vacher" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2012.09.002" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C08L3JM1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787054v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Schlosser" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Org&#233;as" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-012-9607-3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651564v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Coudert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-011-9555-3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C722NJS7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757982v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grolleau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Penin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Rio" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2011.05.003" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KX6WNDS7-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453915v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dumoulin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.S. Hopperstad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Borvik" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2009.11.005" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q4T45DL3-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453914v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afaf As Saai" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tabourot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Chang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2009.11.011" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NB36BNBZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573075v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Piette-Coudol" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arrieux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Issartel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2008.09.007" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X8FNLMGC-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336735v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Piette-Coudol" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Arrieux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336736v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/3-908158-16-8.140" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336738v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaidre Bouabdallah" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Balland" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-008-9125-5" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QT9ZC249-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336739v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2007.05.027" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180898v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-1305.2007.00350.x" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CDC52B7A8CE9B02D388EDFD74437BCF69288BEEE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00177775v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afaf Saai" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe D&#233;pr&#233;s" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257790v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2005.05.058" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BLJDJ62K-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179268v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350121v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chrysochoos" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-5093(00)01975-4" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1PBZ9P4K-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349516v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0020-7225(00)00002-1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/43A9B5FE5F740AF6E36959EB035A11BEAC8DD453/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349314v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796855v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jarrix" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01816031v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01816018v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21611/qirt.2018.p6" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772378v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01816004v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772389v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973425v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Wattrisse" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942926v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Connesson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441354v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Dung Do" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinong Liu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938117v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Favreliere" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441430v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Manach" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809144v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809087v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651578v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809256v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422892v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Penin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811423v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813111v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811428v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809159v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813097v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875152v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Latil" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653700v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391480v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391454v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344267v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344254v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344275v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00239283v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344241v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343943v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bouabdallah" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Coudert" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Balland" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344092v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ledoux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344270v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Comte-Gaz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653701v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00239281v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00239267v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651677v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fivel Marc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204671v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bardet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bantignies" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barnaud" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Bentaleb" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830806v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bichet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Costalat" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813099v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813105v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813103v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813107v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813114v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00259398v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>