--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Hervé Mayer </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Black Bodies / White Spaces: the Horrors of White Supremacy in Get Out (2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture Wars and Horror Movies: Social Fears and Ideology in post-2010 Horror Cinema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, In press, 978-3-031-53835-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debating the war on terror in entertainment cinema: the politics of spectacle in Batman v. Superman: Dawn of Justice (Zack Snyder, 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">That's Entertainment: Spectacle, Amusement and Leisure Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mimesis International, pp.320, In press, 978-8869771798</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Africanisms and the Western Worldview: The Cosmopolitics of Marvel's Black Panther</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cosmopolitan Aspirations in Contemporary Cinema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2024, 9781032794983</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04932004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Power of Playing with Genre: The Western Gothic Melodrama in Jane Campion’s The Power of the Dog (Netflix, 2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Critical Companion to Jane Campion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Critical Companion to Popular Directors</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE WESTERN OU LA SOUVERAINETÉ ÉTATSUNIENNE EN QUESTION DANS LE CHAMP CULTUREL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces de souveraineté dans les Amériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DECENTERING THE NATIONAL IN HOLLYWOOD: TRANSNATIONAL STORYTELLING IN THE MEXICO WESTERN VERA CRUZ (ROBERT ALDRICH, 1954)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Indiana University Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transnationalism and Imperialism:Endurance of the Global Western Film</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.318, 2022, 9780253060747</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changer l’histoire pour sauver le mythe : le récit de captivité dans Rambo II et Black Hawk Down</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Paris Nanterre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vérités et mensonges dans le cinéma et les séries hollywoodiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2-84016-479-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04409503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The West/ern and Frontier Mythology in No Country for Old Men</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">No Country for Old Men (Cormac McCarthy, Ethan et Joel Coen)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.256, 2021, Agrégation Anglais, 9782340054776</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transnationalisme, révisionnisme, historiographie : les nouveaux horizons du western</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Loup Bourget; Anne-Marie Paquet-Deyris; Françoise Zamour. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire, légende, imaginaire : nouvelles études sur le western</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Rue d'Ulm, pp.29-40, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transnationalisme, révisionnisme, historiographie : les nouveaux horizons du western.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Rue d'Ulm. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire, légende, imaginaire : nouvelles études sur le western</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2018, 978-2-7288-2781-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04409541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Frontière : crise et critique d'un territoire national</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TERRITOIRES DU CINÉMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2017, 978-2-343-12370-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Transnationalism and Imperialism: Endurance of the Global Western Film.” Indiana University Press, 2022.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hervé Mayer and David Roche. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indiana University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03539933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerre sauvage & empire de la liberté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires Blaise Pascal, Clermont-Ferrand. , pp.324, 2021, Graphème, 978-2-84516-962-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anglais en khâgnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atlande, 702 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anglais en licence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mayer Hervé; Beaufils Cécile; Coudert Pierre-Yves; Jones Robert; Thalmart Léa. Atlande, 702 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction/déconstruction de l'altérité dans le monde anglophone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Fleming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Loison-Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fleming, Fiona and Loison-Charles, Julie and Mayer, Hervé. Presses universitaires de Paris Nanterre, 2017, 978-2-84016-264-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01640675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction/déconstruction de l'altérité dans le monde anglophone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Fleming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Loison-Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Paris Nanterre, 254 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03051254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction de l'Ouest américain dans le cinéma hollywoodien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atlande, 285 p., 2017, Charles Giry-Deloison, 978-2-35030-456-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction de l'Ouest américain dans le cinéma hollywoodien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.288, 2017, Clefs concours - Anglais Civilisation, Charles Giry-Deloison, 9782350304564</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anglais: Khâgnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mayer, Hervé. Atlande, 2012, 978-2-35030-225-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01639983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anglais, Khâgnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Beaufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Coudert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Thalmard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atlande, 672 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourrir les hommes : un dictionnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bazile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard de Bélizal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Berland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Atlande, 765 p., 2009, Références (Educagri), 9782350300856</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disney’s Star Wars: Forces of Production, Promotion, and Reception.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caliban : French journal of English studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020 (63), pp.341-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04409568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disney’s Star Wars: Forces of Production, Promotion, and Reception. William Proctor and Richard McCulloch (eds.). Iowa City: University of Iowa Press, 2019, 396 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caliban : French journal of English studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 63, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/caliban.8195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04354188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neo Frontier Cinema: Rewriting the Frontier Narrative from the Margins in Meek’s Cutoff (Kelly Reichardt, 2010), Songs My Brother Taught Me (Chloe Zhao, 2015) and The Rider (Chloe Zhao, 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/miranda.16672⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The South between Two Frontiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue LISA / LISA e-journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (1), s.p. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lisa.9409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02880336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The South between Two Frontiers: Confederate Cowboys and Savage Rednecks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue LISA / LISA e-journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, XVI (1), </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lisa.9409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The “Ever-growing Ogre”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Film Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3, s.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Ever-Growing Ogre': The Railroad vs. Progress in Henry King's Jesse James</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Film Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Railway and Locomotive Language in Film (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01640333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu : Jason Jacobs, Deadwood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Studies in Television</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (2), pp.129-151. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7227/CST.10.2.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de séminaire : To Be or Not to Be an Empire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, s.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To Be or Not to Be an Empire&amp;quot;. Compte Rendu de l'intervention de Frédéric Leriche Pour Le Groupe de Recherche Politiques Américaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01640035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do Pictures Do? (In)visibilizing the Subaltern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Arrivé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Labarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héléna Lamouliatte-Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Michlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InMedia : the French Journal of Media and Media Representations in the English-Speaking World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8.2., https://journals.openedition.org/inmedia/2369, 2020, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/inmedia.2369⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04399880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Retour à la Frontière dans le cinéma post-apocalyptique : La voie de la félicité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50e congrès de l'Association Française d'Études Américaines "La recherche du bonheur", Université de Strasbourg, Strasbourg, 6-9 juin 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debating the War on Terror in Enternaiment Cinema: the Politics of Spectacle in Batman v. Superman: Dawn of Justice (2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23e congrès de la Société d'Études et de Recherches sur le Cinéma Anglophone, "That’s Entertainment! Spectacle, Amusement, Audience and the Culture of Recreation in the Audiovisual Contexts of English-Speaking Countries" Université de Bologne, Bologne, 7-9 septembre 2017.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Bologne, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘A Crisis of Public Myth’? : Continuity of the Frontier Myth in 1970s U.S. Cinema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de la American Studies Association, Home/Not Home: Centering American Studies Where We Are, Hyatt Regency, Denver (États-Unis), 17-20 novembre 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Them as Us: Redemption of the Frontier Myth in Post-Vietnam Cinema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de la American Studies Association, "The Reproduction of Misery and the Ways of Resistance", Toronto (Canada), 8-11 octobre 2015.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Frontière : cartographie d'un territoire imaginaire dans le cinéma américain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « La Carte et le territoire », École Normale Supérieure Rue d'Ulm, 28 avril 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘To Hell and Back’: Frontier Crossings and American Regeneration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54e congrès de la SAES, Traversées/Crossings, Université de Caen, 16-18 mai 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Frontière : crise et critique d'un territoire national dans le cinéma américain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "Les territoires du cinéma", Université d'Angers, Angers, 21-24 janvier 2014.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Angers, France. pp.225-240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The South between two Frontiers: Confederate Cowboys and Savage Rednecks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international, "When the Western Meets the Southern", Université Versailles St Quentin-en-Yvelines, Versailles, 19-20 avril 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Dieu de la wilderness dans le cinéma américain de la Frontière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45e congrès de l'Association Française d'Études Américaines, "Religion et Spiritualité", Université d'Angers, Angers, 22-25 mai 2013.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La CFrontière dans le cinéma muet : émergence d'un mythe national</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire d'ouverture du groupe de recherche Cinéma Classique Hollywoodien (CICLAHO), Université Paris Ouest Nanterre La Défense, 7 décembre 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId75"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Hervé Mayer </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE WESTERN OU LA SOUVERAINETÉ ÉTATSUNIENNE EN QUESTION DANS LE CHAMP CULTUREL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces de souveraineté dans les Amériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Power of Playing with Genre: The Western Gothic Melodrama in Jane Campion’s The Power of the Dog (Netflix, 2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Critical Companion to Jane Campion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Critical Companion to Popular Directors</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debating the war on terror in entertainment cinema: the politics of spectacle in Batman v. Superman: Dawn of Justice (Zack Snyder, 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">That's Entertainment: Spectacle, Amusement and Leisure Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mimesis International, pp.320, In press, 978-8869771798</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Black Bodies / White Spaces: the Horrors of White Supremacy in Get Out (2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture Wars and Horror Movies: Social Fears and Ideology in post-2010 Horror Cinema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, In press, 978-3-031-53835-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Africanisms and the Western Worldview: The Cosmopolitics of Marvel's Black Panther</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cosmopolitan Aspirations in Contemporary Cinema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2024, 9781032794983</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04932004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DECENTERING THE NATIONAL IN HOLLYWOOD: TRANSNATIONAL STORYTELLING IN THE MEXICO WESTERN VERA CRUZ (ROBERT ALDRICH, 1954)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Indiana University Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transnationalism and Imperialism:Endurance of the Global Western Film</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.318, 2022, 9780253060747</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The West/ern and Frontier Mythology in No Country for Old Men</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">No Country for Old Men (Cormac McCarthy, Ethan et Joel Coen)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.256, 2021, Agrégation Anglais, 9782340054776</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changer l’histoire pour sauver le mythe : le récit de captivité dans Rambo II et Black Hawk Down</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Paris Nanterre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vérités et mensonges dans le cinéma et les séries hollywoodiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2-84016-479-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04409503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transnationalisme, révisionnisme, historiographie : les nouveaux horizons du western</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Loup Bourget; Anne-Marie Paquet-Deyris; Françoise Zamour. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire, légende, imaginaire : nouvelles études sur le western</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Rue d'Ulm, pp.29-40, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transnationalisme, révisionnisme, historiographie : les nouveaux horizons du western.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Rue d'Ulm. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire, légende, imaginaire : nouvelles études sur le western</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2018, 978-2-7288-2781-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04409541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Frontière : crise et critique d'un territoire national</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TERRITOIRES DU CINÉMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2017, 978-2-343-12370-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Transnationalism and Imperialism: Endurance of the Global Western Film.” Indiana University Press, 2022.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hervé Mayer and David Roche. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indiana University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03539933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerre sauvage & empire de la liberté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires Blaise Pascal, Clermont-Ferrand. , pp.324, 2021, Graphème, 978-2-84516-962-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anglais en khâgnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atlande, 702 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anglais en licence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mayer Hervé; Beaufils Cécile; Coudert Pierre-Yves; Jones Robert; Thalmart Léa. Atlande, 702 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction/déconstruction de l'altérité dans le monde anglophone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Fleming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Loison-Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fleming, Fiona and Loison-Charles, Julie and Mayer, Hervé. Presses universitaires de Paris Nanterre, 2017, 978-2-84016-264-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01640675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction/déconstruction de l'altérité dans le monde anglophone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Fleming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Loison-Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Paris Nanterre, 254 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03051254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction de l'Ouest américain dans le cinéma hollywoodien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atlande, 285 p., 2017, Charles Giry-Deloison, 978-2-35030-456-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction de l'Ouest américain dans le cinéma hollywoodien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.288, 2017, Clefs concours - Anglais Civilisation, Charles Giry-Deloison, 9782350304564</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anglais: Khâgnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mayer, Hervé. Atlande, 2012, 978-2-35030-225-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01639983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anglais, Khâgnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Beaufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Coudert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Thalmard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atlande, 672 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourrir les hommes : un dictionnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bazile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard de Bélizal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Berland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Atlande, 765 p., 2009, Références (Educagri), 9782350300856</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disney’s Star Wars: Forces of Production, Promotion, and Reception.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caliban : French journal of English studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020 (63), pp.341-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04409568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disney’s Star Wars: Forces of Production, Promotion, and Reception. William Proctor and Richard McCulloch (eds.). Iowa City: University of Iowa Press, 2019, 396 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caliban : French journal of English studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 63, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/caliban.8195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04354188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neo Frontier Cinema: Rewriting the Frontier Narrative from the Margins in Meek’s Cutoff (Kelly Reichardt, 2010), Songs My Brother Taught Me (Chloe Zhao, 2015) and The Rider (Chloe Zhao, 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/miranda.16672⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The South between Two Frontiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue LISA / LISA e-journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (1), s.p. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lisa.9409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02880336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The South between Two Frontiers: Confederate Cowboys and Savage Rednecks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue LISA / LISA e-journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, XVI (1), </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lisa.9409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Ever-Growing Ogre': The Railroad vs. Progress in Henry King's Jesse James</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Film Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Railway and Locomotive Language in Film (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01640333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The “Ever-growing Ogre”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Film Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3, s.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu : Jason Jacobs, Deadwood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Studies in Television</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (2), pp.129-151. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7227/CST.10.2.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de séminaire : To Be or Not to Be an Empire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, s.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To Be or Not to Be an Empire&amp;quot;. Compte Rendu de l'intervention de Frédéric Leriche Pour Le Groupe de Recherche Politiques Américaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01640035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do Pictures Do? (In)visibilizing the Subaltern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Arrivé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Labarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héléna Lamouliatte-Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Michlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InMedia : the French Journal of Media and Media Representations in the English-Speaking World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8.2., https://journals.openedition.org/inmedia/2369, 2020, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/inmedia.2369⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04399880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Retour à la Frontière dans le cinéma post-apocalyptique : La voie de la félicité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50e congrès de l'Association Française d'Études Américaines "La recherche du bonheur", Université de Strasbourg, Strasbourg, 6-9 juin 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debating the War on Terror in Enternaiment Cinema: the Politics of Spectacle in Batman v. Superman: Dawn of Justice (2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23e congrès de la Société d'Études et de Recherches sur le Cinéma Anglophone, "That’s Entertainment! Spectacle, Amusement, Audience and the Culture of Recreation in the Audiovisual Contexts of English-Speaking Countries" Université de Bologne, Bologne, 7-9 septembre 2017.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Bologne, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘A Crisis of Public Myth’? : Continuity of the Frontier Myth in 1970s U.S. Cinema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de la American Studies Association, Home/Not Home: Centering American Studies Where We Are, Hyatt Regency, Denver (États-Unis), 17-20 novembre 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Them as Us: Redemption of the Frontier Myth in Post-Vietnam Cinema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de la American Studies Association, "The Reproduction of Misery and the Ways of Resistance", Toronto (Canada), 8-11 octobre 2015.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Frontière : cartographie d'un territoire imaginaire dans le cinéma américain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « La Carte et le territoire », École Normale Supérieure Rue d'Ulm, 28 avril 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘To Hell and Back’: Frontier Crossings and American Regeneration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54e congrès de la SAES, Traversées/Crossings, Université de Caen, 16-18 mai 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Frontière : crise et critique d'un territoire national dans le cinéma américain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "Les territoires du cinéma", Université d'Angers, Angers, 21-24 janvier 2014.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Angers, France. pp.225-240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Dieu de la wilderness dans le cinéma américain de la Frontière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45e congrès de l'Association Française d'Études Américaines, "Religion et Spiritualité", Université d'Angers, Angers, 22-25 mai 2013.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03073203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The South between two Frontiers: Confederate Cowboys and Savage Rednecks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international, "When the Western Meets the Southern", Université Versailles St Quentin-en-Yvelines, Versailles, 19-20 avril 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La CFrontière dans le cinéma muet : émergence d'un mythe national</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire d'ouverture du groupe de recherche Cinéma Classique Hollywoodien (CICLAHO), Université Paris Ouest Nanterre La Défense, 7 décembre 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId75"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412810v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mayer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412891v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932004v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412848v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412834v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412502v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04409503v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412340v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/13693-agregation-anglais-2022-litterature-1-9782340054776.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057647v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04409541v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412281v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539933v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iupress.org/9780253060747/transnationalism-and-imperialism/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03129233v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054531v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054532v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640675v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Fleming" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Loison-Charles" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051254v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050468v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412470v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/anglais-civilisation/554-la-construction-de-l-ouest-americain-dans-le-cinema-hollywoodien-9782350304564.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639983v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054518v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Beaufils" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Jones" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Coudert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Thalmard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824915v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alary" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bazile" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard de B&#233;lizal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berland" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Besson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04409568v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04354188v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.8195" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03129199v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.16672" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880336v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lisa.9409" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03129210v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067589v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640333v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077694v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7227/CST.10.2.10" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077696v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640035v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399880v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Arriv&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Labarre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#233;na Lamouliatte-Schmitt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Michlin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/inmedia.2369" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073197v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073196v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073198v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073200v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075134v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073202v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069751v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879471v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073203v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075133v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412834v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mayer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412848v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412891v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412810v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932004v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412502v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412340v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/13693-agregation-anglais-2022-litterature-1-9782340054776.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04409503v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057647v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04409541v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412281v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539933v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iupress.org/9780253060747/transnationalism-and-imperialism/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03129233v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054531v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054532v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640675v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Fleming" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Loison-Charles" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051254v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050468v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04412470v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/anglais-civilisation/554-la-construction-de-l-ouest-americain-dans-le-cinema-hollywoodien-9782350304564.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01639983v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054518v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Beaufils" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Jones" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Coudert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Thalmard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824915v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alary" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bazile" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard de B&#233;lizal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berland" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Besson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04409568v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04354188v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.8195" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03129199v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.16672" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880336v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lisa.9409" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03129210v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640333v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067589v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077694v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7227/CST.10.2.10" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077696v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640035v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399880v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Arriv&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Labarre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#233;na Lamouliatte-Schmitt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Michlin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/inmedia.2369" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073197v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073196v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073198v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073200v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075134v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073202v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069751v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073203v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879471v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075133v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>