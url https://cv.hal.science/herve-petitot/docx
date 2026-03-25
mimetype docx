--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -497,316 +497,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03227717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La tombe dite &amp;quot;des amoureux de Mayran&amp;quot;, une sépulture double à Saint-Victor-la-Coste (Gard)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DES VIVANTS ET DES MORTS DANS LE NÉOLITHIQUE FINAL LANGUEDOCIEN : L’OCCUPATION FONTBUXIENNE DE BEAUVERT À CONNAUX (GARD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Georjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Blaizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Remicourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rhodanie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 151, pp.2-14</w:t>
+              <w:t xml:space="preserve">Préhistoire du Sud-Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (27), pp.143 -199</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03659652v1</w:t>
+                <w:t xml:space="preserve">hal-03659483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DES VIVANTS ET DES MORTS DANS LE NÉOLITHIQUE FINAL LANGUEDOCIEN : L’OCCUPATION FONTBUXIENNE DE BEAUVERT À CONNAUX (GARD)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Blaizot</w:t>
+                <w:t xml:space="preserve">La tombe dite &amp;quot;des amoureux de Mayran&amp;quot;, une sépulture double à Saint-Victor-la-Coste (GARD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vianney Forest</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">André Raux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Préhistoire du Sud-Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 2 (27), pp.143 -199</w:t>
+              <w:t xml:space="preserve">Rhodanie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 151, pp.2-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03659483v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02357827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La tombe dite &amp;quot;des amoureux de Mayran&amp;quot;, une sépulture double à Saint-Victor-la-Coste (GARD)</w:t>
+                <w:t xml:space="preserve">La tombe dite &amp;quot;des amoureux de Mayran&amp;quot;, une sépulture double à Saint-Victor-la-Coste (Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Raux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rhodanie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 151, pp.2-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02357827v1</w:t>
+                <w:t xml:space="preserve">hal-03659652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dalle funéraire de Jourdain de Brès à Roquemaure (Gard), interprétation des motifs et analyse d'un costume militaire</w:t>
               </w:r>
@@ -900,51 +900,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles marques sur amphores gauloises découvertes dans la vallée de la Tave (Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Raux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rhodanie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 142, pp.2-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1045,217 +1045,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02269219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un exemple d'adduction d'eau domaniale en Haut Gard rhodanien : l'aqueduc privé de la villa de Mayran</w:t>
+                <w:t xml:space="preserve">un exemple d'adduction d'eau domaniale en haut Gard rhodanien : l'aqueduc privé de la villa de Mayran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Buffat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, L'accès à l'eau, 32, pp.34-39</w:t>
+              <w:t xml:space="preserve">Rhodanie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 118, pp.5-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02268996v1</w:t>
+                <w:t xml:space="preserve">hal-02269230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">un exemple d'adduction d'eau domaniale en haut Gard rhodanien : l'aqueduc privé de la villa de Mayran</w:t>
+                <w:t xml:space="preserve">Un exemple d'adduction d'eau domaniale en Haut Gard rhodanien : l'aqueduc privé de la villa de Mayran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Buffat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rhodanie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 118, pp.5-16</w:t>
+              <w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, L'accès à l'eau, 32, pp.34-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02269230v1</w:t>
+                <w:t xml:space="preserve">hal-02268996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des vestiges d’occupation du Néolithique et de l’âge du Bronze au lieu-dit « grange-Blanche » à Tresques (Gard)</w:t>
               </w:r>
@@ -1267,64 +1267,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Pancin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rhodanie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 120, pp.2-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1343,256 +1343,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02269189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Découverte d’une sépulture en coffre à Narbonne (Aude).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Archaeobotany, vine growing and wine producing in Roman Southern France:the site of Gasquinoy (Béziers, Hérault)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Figueiral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Buffat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Briois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Cabrol</w:t>
+                <w:t xml:space="preserve">J. F. Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monographies d'archéologie méditerranéenne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 4 e Millénaire. La transition du Néolithique moyen au Néolithique final dans le sud-est de la France et les régions voisines, 27, pp.141-147</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 37, pp.139-149</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02267874v1</w:t>
+                <w:t xml:space="preserve">hal-02268935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archaeobotany, vine growing and wine producing in Roman Southern France:the site of Gasquinoy (Béziers, Hérault)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabel Figueiral</w:t>
+                <w:t xml:space="preserve">Découverte d’une sépulture en coffre à Narbonne (Aude).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Petitot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Arnaud De Labriffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Bouby</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hervé Petitot</w:t>
+                <w:t xml:space="preserve">François Briois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. F. Terral</w:t>
+                <w:t xml:space="preserve">Patrick Cabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 37, pp.139-149</w:t>
+              <w:t xml:space="preserve">Monographies d'archéologie méditerranéenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4 e Millénaire. La transition du Néolithique moyen au Néolithique final dans le sud-est de la France et les régions voisines, 27, pp.141-147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02268935v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02267874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les réseaux viaires antiques d’après les données issues de prospections pédestres, la basse vallée de la Tave</w:t>
               </w:r>
@@ -2109,51 +2109,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte sépulcrale de La Parra, sur la commune de Roquemaure (Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Raux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monographies d'archéologie méditerranéenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, La préhistoire, 8, pp.255-260</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2191,51 +2191,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un chemin de l'Age du Bronze en bordure de zone sur la commune de Roquemaure (Gard),</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Raux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monographies d'archéologie méditerranéenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, La protohistoire, 9, pp.583-588</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2463,198 +2463,198 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les recherches archéologiques réalisées sur le tracé du TGV Méditerranée de Roquemaure aux Angles. Méthodes et résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Noret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Monnet - Bazile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rhodanie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1999, 69</w:t>
+              <w:t xml:space="preserve">, 1999, 71, pp.2-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02268913v1</w:t>
+                <w:t xml:space="preserve">hal-02268909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les recherches archéologiques réalisées sur le tracé du TGV Méditerranée de Roquemaure aux Angles. Méthodes et résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Raux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Catherine Monnet - Bazile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rhodanie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1999, 71, pp.2-18</w:t>
+              <w:t xml:space="preserve">, 1999, 69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02268909v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02268913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un exemple d'occupation dans la plaine charentaise (fin de l'âge du Fer et Moyen Âge)</w:t>
               </w:r>
@@ -2778,51 +2778,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les recherches archéologiques réalisées sur le tracé du TGV Méditerranée de Roquemaure aux Angles. Méthodes et résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Raux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rhodanie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 68, pp.3-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3372,191 +3372,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02268898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nîmes. Mas Carbonnel</w:t>
+                <w:t xml:space="preserve">Fouille de deux sépultures gallo-romaines sur la commune de Saint-Pons-la-Calm (Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Vidal</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-José Rubira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilan scientifique régional Languedoc-Roussillon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, année 1992, p.61</w:t>
+              <w:t xml:space="preserve">Rhodanie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 47, pp.29-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04123594v1</w:t>
+                <w:t xml:space="preserve">hal-02268901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouille de deux sépultures gallo-romaines sur la commune de Saint-Pons-la-Calm (Gard)</w:t>
+                <w:t xml:space="preserve">Nîmes. Mas Carbonnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-José Rubira</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rhodanie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, 47, pp.29-40</w:t>
+              <w:t xml:space="preserve">Bilan scientifique régional Languedoc-Roussillon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, année 1992, p.61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02268901v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04123594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Documents récents sur les techniques agricoles et l'élaboration des paysages dans la campagne nîmoise à l'époque romaine.</w:t>
               </w:r>
@@ -4293,221 +4293,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02357835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un ensemble de nummi constantiniens découvert sur le site de La Ramière à Roquemaure (Gard) (terminus 325 après J.-C.),</w:t>
+                <w:t xml:space="preserve">Un ensemble de nummi constantiniens (terminus 325 après J.-C.) découvert sur le site de la Ramière à Roquemaure (Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Drost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Pomarèdes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trésors monétaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, XXV, 2013, Saint-Jen-d’Ardières(Rhône), Magny-Cours (Nièvre), Gisors (Eure) et autres trésors, 978-2-7177-2533-9/ 978271772533-9</w:t>
+              <w:t xml:space="preserve">Trésors Monétaires XXV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XXV, Bibliothèque nationale de France, 245-255, pl. 34, 2013, Trésors monétaires, 978-2-7177-2533-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02269237v1</w:t>
+                <w:t xml:space="preserve">hal-04376836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un ensemble de nummi constantiniens (terminus 325 après J.-C.) découvert sur le site de la Ramière à Roquemaure (Gard)</w:t>
+                <w:t xml:space="preserve">Un ensemble de nummi constantiniens découvert sur le site de La Ramière à Roquemaure (Gard) (terminus 325 après J.-C.),</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Drost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Pomarèdes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bibliothèque nationale de France. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trésors Monétaires XXV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, XXV, Bibliothèque nationale de France, 245-255, pl. 34, 2013, Trésors monétaires, 978-2-7177-2533-9</w:t>
+              <w:t xml:space="preserve">Trésors monétaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XXV, 2013, Saint-Jen-d’Ardières(Rhône), Magny-Cours (Nièvre), Gisors (Eure) et autres trésors, 978-2-7177-2533-9/ 978271772533-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04376836v1</w:t>
+                <w:t xml:space="preserve">hal-02269237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l'étude des habitats ruraux tardo-républicains en Narbonnaise occidentale : un enclos fossoyé à la périphérie d'Eburomagus (Bram, Aude)</w:t>
               </w:r>
@@ -4780,199 +4780,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00787877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pré-inventaire archéologique. Communes de Laudun (sur le territoire), Montfaucon, Orsan, Le Pin, Roquemaure, Saint-Géniès-de-Comolas, Saint-Laurent-des-Arbres, Saint-Paul-lés-Fonts, Saint-Pons-la-Calm, Saint-Victor-la-Coste, Théziers, Tresques</w:t>
+                <w:t xml:space="preserve">Pré-inventaire archéologique. Communes de Cavillargues, Commaux, Fontarèches, La Bruguière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Buffat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Académie des Inscriptions et Belles-Lettres. </w:t>
+              <w:t xml:space="preserve">Academie des Inscriptions et Belles-Lettres. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carte Archéologique de la Gaule</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 30/3, C.I.D, 1999, Le Gard, 2-87754-066-9</w:t>
+              <w:t xml:space="preserve">Carte archéologique de la Gaule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 30/2, 1999, Le Gard, 2-87754-065-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02270538v1</w:t>
+                <w:t xml:space="preserve">hal-02270537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pré-inventaire archéologique. Communes de Cavillargues, Commaux, Fontarèches, La Bruguière</w:t>
+                <w:t xml:space="preserve">Pré-inventaire archéologique. Communes de Laudun (sur le territoire), Montfaucon, Orsan, Le Pin, Roquemaure, Saint-Géniès-de-Comolas, Saint-Laurent-des-Arbres, Saint-Paul-lés-Fonts, Saint-Pons-la-Calm, Saint-Victor-la-Coste, Théziers, Tresques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Buffat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Academie des Inscriptions et Belles-Lettres. </w:t>
+              <w:t xml:space="preserve">Académie des Inscriptions et Belles-Lettres. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carte archéologique de la Gaule</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 30/2, 1999, Le Gard, 2-87754-065-0</w:t>
+              <w:t xml:space="preserve">Carte Archéologique de la Gaule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 30/3, C.I.D, 1999, Le Gard, 2-87754-066-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02270537v1</w:t>
+                <w:t xml:space="preserve">hal-02270538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une activité métallurgique tardo-antique sur l'établissement de Mayran (Saint-Victor-la-Coste, Gard)</w:t>
               </w:r>
@@ -6549,51 +6549,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396483v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Soula" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselyne Guerre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Remicourt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659434v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Georjon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Petitot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa L&#233;a" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838978v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lea" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03227717v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Le Rouz&#232;s" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659652v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Raux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659483v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blaizot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02357827v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267012v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Vondra" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Druelle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398833v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269219v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pell&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268996v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269230v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269189v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pancin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267874v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Arnaud De Labriffe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cabrol" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268935v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Terral" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269185v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Alix" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267017v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Masbernat-Buffat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749590v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270525v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Puig" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268378v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie P&#233;laquier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268390v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268383v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274626v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Esteban" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268987v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bazile" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268913v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268909v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Noret" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Monnet - Bazile" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01421562v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assumpcio Toledo I Mur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bertrand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boquet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Codina I Reina" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268905v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268900v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Faraud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270519v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268502v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Larozas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269225v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gomez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268904v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Platon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268898v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123594v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268901v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Rubira" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519364v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/dha.1992.2048" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268903v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267102v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288897v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Blanchard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Boyer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou Couval" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268394v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marchand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01487041v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Seguin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02357835v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269237v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Drost" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pomar&#232;des" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04376836v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741422v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269205v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787877v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fabre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufras" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270538v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270537v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268498v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434664v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Laurent" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01496788v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barbe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120089v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Cauliez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Diaz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gutherz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Roustan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01496772v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495551v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495559v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495561v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audouit" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495571v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495577v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lallemand" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495580v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Manniez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495582v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dh&#233;nin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396483v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Soula" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselyne Guerre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Remicourt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659434v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Georjon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Petitot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa L&#233;a" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838978v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lea" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03227717v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Le Rouz&#232;s" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659483v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blaizot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02357827v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Raux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659652v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267012v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Vondra" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Druelle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02398833v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269219v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pell&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269230v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268996v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269189v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pancin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268935v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Terral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267874v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Arnaud De Labriffe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cabrol" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269185v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Alix" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267017v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Masbernat-Buffat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749590v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270525v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Puig" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268378v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie P&#233;laquier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268390v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268383v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274626v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Esteban" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268987v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bazile" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268909v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Noret" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Monnet - Bazile" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268913v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01421562v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assumpcio Toledo I Mur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bertrand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boquet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Codina I Reina" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268905v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268900v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Faraud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270519v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268502v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Larozas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269225v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gomez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268904v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Platon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268898v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268901v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Rubira" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123594v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519364v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/dha.1992.2048" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268903v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267102v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288897v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Blanchard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Boyer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou Couval" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268394v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marchand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01487041v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Seguin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02357835v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04376836v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Drost" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pomar&#232;des" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269237v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741422v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269205v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787877v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fabre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufras" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270537v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270538v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268498v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434664v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Laurent" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01496788v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barbe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120089v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Cauliez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Diaz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gutherz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Roustan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01496772v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495551v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495559v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495561v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audouit" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495571v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495577v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lallemand" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495580v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Manniez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495582v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dh&#233;nin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>