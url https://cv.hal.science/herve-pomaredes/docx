--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -874,221 +874,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02006549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un ensemble de nummi constantiniens découvert sur le site de La Ramière à Roquemaure (Gard) (terminus 325 après J.-C.),</w:t>
+                <w:t xml:space="preserve">Un ensemble de nummi constantiniens (terminus 325 après J.-C.) découvert sur le site de la Ramière à Roquemaure (Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Drost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Pomarèdes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trésors monétaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, XXV, 2013, Saint-Jen-d’Ardières(Rhône), Magny-Cours (Nièvre), Gisors (Eure) et autres trésors, 978-2-7177-2533-9/ 978271772533-9</w:t>
+              <w:t xml:space="preserve">Trésors Monétaires XXV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XXV, Bibliothèque nationale de France, 245-255, pl. 34, 2013, Trésors monétaires, 978-2-7177-2533-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02269237v1</w:t>
+                <w:t xml:space="preserve">hal-04376836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un ensemble de nummi constantiniens (terminus 325 après J.-C.) découvert sur le site de la Ramière à Roquemaure (Gard)</w:t>
+                <w:t xml:space="preserve">Un ensemble de nummi constantiniens découvert sur le site de La Ramière à Roquemaure (Gard) (terminus 325 après J.-C.),</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Drost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Pomarèdes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bibliothèque nationale de France. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trésors Monétaires XXV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, XXV, Bibliothèque nationale de France, 245-255, pl. 34, 2013, Trésors monétaires, 978-2-7177-2533-9</w:t>
+              <w:t xml:space="preserve">Trésors monétaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XXV, 2013, Saint-Jen-d’Ardières(Rhône), Magny-Cours (Nièvre), Gisors (Eure) et autres trésors, 978-2-7177-2533-9/ 978271772533-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04376836v1</w:t>
+                <w:t xml:space="preserve">hal-02269237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La villa de Saint-André de Codols (Nîmes, Gard) et la réorganisation du peuplement périurbain nîmois au IIIe s. ap. J.-C.</w:t>
               </w:r>
@@ -5603,51 +5603,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C99F373F"/>
+    <w:nsid w:val="056D4F3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5834,51 +5834,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/herve-pomaredes" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00742887v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufras" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pomar&#232;des" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sauvage" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787822v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fabre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rigoir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04849933v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tosna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Daveau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/archeologie-et-histoire-romaine/349-les-domus-a-narbonne-et-en-gaule-narbonnaise-9782355181498.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356340v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Bagan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Th&#233;ron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lachenal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Boutoille" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Guadalupe Pulido &#193;vila" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02006534v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jung" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02006541v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02006549v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269237v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Drost" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Petitot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04376836v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055105v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055109v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055110v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055112v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Breuil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464375v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055111v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sauvage" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787877v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545689v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Michel Py" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Adroher" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Buxo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Conche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04882847v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bellan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bertaut" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03425485v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonhomme" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ivorra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lacombe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allowen Evin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-00877-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952280v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Scrinzi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Houix" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pascal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2016.1937" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739587v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cayn" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gaillard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931786v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rascalou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Compan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02005523v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2013.1882" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739480v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060761v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2008.1658" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787105v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2008.1192" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872504v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2008.1187" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060689v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bessac" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2007.1176" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873570v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Thernot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910050v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pellecuer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maun&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2001.3175" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787885v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137071v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc C&#233;li&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04960153v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487717v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Vincent" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04251784v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guadalupe Pulido Avila" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03622847v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03249438v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02390642v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chevillot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Court-Picon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forrest" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739723v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chardenon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Gafa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082260v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Kotarba" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00752723v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iouri Bermond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02059413v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre S&#233;jalon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740376v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743097v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070920v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Manniez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Raynaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598548v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tardy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04850009v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel l'H&#233;naff" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04124898v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/herve-pomaredes" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00742887v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufras" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pomar&#232;des" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sauvage" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787822v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fabre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rigoir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04849933v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tosna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Daveau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/archeologie-et-histoire-romaine/349-les-domus-a-narbonne-et-en-gaule-narbonnaise-9782355181498.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356340v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Bagan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Th&#233;ron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lachenal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Boutoille" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Guadalupe Pulido &#193;vila" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02006534v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jung" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02006541v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02006549v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04376836v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Drost" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Petitot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269237v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055105v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055109v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055110v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055112v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Breuil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464375v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055111v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sauvage" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787877v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545689v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Michel Py" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Adroher" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Buxo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Conche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04882847v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bellan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bertaut" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03425485v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonhomme" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ivorra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lacombe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allowen Evin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-00877-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952280v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Scrinzi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Houix" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pascal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2016.1937" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739587v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cayn" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gaillard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931786v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rascalou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Compan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02005523v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2013.1882" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739480v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060761v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2008.1658" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787105v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2008.1192" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872504v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2008.1187" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060689v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bessac" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2007.1176" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873570v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Thernot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910050v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pellecuer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maun&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2001.3175" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787885v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137071v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc C&#233;li&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04960153v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487717v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Vincent" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04251784v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guadalupe Pulido Avila" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03622847v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03249438v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02390642v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chevillot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Court-Picon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forrest" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739723v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chardenon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Gafa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082260v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Kotarba" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00752723v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iouri Bermond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02059413v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre S&#233;jalon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740376v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743097v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070920v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Manniez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Raynaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598548v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tardy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04850009v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel l'H&#233;naff" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04124898v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>