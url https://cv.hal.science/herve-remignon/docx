--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -547,563 +547,563 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoneutral housing worsens MASLD and reveals defective brown adipose tissue response to β3-adrenergic stimulation</w:t>
+                <w:t xml:space="preserve">Development of hepatic steatosis in normal and veinous livers of overfed female mule ducks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Marie Pauline Martin</w:t>
+                <w:t xml:space="preserve">S. Trehiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+                <w:t xml:space="preserve">E. Atallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Alquier-Bacquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Huillet</w:t>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Rives</w:t>
+                <w:t xml:space="preserve">J. Arroyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 28 (9), pp.113221. </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (5), pp.101502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.113221⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-05264984v1</w:t>
+                <w:t xml:space="preserve">hal-05175548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of hepatic steatosis in normal and veinous livers of overfed female mule ducks</w:t>
+                <w:t xml:space="preserve">Thermoneutral housing worsens MASLD and reveals defective brown adipose tissue response to β3-adrenergic stimulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Trehiou</w:t>
+                <w:t xml:space="preserve">Céline Marie Pauline Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Atallah</w:t>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Alquier-Bacquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
+                <w:t xml:space="preserve">Marine Huillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Arroyo</w:t>
+                <w:t xml:space="preserve">Clémence Rives</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 19 (5), pp.101502. </w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (9), pp.113221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101502⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.113221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05175548v1</w:t>
+                <w:t xml:space="preserve">pasteur-05264984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of hepatic steatosis in male and female mule ducks after respective force-feeding programs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dietary Amino Acid Source Elicits Sex‐Specific Metabolic Response to Diet‐Induced NAFLD in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Rives</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Marie Pauline Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elham Atallah</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Valérie Alquier-Bacquie</w:t>
+                <w:t xml:space="preserve">Lauris Evariste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Arroyo</w:t>
+                <w:t xml:space="preserve">Marine Huillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2024.1392968⟩</w:t>
+              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 68 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mnfr.202300491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04621747v1</w:t>
+                <w:t xml:space="preserve">hal-04287354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary Amino Acid Source Elicits Sex‐Specific Metabolic Response to Diet‐Induced NAFLD in Mice</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Marie Pauline Martin</w:t>
+                <w:t xml:space="preserve">Development of hepatic steatosis in male and female mule ducks after respective force-feeding programs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elham Atallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Trehiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Alquier-Bacquie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lauris Evariste</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marine Huillet</w:t>
+                <w:t xml:space="preserve">Julien Arroyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 68 (1), </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mnfr.202300491⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2024.1392968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287354v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of oxidative stress markers in livers of ducks during force-feeding</w:t>
               </w:r>
@@ -1442,295 +1442,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03313220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellular markers of mule duck livers after force-feeding</w:t>
+                <w:t xml:space="preserve">Proteomic analysis of two weight classes of mule duck “foie gras” at the end of an overfeeding period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bara Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marty-Gasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Carole Pichereaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hélène Manse</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 99 (7), pp.3567-3573. </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psj.2020.03.048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2020.569329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02905069v1</w:t>
+                <w:t xml:space="preserve">hal-03265585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic analysis of two weight classes of mule duck “foie gras” at the end of an overfeeding period</w:t>
+                <w:t xml:space="preserve">Cellular markers of mule duck livers after force-feeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bara Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marty-Gasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Manse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Pichereaux</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Carole Bannelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bravo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Manse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.1-13. </w:t>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 99 (7), pp.3567-3573. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2020.569329⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psj.2020.03.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03265585v1</w:t>
+                <w:t xml:space="preserve">hal-02905069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of liver fattening and foie gras technological yield during the overfeeding period in mule duck</w:t>
               </w:r>
@@ -1768,51 +1768,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène H. Manse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poultry Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 98 (11), pp.5724-5733. </w:t>
@@ -2043,676 +2043,676 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02627377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-Dimensional Zymography of Proteases from Steatotic Duck Liver</w:t>
+                <w:t xml:space="preserve">Effect of “Wooden Breast” appearance on poultry meat quality, histological traits, and lesions characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeff Wilkesman</w:t>
+                <w:t xml:space="preserve">Antonella Dalle Zotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María Fernanda Padrón</w:t>
+                <w:t xml:space="preserve">Giulia Tasoniero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liliana Kurz</w:t>
+                <w:t xml:space="preserve">Eero Puolanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Cecchinato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-1-4939-7111-4_14⟩</w:t>
+              <w:t xml:space="preserve">Czech Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 62 (2), pp.51-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17221/54/2016-CJAS⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01753942v1</w:t>
+                <w:t xml:space="preserve">hal-01816151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of “Wooden Breast” appearance on poultry meat quality, histological traits, and lesions characterization</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Achieving sustainable production of poultry meat, Volume 1: safety, quality and sustainability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Czech Journal of Animal Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17221/54/2016-CJAS⟩</w:t>
+              <w:t xml:space="preserve">British Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 58 (4), pp.469-469. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00071668.2017.1355511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01816151v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01820558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achieving sustainable production of poultry meat, Volume 1: safety, quality and sustainability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Two-Dimensional Zymography of Proteases from Steatotic Duck Liver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeff Wilkesman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Fernanda Padrón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Kurz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Poultry Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 58 (4), pp.469-469. </w:t>
+              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1626, pp.157-166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00071668.2017.1355511⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4939-7111-4_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01820558v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01753942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zymographic analysis of metalloprotease and cathepsin in steatotic liver from muscovy duck (Cairina moschata)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Meat physical quality and muscle fibre properties of rabbit meat as affected by the sire breed, season, parity order and gender in an organic production system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.F. Pardon</w:t>
+                <w:t xml:space="preserve">A. Dalle Zotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Kurz</w:t>
+                <w:t xml:space="preserve">M. Cullere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sahar Awde</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Rémignon</w:t>
+                <w:t xml:space="preserve">L. Alberghini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Paci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Cientifica- Universidad Del Zulia Facultad de Ciencias Veterinarias Division de Investigacion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">World Rabbit Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 24 (2), pp.145-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4995/wrs.2016.4300⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01601917v1</w:t>
+                <w:t xml:space="preserve">hal-02636589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meat physical quality and muscle fibre properties of rabbit meat as affected by the sire breed, season, parity order and gender in an organic production system</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Cullere</w:t>
+                <w:t xml:space="preserve">Zymographic analysis of metalloprotease and cathepsin in steatotic liver from muscovy duck (Cairina moschata)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeff Wilkesman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.F. Pardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Kurz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Awde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Paci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Rabbit Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revista Cientifica- Universidad Del Zulia Facultad de Ciencias Veterinarias Division de Investigacion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (5), pp.278-285</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02636589v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of different chilling rates on the quality parameters of mule duck fatty liver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Awde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marty-Gasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Sandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Dalle Zotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2759,51 +2759,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between Proteolytic Activities and Cooking Loss Variability in Liver Issued from Force-Fed Mule Ducks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Awde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marty-Gasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2870,274 +2870,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02636930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteolytic activity alterations resulting from force-feeding in Muscovy and Pekin ducks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. Wilkesman</w:t>
+                <w:t xml:space="preserve">Effect of dietary supplementation of Spirulina (Arthrospira platensis) and Thyme (Thymus vulgaris) on growth performance, apparent digestibility and health status of companion dwarf rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dalle Zotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sartori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bohatir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ricci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3382/ps.2013-03195⟩</w:t>
+              <w:t xml:space="preserve">Livestock Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 152 (2-3), pp.182 - 191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2012.12.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02645912v1</w:t>
+                <w:t xml:space="preserve">hal-02646441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of dietary supplementation of Spirulina (Arthrospira platensis) and Thyme (Thymus vulgaris) on growth performance, apparent digestibility and health status of companion dwarf rabbits</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Bohatir</w:t>
+                <w:t xml:space="preserve">Proteolytic activity alterations resulting from force-feeding in Muscovy and Pekin ducks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Awde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marty-Gasset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Wilkesman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Ricci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 152 (2-3), pp.182 - 191. </w:t>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 92 (11), pp.2997-3002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.livsci.2012.12.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3382/ps.2013-03195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02646441v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current advances in proteomic analysis of (fatty) liver</w:t>
               </w:r>
@@ -3393,290 +3393,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ARE ONE EARLY MUSCLE PH AND TEMPERATURE MEASUREMENTS SUFFICIENT TO DETECT PSE BREAST MEAT IN TURKEYS?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using 2-DE for the differentiation of local chicken breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Zanetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Pinguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Poultry Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00071668.2011.554798⟩</w:t>
+              <w:t xml:space="preserve">Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (13), pp.2613-2619. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pmic.201000639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00686676v1</w:t>
+                <w:t xml:space="preserve">hal-02646024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using 2-DE for the differentiation of local chicken breeds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Enrico Zanetti</w:t>
+                <w:t xml:space="preserve">ARE ONE EARLY MUSCLE PH AND TEMPERATURE MEASUREMENTS SUFFICIENT TO DETECT PSE BREAST MEAT IN TURKEYS?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sunee Eadmusik</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pmic.201000639⟩</w:t>
+              <w:t xml:space="preserve">British Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 52 (02), pp.177-188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00071668.2011.554798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02646024v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00686676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional genomics of the muscle response to restraint and transport in chickens</w:t>
               </w:r>
@@ -3796,51 +3796,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carcass characteristics and qualitative meat traits of three Italian local chicken breeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Zanetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimo de Marchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4047,51 +4047,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A proteomic approach to study local chicken breeds characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Zanetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Dalvit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4168,51 +4168,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different rates of glycolysis affect glycolytic activities and protein properties in turkey breat muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sunee Eadmusik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4634,316 +4634,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02657028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meat quality in an intergeneric factorial crossbreeding between Muscovy (Cairina Moschata) and Pekin (Anan platyrhynchos) ducks</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Current advances in proteomic analysis and its use for the resolution of poultry meat quality problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/animres:2006010⟩</w:t>
+              <w:t xml:space="preserve">World's Poultry Science Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 62 (1), pp.123-130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1079/WPS200589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02660654v1</w:t>
+                <w:t xml:space="preserve">hal-02655709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current advances in proteomic analysis and its use for the resolution of poultry meat quality problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Meat quality in an intergeneric factorial crossbreeding between Muscovy (Cairina Moschata) and Pekin (Anan platyrhynchos) ducks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Larzul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dominique Bernadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard G. Guy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World's Poultry Science Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1079/WPS200589⟩</w:t>
+              <w:t xml:space="preserve">Animal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 55 (3), pp.219-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/animres:2006010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02655709v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meat quality in an intergeneric factorial crossbreeding between muscovy (Cairina moschata) and Pekin (Anas platyrhynchos) ducks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Bernadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5193,51 +5193,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique M.-D. Bernadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard G. Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poultry Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 85, pp.914-922. </w:t>
@@ -5465,51 +5465,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of feed rationing during post-weaning growth on meat quality, muscle energy metabolism and fibre properties of Biceps femoris muscle in the rabbit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Dalle Zotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5720,51 +5720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Manse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Babile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6109,51 +6109,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Manse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Babilé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6194,286 +6194,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00900433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of the rate of post mortem pH fall on the processing ability of turkey meat</w:t>
+                <w:t xml:space="preserve">Effect of the rate of muscle postmortem pH fall on the technological quality of turkey meat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Santé-Lhoutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Baéza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Poultry Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 43, pp.245-252</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2002, 43 (2), pp.245-252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00071660120121463⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02672470v1</w:t>
+                <w:t xml:space="preserve">hal-01594141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the rate of muscle postmortem pH fall on the technological quality of turkey meat</w:t>
+                <w:t xml:space="preserve">Effects of the rate of post mortem pH fall on the processing ability of turkey meat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Santé-Lhoutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Baéza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Duval</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Poultry Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 43 (2), pp.245-252. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2002, 43, pp.245-252</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00071660120121463⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01594141v1</w:t>
+                <w:t xml:space="preserve">hal-02672470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post mortem muscle metabolism and meat quality in three genetic types of turkey</w:t>
               </w:r>
@@ -7139,364 +7139,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02697608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of dietary fat and vitamin E on colour stability and on lipid and protein oxidation in turkey meat during storage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recherche d'anticorps dirigés contre les différents types de fibres chez le poulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rémignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Mercier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Michel Renerre</w:t>
+                <w:t xml:space="preserve">V. Desrosiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 48 (3-4), pp.301-318</w:t>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 11 (2), pp.157-159</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02695788v1</w:t>
+                <w:t xml:space="preserve">hal-02685065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche d'anticorps dirigés contre les différents types de fibres chez le poulet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Rémignon</w:t>
+                <w:t xml:space="preserve">Caractérisation des différents types de fibres musculaires dans plusieurs espèces : production et utilisation d'anticorps monoclonaux dirigés contre les chaînes lourdes de myosine rapide IIa et IIb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. Inra Groupe Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. Biocytex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Desrosiers</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Louis L. Lefaucheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Fauconneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 11 (2), pp.157-159</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1998, 11 (2), pp.145-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.1998.11.2.3926⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02685065v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02696314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des différents types de fibres musculaires dans plusieurs espèces : production et utilisation d'anticorps monoclonaux dirigés contre les chaînes lourdes de myosine rapide IIa et IIb</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of dietary fat and vitamin E on colour stability and on lipid and protein oxidation in turkey meat during storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+                <w:t xml:space="preserve">Yvan Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis L. Lefaucheur</w:t>
+                <w:t xml:space="preserve">Philippe Gatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Fauconneau</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Viau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rémignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Renerre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Productions Animales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 48 (3-4), pp.301-318</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02696314v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration de la qualité des carcasses et des viandes</w:t>
               </w:r>
@@ -7534,51 +7534,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lebas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Fauconneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin des G.T.V.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 5, pp.61-76</w:t>
@@ -7601,1425 +7601,1425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02689654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration de la qualité des carcasses et des viandes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Développement musculaire des poulets issus de lignées à croissance rapide ou lente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rémignon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1996, HS, pp.95-110</w:t>
+              <w:t xml:space="preserve">, 1996, 9 (3), pp.224-226</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02688926v1</w:t>
+                <w:t xml:space="preserve">hal-02685145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sélection pour le comportement : l'exemple de la caille</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of increasing breast meat yield on muscle histology and meat quality in the chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rémignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Faure</w:t>
+                <w:t xml:space="preserve">V Desrosiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mills</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G Marche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus de l'Académie d'Agriculture de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 82 (2), pp.61-70</w:t>
+              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 36 (5), pp.523-530</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02688294v1</w:t>
+                <w:t xml:space="preserve">hal-00899922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of increasing breast meat yield on muscle histology and meat quality in the chicken</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Poulets de chair : effets respectifs de l'âge et du poids d'abattage sur les caractéristiques lipidiques et sensorielles des muscles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Desrosiers</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G Marche</w:t>
+                <w:t xml:space="preserve">Gilles Gandemer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 36 (5), pp.523-530</w:t>
+              <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 17 (1), pp.17-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00899922v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02688927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement musculaire des poulets issus de lignées à croissance rapide ou lente</w:t>
+                <w:t xml:space="preserve">Divergent selection for high or low growth rate modifies the response of muscle cells to serum or insulin-like growth factor-I in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.H. Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Goddard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Productions Animales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 9 (3), pp.224-226</w:t>
+              <w:t xml:space="preserve">Plant Growth Regulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 6, pp.176-184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02685145v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02691077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of increasing breast meat yield on muscle histology and meat quality in the chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Desrosiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Marche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 36, pp.523-530</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02691119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divergent selection for high or low growth rate modifies the response of muscle cells to serum or insulin-like growth factor-I in vitro</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Chevalier</w:t>
+                <w:t xml:space="preserve">Influence du mode d'alimentation sur l'oxydation des lipides et des protéines de la viande de dinde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Renerre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Growth Regulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 6, pp.176-184</w:t>
+              <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 17 (6), pp.300-302</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02691077v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02690832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poulets de chair : effets respectifs de l'âge et du poids d'abattage sur les caractéristiques lipidiques et sensorielles des muscles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J.P. Dumont</w:t>
+                <w:t xml:space="preserve">Lipid characteristics associated with oxidative and glycolytic fibres in rabbit muscles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Alasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gandemer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 17 (1), pp.17-22</w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 43 (3-4), pp.213-224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02688927v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02686252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence du mode d'alimentation sur l'oxydation des lipides et des protéines de la viande de dinde</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sélection pour le comportement : l'exemple de la caille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mills</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 17 (6), pp.300-302</w:t>
+              <w:t xml:space="preserve">Comptes Rendus de l'Académie d'Agriculture de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 82 (2), pp.61-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02690832v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02688294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid characteristics associated with oxidative and glycolytic fibres in rabbit muscles</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Amélioration de la qualité des carcasses et des viandes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Touraille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lebas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Fauconneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 43 (3-4), pp.213-224</w:t>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, HS, pp.95-110</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02686252v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02688926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection for rapid growth increases the number and the size of muscle fibres without changing their typing in chickens</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence de la vitesse de croissance et du type métabolique du muscle sur la composition lipidique intramusculaire du poulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gandemer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Meynier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Marche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F.H. Ricard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Muscle Research and Cell Motility</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 1, pp.114-116</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02714043v1</w:t>
+                <w:t xml:space="preserve">hal-02701899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la vitesse de croissance et du type métabolique du muscle sur la composition lipidique intramusculaire du poulet</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne Meynier</w:t>
+                <w:t xml:space="preserve">Evolution corporelle au cours du gavage chez le canard de barbarie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Auvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">G. Marche</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Babile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Baudonnet-Lenfant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 1, pp.114-116</w:t>
+              <w:t xml:space="preserve">Archiv für Geflügelkunde. Sonderheft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 59 (4), pp.234-240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02701899v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02704024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution corporelle au cours du gavage chez le canard de barbarie</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Selection for rapid growth increases the number and the size of muscle fibres without changing their typing in chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Baudonnet-Lenfant</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Gardahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Marche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.H. Ricard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archiv für Geflügelkunde. Sonderheft</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Muscle Research and Cell Motility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 16 (2), pp.95-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/BF00122527⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02704024v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02714043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of divergent selection for body weight on three skeletal muscles characteristics in the chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis L. Lefaucheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.H. Ricard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Poultry Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 35, pp.65-76</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9057,51 +9057,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractéristiques de carcasse de poulets sélectionnés en lignées divergentes sur la vitesse de croissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fh Ricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Marche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9171,51 +9171,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection divergente sur l’activité corticotrope chez le porc : étude des réponses aux stress d’élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Terenina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9391,103 +9391,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protease characterization in duck liver steatosis by 1-and 2-dimensional zymography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Kurz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Fernanda Padrón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Awde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeff Wilkesman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. International Congress on Amino Acids, Peptides and Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Galveston, Texas, United States. 612 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9756,510 +9756,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des réponses du muscle à un stress de contention chez le poulet : 1- Analyse transcriptomique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation des réponses du muscle à un stress de contention chez le poulet : 2- Métabolisme musculaire et indicateurs de qualité des viandes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maamer Jlali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02755805v1</w:t>
+                <w:t xml:space="preserve">hal-02757744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des réponses du muscle à un stress de contention chez le poulet : 2- Métabolisme musculaire et indicateurs de qualité des viandes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functional genomics of pre-slaughter stress responses in chicken muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wadih-Moussa Ziad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Létisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Pinguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">19. WPSA European Symposium on the Quality of Poultry Meat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Turku, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757744v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional genomics of pre-slaughter stress responses in chicken muscle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of stress before slaughter on the quality of poultry meat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rémignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. WPSA European Symposium on the Quality of Poultry Meat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Turku, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758191v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of stress before slaughter on the quality of poultry meat</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation des réponses du muscle à un stress de contention chez le poulet : 1- Analyse transcriptomique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. WPSA European Symposium on the Quality of Poultry Meat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Turku, Finland</w:t>
+              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753150v1</w:t>
+                <w:t xml:space="preserve">hal-02755805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitesse de chute du pH et profils biochimiques et enzymatiques du muscle pectoral de dinde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sunee Eadmusik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10340,51 +10340,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets des conditions d'éclosion et de démarrage sur le poids du pectoral à la mise en gavage et les résultats de gavage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Auvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Tortereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10487,51 +10487,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sunee Eadmusik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10563,510 +10563,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution à l'étude du déterminisme biologique du pH ultime dans le muscle de poulet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Fernandez</w:t>
+                <w:t xml:space="preserve">Analyse protéomique du Pectoralis major de 2 types génétiques de dindes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rabih El Rammouz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Caroline Molette</w:t>
+                <w:t xml:space="preserve">N. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pichereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Babile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journées Sciences du Muscle et Technologies des Viandes</w:t>
+              <w:t xml:space="preserve">11. Journées "Sciences du Muscle et Technologies des Viandes"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2006, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02755989v1</w:t>
+                <w:t xml:space="preserve">hal-02757961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technological properties and proteomic analysis of meat in two genetic lines of turkey</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adherence of meat to bone in chickens : first biochemical and biomechanical results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Pichereaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Sérieye</w:t>
+                <w:t xml:space="preserve">M. Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Babile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. European Poultry Congress</w:t>
+              <w:t xml:space="preserve">12. European Poultry Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Vérone, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752488v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adherence of meat to bone in chickens : first biochemical and biomechanical results</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution à l'étude du déterminisme biologique du pH ultime dans le muscle de poulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Moussa</w:t>
+                <w:t xml:space="preserve">Rabih El Rammouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Santé-Lhoutellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. European Poultry Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Vérone, Italy</w:t>
+              <w:t xml:space="preserve">11. Journées Sciences du Muscle et Technologies des Viandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757434v1</w:t>
+                <w:t xml:space="preserve">hal-02755989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse protéomique du Pectoralis major de 2 types génétiques de dindes</w:t>
+                <w:t xml:space="preserve">Technological properties and proteomic analysis of meat in two genetic lines of turkey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Pichereaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Sérieye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">René Babile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journées "Sciences du Muscle et Technologies des Viandes"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">12. European Poultry Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Vérone, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757961v1</w:t>
+                <w:t xml:space="preserve">hal-02752488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular aspects of breast muscle development in chickens with high or low growth rate</w:t>
               </w:r>
@@ -11292,488 +11292,488 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l'exercice physique sur les performances de croissance, la qualité des carcasses et les caractéristiques mécaniques de l'attachement de la viande à l'os après cuisson chez le lapin</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean Paul Doutreloux</w:t>
+                <w:t xml:space="preserve">Comparaison des qualités sensorielles et technologiques de la viande de deux types génétiques de dindes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Sérieye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Babile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11èmes Journées de la Recherche Cunicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2005, Paris, France</w:t>
+              <w:t xml:space="preserve">6. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, St Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02762504v1</w:t>
+                <w:t xml:space="preserve">hal-02759804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des qualités sensorielles et technologiques de la viande de deux types génétiques de dindes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Sérieye</w:t>
+                <w:t xml:space="preserve">Influence de l'exercice physique sur les performances de croissance, la qualité des carcasses et les caractéristiques mécaniques de l'attachement de la viande à l'os après cuisson chez le lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Doutreloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Babile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2005, St Malo, France</w:t>
+              <w:t xml:space="preserve">11èmes Journées de la Recherche Cunicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02759804v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l'activité physique chez le lapin : Caractéristiques de la carcasse, de la viande et du complexe tendino-osseux</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J.P. Doutreloux</w:t>
+                <w:t xml:space="preserve">Proteomic tools for turkey meat quality determination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Babile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Journées Sciences du Muscle et Technologies des Viandes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2004, Rennes, France</w:t>
+              <w:t xml:space="preserve">22. World's Poultry Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2004, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02761564v1</w:t>
+                <w:t xml:space="preserve">hal-02761507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic tools for turkey meat quality determination</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Molette</w:t>
+                <w:t xml:space="preserve">Influence de l'activité physique chez le lapin : Caractéristique de la carcasse, de la viande et du complexe tendino-osseux.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maged Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Doutreloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Babile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Journées de Gerland. Proteomics: New insights and prospects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2004, Lyon, France</w:t>
+              <w:t xml:space="preserve">10. Journées Sciences du Muscle et Technologies des Viandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2004, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758674v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic tools for turkey meat quality determination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11786,604 +11786,604 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Babile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. World's Poultry Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2004, Istanbul, Turkey</w:t>
+              <w:t xml:space="preserve">10. Journées de Gerland. Proteomics: New insights and prospects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2004, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761507v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l'activité physique chez le lapin : Caractéristique de la carcasse, de la viande et du complexe tendino-osseux.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Doutreloux</w:t>
+                <w:t xml:space="preserve">Intéraction génotype/gavage sur la qualité sensorielle du filet et du magret de canard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chartrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique M.-D. Bernadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard G. Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Larzul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Journées Sciences du Muscle et Technologies des Viandes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2004, Rennes, France</w:t>
+              <w:t xml:space="preserve">Réunion du Groupe Palmipèdes Inra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2004, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764302v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intéraction génotype/gavage sur la qualité sensorielle du filet et du magret de canard</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gerard G. Guy</w:t>
+                <w:t xml:space="preserve">Influence de l'activité physique chez le lapin: caractéristiques de la carcasse, de la viande et du complexe tendino-osseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Doutreloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion du Groupe Palmipèdes Inra</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2004, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">10. Journées des Sciences du Muscle et Technologies de la Viande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2004, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02759558v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l'activité physique chez le lapin: caractéristiques de la carcasse, de la viande et du complexe tendino-osseux</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J.P. Doutreloux</w:t>
+                <w:t xml:space="preserve">Effect of feed restriction during post-weaning growth on fiber characteristics of biceps femoris muscle in the rabbit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dalle Zotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ouhayoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Journées des Sciences du Muscle et Technologies de la Viande</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2004, Rennes, France</w:t>
+              <w:t xml:space="preserve">8. World Rabbit Congress, colagio de postgraduados for WRSA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Puebla, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02760470v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of feed restriction during post-weaning growth on fiber characteristics of biceps femoris muscle in the rabbit</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Dalle Zotte</w:t>
+                <w:t xml:space="preserve">Influence de l'activité physique chez le lapin : Caractéristiques de la carcasse, de la viande et du complexe tendino-osseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Doutreloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Ouhayoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. World Rabbit Congress, colagio de postgraduados for WRSA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Puebla, Mexico</w:t>
+              <w:t xml:space="preserve">10. Journées Sciences du Muscle et Technologies des Viandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2004, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02759974v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualité du magret dans un croisement factoriel barbarie X INRA44</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique M.-D. Bernadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard G. Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13120,90 +13120,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of dietary fat and vitamin E content on lipid and protein oxidation in turkey meat homogenates after a chemical induction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Renerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44. International Congress of Meat Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1998, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13336,103 +13336,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence du mode d'alimentation et d'une supplémentation vitaminique sur les qualités de la viande de dindon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Renerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 1997, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13451,584 +13451,584 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02769755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence du mode d'alimentation sur l'oxydation des lipides et des protéines de la viande de dinde</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gatellier</w:t>
+                <w:t xml:space="preserve">Influence of an acute stress on muscle parameters in quails divergently selected for emotivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Mercier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michel Renerre</w:t>
+                <w:t xml:space="preserve">V. Desrosiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Guemene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.D. Mills</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Journées des Sciences et Technologie de la Viande</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 1996, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">20. World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1996, New Dehli, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02838980v1</w:t>
+                <w:t xml:space="preserve">hal-02767881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of an acute stress on muscle parameters in quails divergently selected for emotivity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence du mode d'alimentation sur l'oxydation des lipides et des protéines de la viande de dinde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">A.D. Mills</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Renerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. World</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1996, New Dehli, India</w:t>
+              <w:t xml:space="preserve">6. Journées des Sciences et Technologie de la Viande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1996, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767881v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02838980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meat quality traits of French &amp;quot;label&amp;quot; chickens</w:t>
+                <w:t xml:space="preserve">Développement musculaire des poulets issus de lignées à croissance rapide ou lente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joseph Culioli</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. European symposium on the quality of poultry meat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1995, Zaragoza, Spain</w:t>
+              <w:t xml:space="preserve">1. Journées de la recherche avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1995, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02773484v1</w:t>
+                <w:t xml:space="preserve">hal-02778537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phospholipid composition of three muscles as related to their fibre composition and to their oxidative pattern in the chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gandemer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1995, San Antonio, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02773216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement musculaire des poulets issus de lignées à croissance rapide ou lente</w:t>
+                <w:t xml:space="preserve">Meat quality traits of French &amp;quot;label&amp;quot; chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Culioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées de la recherche avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 1995, Angers, France</w:t>
+              <w:t xml:space="preserve">12. European symposium on the quality of poultry meat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1995, Zaragoza, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02778537v1</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02773484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influences of growth rate on muscle fibers characteristics in the chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Desrosiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Marche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.H. Ricard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. European Poultry Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1994, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14079,51 +14079,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.H. Ricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14187,64 +14187,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences de la sélection sur la vitesse de croissance sur les propriétés des fibres musculaires chez le poulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rémignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Marche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.H. Ricard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Symposium européen sur la qualité des viandes de volailles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14800,51 +14800,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5D242D94"/>
+    <w:nsid w:val="B9FEF4A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15031,51 +15031,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/herve-remignon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4900-0197" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/085679224" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:remignon@ensat.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05264984v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Marie Pauline Martin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Polizzi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Alquier-Bacqui&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Huillet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rives" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113221" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175548v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Trehiou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Atallah" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lasserre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arroyo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101502" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621747v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Atallah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Trehiou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Alquier-Bacquie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Arroyo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2024.1392968" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04287354v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauris Evariste" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.202300491" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03956709v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Remignon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Burgues" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-27271-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03726460v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bara Lo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marty-Gasset" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Manse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Domitile" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255707" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313220v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Tramunt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Montagner" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguan Soon Tan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gourdy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; R&#233;mignon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11080502" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02905069v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Manse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bannelier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bravo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2020.03.048" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03265585v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Pichereaux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.569329" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627243v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bonnefont" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Molette" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lavigne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne H. Manse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pez359" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818266v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Ben Haj Yahia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wilkesman" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pey054" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627377v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2018.1434310" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753942v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Wilkesman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Fernanda Padr&#243;n" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Kurz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-7111-4_14" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816151v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Dalle Zotte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Tasoniero" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eero Puolanne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Cecchinato" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17221/54/2016-CJAS" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820558v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2017.1355511" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601917v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Pardon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kurz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Awde" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636589v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dalle Zotte" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cullere" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alberghini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Paci" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/wrs.2016.4300" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252652v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sandri" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pev300" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636930v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kriengkrai Prahkarnkaeo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf4051057" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645912v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2013-03195" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646441v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sartori" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bohatir" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ricci" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2012.12.017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643441v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2012.04.041" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7JF9NLX0-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649626v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bax" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2011-01663" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686676v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunee Eadmusik" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2011.554798" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646024v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Zanetti" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pinguet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201000639" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B4807F7F49F738016BC6383CBAAB8D3F34FF1AB9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02171014v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Letisse" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pinguet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3288" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638523v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo de Marchi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Dalvit" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2010.521142" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659763v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hernandez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2008-1286" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657815v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martino Cassandro" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661759v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108003327" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654715v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Babile" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660028v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maged Moussa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Swider" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03008200801913593" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657028v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107000183" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660654v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Imbert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dominique Bernadet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard G. Guy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2006010" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655709v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/WPS200589" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F2C5FEDCEBC7FFEBBD6722E729ABEE58CB366C4A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00890062v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Bernadet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Guy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655194v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. S&#233;rieye" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rossignol" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ps/85.12.2270" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657230v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chartrin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Meteau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Juin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique M.-D. Bernadet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ps/85.5.914" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669804v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dalle-Zotte" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Chiericato" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669255v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Babile" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673920v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ouhayoun" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679742v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ducomps" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Doutreloux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mauri&#232;ge" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674542v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zanusso" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894466v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2003043" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677240v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900433v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerri Zanusso" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Guy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Babil&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2003009" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672470v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594141v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Duval" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071660120121463" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670134v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lebihan-Duval" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071660120070604" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681087v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670193v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacques M.J. Duclos" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580121v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davenel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Seigneurin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Collewet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0309-1740(00)00034-6" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WLMDRR3Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685194v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Millet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697608v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Millet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695788v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Mercier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatellier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Viau" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Renerre" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685065v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Desrosiers" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696314v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Inra Groupe No&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Biocytex" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Lefaucheur" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fauconneau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.1998.11.2.3926" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689654v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonneau" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Touraille" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pardon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lebas" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688926v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688294v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faure" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mills" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Launay" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Fran&#231;ois" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Williams" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899922v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Desrosiers" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Marche" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685145v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691119v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marche" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691077v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Chevalier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.H. Ricard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goddard" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688927v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rabot" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rousseau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Dumont" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gandemer" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690832v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686252v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alasnier" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714043v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Gardahaut" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00122527" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-69LR9HJ7-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701899v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meynier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704024v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Auvergne" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baudonnet-Lenfant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702755v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Blum" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888954v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fh Ricard" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806306v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Terenina" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferchaud" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gress" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606019v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748544v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04620405v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Th&#233;ron" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755438v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Zanetti" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755805v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757744v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maamer Jlali" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758191v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadih-Moussa Ziad" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien L&#233;tisse" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753150v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750489v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. El Rammouz" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753305v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Tortereau" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lavigne" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Dubois" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758225v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755989v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih El Rammouz" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752488v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Laurent" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pichereaux" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757434v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moussa" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757961v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751655v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Guernec" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758067v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bordeau" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762504v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Moussa" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759804v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761564v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Moussa" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Doutreloux" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758674v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761507v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764302v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Doutreloux" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759558v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760470v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759974v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763923v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Imbert" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833819v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761839v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762072v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763607v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578036v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768626v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Mills" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Guemene" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Faure" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769168v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767135v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769755v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838980v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767881v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bruneau" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773484v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Culioli" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773216v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778537v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776145v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774030v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Simon" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leclercq" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777565v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735585v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morm&#232;de" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830981v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216732v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouvarel" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Nau" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/herve-remignon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4900-0197" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/085679224" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:remignon@ensat.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175548v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Trehiou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Atallah" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Alquier-Bacqui&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lasserre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arroyo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101502" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05264984v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Marie Pauline Martin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Polizzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Huillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rives" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113221" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04287354v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauris Evariste" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.202300491" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621747v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Atallah" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Trehiou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Alquier-Bacquie" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Arroyo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2024.1392968" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03956709v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Remignon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Burgues" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-27271-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03726460v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bara Lo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marty-Gasset" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Manse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Domitile" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255707" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313220v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Tramunt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Montagner" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguan Soon Tan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gourdy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; R&#233;mignon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11080502" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03265585v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Pichereaux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bravo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Manse" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.569329" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02905069v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bannelier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2020.03.048" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627243v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bonnefont" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Molette" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lavigne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne H. Manse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pez359" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818266v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Ben Haj Yahia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wilkesman" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pey054" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627377v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2018.1434310" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816151v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Dalle Zotte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Tasoniero" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eero Puolanne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Cecchinato" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17221/54/2016-CJAS" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820558v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2017.1355511" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753942v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Wilkesman" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Fernanda Padr&#243;n" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Kurz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-7111-4_14" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636589v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dalle Zotte" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cullere" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alberghini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Paci" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/wrs.2016.4300" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601917v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Pardon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kurz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Awde" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252652v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sandri" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pev300" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636930v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kriengkrai Prahkarnkaeo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf4051057" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646441v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sartori" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bohatir" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ricci" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2012.12.017" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645912v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2013-03195" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643441v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2012.04.041" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7JF9NLX0-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649626v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bax" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2011-01663" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646024v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Zanetti" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pinguet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201000639" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B4807F7F49F738016BC6383CBAAB8D3F34FF1AB9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686676v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunee Eadmusik" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2011.554798" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02171014v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Letisse" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pinguet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3288" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638523v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo de Marchi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Dalvit" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2010.521142" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659763v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hernandez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2008-1286" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657815v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martino Cassandro" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661759v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108003327" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654715v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Babile" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660028v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maged Moussa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Swider" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03008200801913593" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657028v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107000183" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655709v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/WPS200589" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F2C5FEDCEBC7FFEBBD6722E729ABEE58CB366C4A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660654v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Imbert" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dominique Bernadet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard G. Guy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2006010" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00890062v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Bernadet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Guy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655194v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. S&#233;rieye" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rossignol" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ps/85.12.2270" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657230v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chartrin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Meteau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Juin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique M.-D. Bernadet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ps/85.5.914" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669804v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dalle-Zotte" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Chiericato" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669255v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Babile" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673920v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ouhayoun" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679742v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ducomps" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Doutreloux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mauri&#232;ge" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674542v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zanusso" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894466v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2003043" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677240v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900433v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerri Zanusso" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Guy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Babil&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2003009" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594141v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Duval" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071660120121463" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672470v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670134v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lebihan-Duval" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071660120070604" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681087v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670193v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacques M.J. Duclos" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580121v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davenel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Seigneurin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Collewet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0309-1740(00)00034-6" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WLMDRR3Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685194v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Millet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697608v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Millet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685065v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Desrosiers" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696314v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Inra Groupe No&#233;" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Biocytex" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Lefaucheur" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fauconneau" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.1998.11.2.3926" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695788v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Mercier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatellier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Viau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Renerre" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689654v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonneau" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Touraille" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pardon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lebas" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685145v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899922v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Desrosiers" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Marche" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688927v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rabot" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rousseau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Dumont" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gandemer" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691077v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Chevalier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.H. Ricard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goddard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691119v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marche" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690832v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686252v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alasnier" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688294v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faure" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mills" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Launay" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Fran&#231;ois" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Williams" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688926v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701899v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meynier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704024v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Auvergne" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baudonnet-Lenfant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714043v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Gardahaut" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00122527" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-69LR9HJ7-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702755v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Blum" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888954v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fh Ricard" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806306v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Terenina" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferchaud" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gress" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606019v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748544v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04620405v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Th&#233;ron" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755438v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Zanetti" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757744v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maamer Jlali" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758191v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadih-Moussa Ziad" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien L&#233;tisse" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753150v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755805v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750489v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. El Rammouz" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753305v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Tortereau" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lavigne" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Dubois" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758225v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757961v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Laurent" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pichereaux" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757434v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moussa" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755989v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih El Rammouz" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752488v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751655v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Guernec" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758067v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bordeau" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759804v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762504v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Moussa" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761507v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764302v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Doutreloux" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758674v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759558v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760470v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Doutreloux" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759974v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761564v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Moussa" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763923v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Imbert" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833819v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761839v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762072v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763607v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578036v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768626v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Mills" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Guemene" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Faure" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769168v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767135v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769755v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767881v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bruneau" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838980v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778537v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773216v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773484v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Culioli" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776145v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774030v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Simon" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leclercq" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777565v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735585v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morm&#232;de" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830981v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216732v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouvarel" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Nau" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>