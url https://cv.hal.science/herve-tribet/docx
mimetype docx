--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -221,334 +221,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05264816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S’approprier les règles du métier grâce à divers contextes d’expérience</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scolarisation du yoga dans l’enseignement secondaire : étude des tensions vécues par les enseignants face aux prescriptions institutionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Amathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Hervé Tribet</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation permanente</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 76, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/148n1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05253958v1</w:t>
+                <w:t xml:space="preserve">hal-05227881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scolarisation du yoga dans l’enseignement secondaire : étude des tensions vécues par les enseignants face aux prescriptions institutionnelles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">S’approprier les règles du métier grâce à divers contextes d’expérience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Amathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Escrig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Nunez-Moscoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Isserte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tribet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Éducation permanente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 244 (3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/148n1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05227881v1</w:t>
+                <w:t xml:space="preserve">hal-05253958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduire les inégalités d’accès des élèves aux activités de bien-être : propositions pour la formation des enseignants d’EPS au yoga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Amathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé Publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Vol. 36 (HS2), pp.29-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -586,51 +586,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagner la construction des compétences des étudiants : vers une transformation des modèles de pédagogie universitaire intégrant les outils numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Actualité de la pédagogie universitaire, N° 69 (1), pp.179-190. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
@@ -677,51 +677,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d’un dispositif hybride de formation à partir d’une théorie de la formation : étude de cas exploratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Dossiers des sciences de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 38, pp.111-129</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -841,51 +841,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploiter la vidéo dans les dispositifs de formation des enseignants novices : conceptualisation et discussion théoriques à partir d’une étude de cas en EPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1053,286 +1053,286 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'hybridation des formations à l'université au service du développement de compétences des étudiants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scolarisation du Yoga à l'école, entre prescription et adaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Amathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’hybridation des enseignements à l’Université : au-delà de l'impact sur l'apprentissage des étudiants, un levier de développement professionnel pédagogique des enseignants ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Perpignan, Mar 2023, Perpignan, France</w:t>
+              <w:t xml:space="preserve">La Biennale de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04121505v1</w:t>
+                <w:t xml:space="preserve">hal-04215785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scolarisation du Yoga à l'école, entre prescription et adaptation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'hybridation des formations à l'université au service du développement de compétences des étudiants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Biennale de l'éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">L’hybridation des enseignements à l’Université : au-delà de l'impact sur l'apprentissage des étudiants, un levier de développement professionnel pédagogique des enseignants ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Perpignan, Mar 2023, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04215785v1</w:t>
+                <w:t xml:space="preserve">hal-04121505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scolarisation du yoga au lycée : Des expériences d’enseignement à la conception de dispositif de formation professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Amathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème congrès international de l'ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1357,90 +1357,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schooling Yoga in High School: From Teaching Experiences to the Design of a Professional Training System for Physical Education Teachers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Amathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le numérique dans l'activité physique et sportive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACAPS, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1504,51 +1504,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Amathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Internationales du Réseau de Recherche en Éducation et en Formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR Éducation Formation Travail Savoirs, Jul 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1649,191 +1649,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01467533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concevoir des scénarios de formations hybrides tenues par une théorie de la formation : et si on multipliait la nature des suivis pour accompagner l'apprentissage de tuteurs de stage…</w:t>
+                <w:t xml:space="preserve">Présentation d’un dispositif de formation en alternance, aménagé à partir de postulats théoriques empruntés à une théorie de la formation, et étude des retombées sur l’activité de tuteurs de stage novices et des enseignants stagiaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chalies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-Formation des adultes et des jeunes adultes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Lille, France</w:t>
+              <w:t xml:space="preserve">16e Congrès international de l’Association des Chercheurs en Activités Physiques et Sportives 26 - 28 Octobre 2015 – Nantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACAPS, Oct 2015, Nantes, France. pp.390-391</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01464811v1</w:t>
+                <w:t xml:space="preserve">hal-01464792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation d’un dispositif de formation en alternance, aménagé à partir de postulats théoriques empruntés à une théorie de la formation, et étude des retombées sur l’activité de tuteurs de stage novices et des enseignants stagiaires</w:t>
+                <w:t xml:space="preserve">Concevoir des scénarios de formations hybrides tenues par une théorie de la formation : et si on multipliait la nature des suivis pour accompagner l'apprentissage de tuteurs de stage…</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chalies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16e Congrès international de l’Association des Chercheurs en Activités Physiques et Sportives 26 - 28 Octobre 2015 – Nantes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACAPS, Oct 2015, Nantes, France. pp.390-391</w:t>
+              <w:t xml:space="preserve">E-Formation des adultes et des jeunes adultes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01464792v1</w:t>
+                <w:t xml:space="preserve">hal-01464811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les plateformes de formation à distance au service de la pédagogie universitaire : et si on interrogeait l’activité des formateurs pour en juger ?</w:t>
               </w:r>
@@ -1895,217 +1895,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01464833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Placer les technologies de l'information et de la communication au service de la pédagogie universitaire : un ancrage nécessaire sur une théorie de la formation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyse de l’activité d’enseignants novices dans un dispositif de formation professionnelle par alternance exploitant la vidéo: de l’observation vidéo à la pratique de classe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'AREF 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Montpellier, France. pp.97</w:t>
+              <w:t xml:space="preserve">Congrès de l’Actualité de la Recherche en Education et en Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01533799v1</w:t>
+                <w:t xml:space="preserve">hal-01424007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’activité d’enseignants novices dans un dispositif de formation professionnelle par alternance exploitant la vidéo: de l’observation vidéo à la pratique de classe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Placer les technologies de l'information et de la communication au service de la pédagogie universitaire : un ancrage nécessaire sur une théorie de la formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’Actualité de la Recherche en Education et en Formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Congrès de l'AREF 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Montpellier, France. pp.97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01424007v1</w:t>
+                <w:t xml:space="preserve">hal-01533799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Placer les technologies de l’information et de la communication au service de la pédagogie universitaire : un ancrage nécessaire sur une théorie de la formation</w:t>
               </w:r>
@@ -2117,51 +2117,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’Actualité de la Recherche en Education et en Formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2244,51 +2244,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Amathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sous la direction de Fatiha Tali Otmani, Olivier Kheroufi-Andriot, Ingrid Verscheure et Cécile Gardiès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faire résultat(s) dans les recherches en éducation : Pour quoi ? Avec qui ? Comment ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -2455,51 +2455,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Amathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chaliès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cépaduès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La pédagogie universitaire: quelles perspectives? Recherche, innovation, institution.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 978.2.36493.722.2</w:t>
@@ -2805,51 +2805,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264816v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Amathieu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Escrig" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Isserte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Nunez-Moscoso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tribet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253958v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227881v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dastugue" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chali&#232;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/148n1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746158v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03837340v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.069.0179" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864403v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947409v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chalies" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gaudin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423987v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.4880" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464767v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121505v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215785v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856758v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119431v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03836490v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Recoules" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467533v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464811v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464792v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464833v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533799v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424007v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424009v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227974v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/information-communication/1804-faire-resultats-dans-les-recherches-en-education-9782383952053.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064698v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julitte Huez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03836521v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856709v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264816v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Amathieu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Escrig" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Isserte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Nunez-Moscoso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tribet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227881v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dastugue" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chali&#232;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/148n1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253958v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746158v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03837340v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.069.0179" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864403v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947409v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chalies" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gaudin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423987v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.4880" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464767v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215785v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121505v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856758v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119431v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03836490v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Recoules" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467533v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464792v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464811v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464833v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424007v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533799v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424009v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227974v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/information-communication/1804-faire-resultats-dans-les-recherches-en-education-9782383952053.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064698v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julitte Huez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03836521v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856709v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>