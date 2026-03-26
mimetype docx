--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1814,286 +1814,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01856900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoarcheology of Avaris: first results</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Portus. La question de la localisation des ouvertures du port de Claude : approche géomorphologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferréol Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tronchere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferreol Salomon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Schmitt</w:t>
+                <w:t xml:space="preserve">Perre Carbonel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Djerbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ägypten und Levante / Egypt and the Levant</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 120 (1), pp.217 - 228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/mefr.2008.10433⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00660644v1</w:t>
+                <w:t xml:space="preserve">halshs-01856955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Portus. La question de la localisation des ouvertures du port de Claude : approche géomorphologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Geoarcheology of Avaris: first results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tronchere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferreol Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Callot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Hatem Djerbi</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Antiquité</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ägypten und Levante / Egypt and the Levant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 18, pp.327-339</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01856955v1</w:t>
+                <w:t xml:space="preserve">halshs-00660644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2391,51 +2391,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tronchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferréol Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5558,51 +5558,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924360v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Robert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronch&#232;re-Cottet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Datry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2022.10.003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03555289v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonnet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leconte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.4749" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972413v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vaudor" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronch&#232;re" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dad Roux-Michollet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Augendre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697717v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Reynaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697781v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ardouin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertrand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bouvard-Mor" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01395954v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bravard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Mostafa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain J. Garcier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tallet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ballet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21566" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D25HGCM5-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316152v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chomer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100126v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Millet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goiran" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronchere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21485" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JL0GW89B-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058528v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01218795v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goichot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tronchere" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01223857v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Schmitt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Preusser" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Callot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.9701" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01856812v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferr&#233;ol Salomon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Djerbi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carbonel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.491" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WTS67HS7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00593114v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01856900v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Collalelli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mediterranee.3177" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-LKQK8FCP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00660644v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferreol Salomon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schmitt" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01856955v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perre Carbonel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2008.10433" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843248v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Martinez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pothier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252618v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tronch&#232;re Herv&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Prieur" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr/geographie/6965-la-geoarcheologie-francaise-au-xxie-siecle.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00662403v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01856885v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136935v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessaint" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429314v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697795v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Germain-Vall&#233;e" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Wuscher" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697823v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Strippoli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hirsch" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Ramona" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697831v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Desachy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697838v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lef&#232;vre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01424625v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bertrand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Drapeau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Michel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250458v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098082v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brault" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnet Dimitri" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marchand Jeannice" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506278v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Caty" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gr&#233;goire" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marion" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Richard-Schott" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01856964v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ognard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Canterot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alexandre Cluze" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954092v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Crapart" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316156v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lejot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120135v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Alarashi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Chambrade" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gondet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jouvenel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sauvage" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374937v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Edouard Cossart" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Chaize" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01971400v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Puel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bernot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence M&#232;ge" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791088v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cl&#233;ment" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Collet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952049v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01911635v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Balvay" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Baudrand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Genty" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01911637v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Foucault" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01911639v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fourn" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549653v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098183v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bozonnet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Magnet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924360v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Robert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronch&#232;re-Cottet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Datry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2022.10.003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03555289v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonnet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leconte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.4749" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972413v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vaudor" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronch&#232;re" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dad Roux-Michollet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Augendre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697717v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Reynaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697781v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ardouin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertrand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bouvard-Mor" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01395954v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bravard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Mostafa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain J. Garcier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tallet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ballet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21566" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D25HGCM5-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316152v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chomer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100126v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Millet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goiran" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronchere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21485" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JL0GW89B-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058528v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01218795v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goichot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tronchere" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01223857v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Schmitt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Preusser" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Callot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.9701" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01856812v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferr&#233;ol Salomon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Djerbi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carbonel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.491" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WTS67HS7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00593114v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01856900v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Collalelli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mediterranee.3177" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-LKQK8FCP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01856955v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perre Carbonel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2008.10433" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00660644v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferreol Salomon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schmitt" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843248v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Martinez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pothier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252618v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tronch&#232;re Herv&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Prieur" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr/geographie/6965-la-geoarcheologie-francaise-au-xxie-siecle.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00662403v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01856885v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136935v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessaint" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429314v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697795v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Germain-Vall&#233;e" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Wuscher" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697823v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Strippoli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hirsch" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Ramona" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697831v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Desachy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697838v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lef&#232;vre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01424625v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bertrand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Drapeau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Michel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250458v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098082v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brault" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnet Dimitri" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marchand Jeannice" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506278v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Caty" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gr&#233;goire" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marion" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Richard-Schott" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01856964v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ognard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Canterot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alexandre Cluze" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954092v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Crapart" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316156v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lejot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120135v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Alarashi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Chambrade" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gondet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jouvenel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sauvage" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374937v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Edouard Cossart" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Chaize" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01971400v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Puel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bernot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence M&#232;ge" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791088v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cl&#233;ment" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Collet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952049v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01911635v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Balvay" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Baudrand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Genty" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01911637v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Foucault" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01911639v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fourn" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549653v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01098183v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bozonnet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Magnet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>