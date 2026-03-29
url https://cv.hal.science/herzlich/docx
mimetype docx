--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1023,196 +1023,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00003011v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Burns-Epstein invariant for ACHE 4-manifolds</w:t>
+                <w:t xml:space="preserve">Extremality for the Vafa-Witten bound on the sphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Herzlich</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Biquard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Duke Mathematical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 126, pp.53-100. </w:t>
+              <w:t xml:space="preserve">Geometric And Functional Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 15, pp.1153-1161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1215/S0012-7094-04-12612-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00039-005-0536-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00762445v1</w:t>
+                <w:t xml:space="preserve">hal-00002414v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extremality for the Vafa-Witten bound on the sphere</w:t>
+                <w:t xml:space="preserve">A Burns-Epstein invariant for ACHE 4-manifolds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Herzlich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Biquard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geometric And Functional Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 15, pp.1153-1161. </w:t>
+              <w:t xml:space="preserve">Duke Mathematical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 126, pp.53-100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00039-005-0536-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1215/S0012-7094-04-12612-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00002414v2</w:t>
+                <w:t xml:space="preserve">hal-00762445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mass of asymptotically hyperbolic Riemannian manifolds</w:t>
               </w:r>
@@ -2873,51 +2873,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896218v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Herzlich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/CAG.241015010454" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935576v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-016-2777-6" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121576v3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-016-0494-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935681v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Biquard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00526-013-0696-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718588v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129167X13500675" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023617v3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305004108001527" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818176v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/tsg.273" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762443v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael T. Anderson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomphys.2007.10.004" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005356v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rumin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ansens.2007.06.001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000351v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.difgeo.2006.05.005" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003011v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Carron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X06002016" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762445v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/S0012-7094-04-12612-0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002414v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00039-005-0536-5" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762447v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr T. Chrusciel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/pjm.2003.212.231" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762451v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/tsg.324" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987710v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00014-002-8336-0" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800912v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Boualem" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987718v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Delay" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02930755" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-V10J0V9C-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987720v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Gauduchon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. J. Calderbank" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jfan.2000.3563" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125994v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Moroianu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1006546915261" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5AA780D707F1ADD8DBD99202FEAFF66AC0DE9F12/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987723v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002080050240" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JKCD8VJV-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987751v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/tsg.198" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497180v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Biau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Droniou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herzlich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-0898-4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818194v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Guillarmou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zindine Djadli" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987732v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/013-1/5" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/S02-0QJS9RZ7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987735v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987742v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987736v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851419v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811273230_0008" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896218v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Herzlich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/CAG.241015010454" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935576v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-016-2777-6" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121576v3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-016-0494-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935681v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Biquard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00526-013-0696-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718588v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129167X13500675" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023617v3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305004108001527" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818176v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/tsg.273" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762443v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael T. Anderson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomphys.2007.10.004" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005356v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rumin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ansens.2007.06.001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000351v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.difgeo.2006.05.005" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003011v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Carron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0010437X06002016" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002414v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00039-005-0536-5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762445v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/S0012-7094-04-12612-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762447v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr T. Chrusciel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/pjm.2003.212.231" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762451v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/tsg.324" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987710v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00014-002-8336-0" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800912v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Boualem" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987718v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Delay" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02930755" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-V10J0V9C-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987720v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Gauduchon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. J. Calderbank" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jfan.2000.3563" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125994v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Moroianu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1006546915261" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5AA780D707F1ADD8DBD99202FEAFF66AC0DE9F12/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987723v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002080050240" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JKCD8VJV-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987751v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/tsg.198" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497180v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Biau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Droniou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herzlich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-0898-4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818194v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Guillarmou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zindine Djadli" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987732v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/013-1/5" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/S02-0QJS9RZ7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987735v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987742v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987736v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851419v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811273230_0008" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>