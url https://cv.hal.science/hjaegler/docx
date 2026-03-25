--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1861,242 +1861,1348 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01587546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of a simultaneous measurement method for actinides by laser ablation coupled to inductively coupled plasma triple quadrupole mass spectrometry (LA-ICP MS/MS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Jaegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Tiong Ling Ying</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Pécheyran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th Radiochemical Conference (RadChem 2026)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Division of Nuclear- and Radiochemistry of the European Chemical Society (EuChemS); Department of Nuclear Chemistry, Faculty of Nuclear Sciences and Physical Engineering, Czech Technical University in Prague, May 2026, Mariánské Lázně, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new milestone for ultra-low 236 U/ 238 U isotope ratio measurements by ICP-MS/MS in environmental samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Jaegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Winter Conference on Plasma Spectrometry (EWCPS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DGM Deutsche Gesellschaft für Materialkunde e.V. (German Society for Materials Science), Mar 2025, Berlin (Germany), Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05289148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radioactive Contaminants in the Environment: Isotope Geochemistry Unveiling Their Secrets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mangeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Darricau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tingting Geng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Jaegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goldschmidt 2025 Conference, 6-11 July 2025, Prague, Tchéquie.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, ONLINE (Prague), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05074717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pushing limits of icp-ms/ms for the determination of ultralow 236U/238U isotope ratios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Jaegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Steier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Golser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">65th Radiobioassay &amp; Radiochemical Measurements Conference 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Atlanta, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04060605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse isotopique du plutonium et de l’uranium présents à l’état d’ultra-traces dans des sédiments de rivières de la région de Fukushima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pointurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Jaegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Isnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Diez-Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SPECTR’ATOM, SPECTR’ATOM 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, PAU, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03602218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using multiple tracers to quantify changes in sediment source contributions to the rivers and lakes draining the main radioactive plume of Fukushima, Japan (2011-2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Patrick Laceby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuichi Onda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seiji Hayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Huon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27th IUGG General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Montreal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02674654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determination of 236U/238U ratios in environmental samples using ICP-MS/MS.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Diez, Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Isnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Pointurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Jaegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nordic Plasma conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Loen, Norway</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracing the sources and dynamics of contaminated sediment in coastal rivers draining the main Fukushima radioactive fallout plume using gamma-emitting radionuclides and carbon/nitrogen stable isotopes (2011-2017).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Patrick Laceby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuichi Onda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seiji Hayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hideki Tsuji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MARC XI (Methods and Application of Radioanalytical Chemistry) Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Kona, Hawaii, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02674006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatializing of soil water content measurement at the scale of the agricultural field, using geoelectrical monitoring and geostatistical method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hocine Henine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Jaegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Forquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lauvernet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Workshop on Geoelectrical Monitoring (GELMON)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02605735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation du piégeur passif et du traitement pour la détermination du 14C atmosphérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Jaegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Petitfrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Beurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Dias Varela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès national de Radioprotection – SFRP 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, La Baule, France. , 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05450652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performances et limites du traitement chimique pour la mesure du 90Sr, 55Fe et 63Ni par scintillation liquide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Jaegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Thi Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Baconet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2115,1399 +3221,414 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès national de Radioprotection – SFRP 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, La Baule, France. , 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05457704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity improvement of thin-film techniques by micro-sample analysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Gorny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Jaegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Brulfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Zebracki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diffusive gradients in thin films Conference 2019, Diffusive gradients in thin films Conference 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, VIENNE, Austria. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02460188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring uranium minor isotopes (U-233, U-236) as a new tracer to highlight uranium contamination downstream former uranium mine sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Jaegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mangeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Blanchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Congrès de la Société Française des Isotopes Stables, SFIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, ORSAY, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02460190v1</w:t>
-              </w:r>
-[...983 lines deleted...]
-                <w:t xml:space="preserve">hal-02605735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redistribution des isotopes de l’uranium et du plutonium présents à l’état d’ultra-traces dans les sédiments des fleuves côtiers drainant le panache radioactif de Fukushima</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Jaegler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géochimie. Université Paris Saclay (COmUE), 2018. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018SACLS288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02560842v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId112"/>
+      <w:footerReference w:type="default" r:id="rId116"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3575,51 +3696,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A9E3275B"/>
+    <w:nsid w:val="27CFC4FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3806,51 +3927,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hjaegler" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5178-9513" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441193v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Crozet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Labed" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Augeray" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rivier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bacchetta" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2025.104666" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05417548v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Jaegler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Riquier Marcussy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Dias Varela" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Beurel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Hennequet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ract-2025-0051" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634439v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Habibi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baconet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Haloche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ja00079j" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196252v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkiviadis Gourgiotis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3JA00175J" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843070v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Morereau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Hain" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Steier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Golser" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.135658" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03252617v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chartin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Patrick Laceby" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichi Onda" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshifumi Wakiyama" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-13-2555-2021" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408057v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pourcelot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Masson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Beguin-Leprieur" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Boulet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cagnat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2021.105033" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02610582v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Diez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bresson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chartier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Evrard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.120221" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869302v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c01121" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02615745v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pointurier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Angulo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Griffiths" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-019-06575-w" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336278v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Isnard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2019.03.064" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02610576v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Hubert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Patrick Laceby" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.04.094" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587546v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep34828" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05450652v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Petitfrere" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pineau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05457704v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Correia" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Thi Tran" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460188v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Gorny" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Brulfert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Zebracki" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460190v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mangeret" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Blanchart" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289148v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074717v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Darricau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Geng" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04060605v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602218v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02674654v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seiji Hayashi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338990v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diez, Fernandez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Isnard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pointurier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jaegler" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bresson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02674006v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideki Tsuji" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605735v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Henine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cl&#233;ment" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Forquet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02560842v3" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SACLS288" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hjaegler" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5178-9513" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441193v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Crozet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Labed" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Augeray" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rivier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bacchetta" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2025.104666" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05417548v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Jaegler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Riquier Marcussy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Dias Varela" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Beurel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Hennequet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ract-2025-0051" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634439v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Habibi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baconet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Haloche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ja00079j" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196252v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkiviadis Gourgiotis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3JA00175J" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843070v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Morereau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Hain" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Steier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Golser" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.135658" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03252617v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chartin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Patrick Laceby" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichi Onda" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshifumi Wakiyama" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-13-2555-2021" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408057v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pourcelot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Masson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Beguin-Leprieur" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Boulet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cagnat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2021.105033" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02610582v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Diez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bresson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chartier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Evrard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.120221" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869302v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c01121" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02615745v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pointurier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Angulo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Griffiths" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-019-06575-w" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336278v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Isnard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2019.03.064" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02610576v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Hubert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Patrick Laceby" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.04.094" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587546v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep34828" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05550976v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Mar&#233;chal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Tiong Ling Ying" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;cheyran" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289148v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074717v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mangeret" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Darricau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Geng" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04060605v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602218v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02674654v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seiji Hayashi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338990v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diez, Fernandez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Isnard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pointurier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jaegler" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bresson" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02674006v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideki Tsuji" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605735v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Henine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cl&#233;ment" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Forquet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05450652v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Petitfrere" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pineau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05457704v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Correia" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Thi Tran" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460188v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Gorny" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Brulfert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Zebracki" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460190v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Blanchart" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02560842v3" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SACLS288" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>