--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Hubé </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la communication politique. 2e édition revue et augmentée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Boeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782807341173</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03864821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique des chemins courts. Un siècle de relations entre journalistes et communicants gouvernementaux en Allemagne (1918-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éd. du Croquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782365123273. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/asava.hube.2022.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03864869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populism and the Politicization of the COVID-19 Crisis in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Bobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave Macmillan; Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-3-030-66010-9. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-66011-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03158526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la communication politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Boeck Supérieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Ouvertures politiques, 9782807308633. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dbu.aldri.2017.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les médiations de l'Europe politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Ollivier-Yaniv</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Utard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg, 2014, 9782868209016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mondes de la communication publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Ollivier-Yaniv</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Utard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes, pp.190, 2013, 2753528896. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.71750⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00931951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire politique et économique des médias en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Chupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Kaciaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Repères, 9782707173713. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dec.chupi.2012.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03056918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Das Europa der Europäer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Lassalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Rowell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">transcript Verlag, 2011, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14361/transcript.9783839416266.fm⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptions of Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Rowell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ECPR. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECPR Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9781907301155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Europe des Européens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Lassalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Rowell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economica, 2010, 978-2-7178-5963-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Europe des Européens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Lassalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Rowell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economica, 2010, 978-2-7178-5963-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrocher la « Une ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg, pp.398, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00312055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former à la critique sans former au complotisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Kervella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, N° 23 (1), pp.149-172. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pdc.023.0149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction du dossier - (Ré)éduquer aux médias. Une action publique contre les « désordres informationnels »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Kervella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, N° 23 (1), pp.5-31. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pdc.023.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrer les contrevérités comme posture professionnelle. Le rapport paradoxal à l’information des travailleurs sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Civitas Europa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Le transfert de la compétence préjudicielle, 54 (1), pp.281-299. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/civit.054.0281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Herzer, The Media, European Integration and the Rise of Euro-journalism, 1950s–1970s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, L’intégration européenne à l’aune des « classiques » de philosophie politique (Première partie), 82 (4), pp.148-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04591612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En finir avec le populisme ? Pourquoi un bien de la compétition politique ne peut servir d’outil analytique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Le fandom, côté obscur, 46, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12yfm⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04847297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Öffentlichkeitsarbeit ou la propagande au service de la démocratie. La définition du travail de communication gouvernementale dans les premières années de la RFA (1949-1953)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire, économie et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, L’« ère de la com » ? Comment la communication transforme le travail politique au cours du second XXe siècle, 41 (4), pp.9-26. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/hes.224.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the German Media System with the Help of Bourdieu and Elias: Historical Sociology of Press-Political Relations in Germany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Media Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32376/d895a0ea.6f6fb9bf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanences and Mutations in the French and German Media Systems during the COVID-19 Pandemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriac Gousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48 (3), pp.529-551. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3138/cjc-2022-0057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04630964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journalistic Role Performance in Times of COVID</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hallin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Mellado-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akiba Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Nolan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journalism Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (16), pp.1977-1998. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1461670X.2023.2274584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crime News Under Digitization Process in French and German Newsrooms: Standardization and Diversification of News under Web-First Pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ruffio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Media and communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Journalism, activism, and social media : exploring the shifts in journalistic roles, performance, and interconnectedness, 10 (3), pp.78-88. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17645/mac.v10i3.5439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03746419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How populist are populist parties in France? Understanding parties’ strategies within a systemic approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cultural and Political Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (1), pp.62-82. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23254823.2021.2016455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03550286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France: Two Separate Populist Parties; Two Separate Networks and One Go-Between Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studia Politica Slovaca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (2-3), pp.22-34. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31577/SPS.2021-2.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babylon Berlin. L’histoire complexe de la République Weimar au-delà de son Komplex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TV/Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Séries : les sens de l’Histoire, 17, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tvseries.3921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02931470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laver son linge sale en famille. Gérer les contraintes de la médiatisation du politique en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaderni</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101, pp.47-61. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaderni.1679⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02958935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une institutionnalisation sans professionnalisation ? L’espace interstitiel de la communication gouvernementale en RFA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Enjeux de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (2), pp.13-26. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/enic.029.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02900525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche d’une universalité du journalisme : la Journalistik allemande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 19, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfsic.9269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02611842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galpin (Charlotte) – The Euro Crisis and European Identities. Political and Media Discourse in Germany, Ireland and Poland. – Basingstoke, Palgrave Macmillan, 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.727-728. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfsp.694.0712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Gouvernement peut-il parler d’une seule voix ? Institutionnalisation et délimitation du rôle du porte-parole du gouvernement fédéral allemand (1949-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française d’administration publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3 (171), pp.681-696. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfap.171.0681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02480033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communiquer l’Europe, légitimer l’Europe. Les enjeux historiques de l’opinion publique pour les institutions européennes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuaire français de relations internationales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, XIX, pp.947</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coproduire les biens politiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoir/Agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46 (4), pp.59. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sava.046.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benson (Rodney), Shaping Immigration News. A French-American Comparison , New York, Cambridge University Press, coll. « Communication, Society and Politics », 2013, 280 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.206. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pox.120.0206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the Off-the-Record as a Social Practice: German Press-Politics Relations Seen from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratorium : Russian review of social research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (2), </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25285/2078-1938-2017-9-2-59-81⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02448037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Grâce à la RTF, vous ne serez plus seul sur la route »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Chupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (2), pp.191. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pdc.009.0191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Political communication in a high-choice media environment: a challenge for democracy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter van Aelst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesper Strömbäck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toril Aalberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Esser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claes de Vreese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of the International Communication Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 41 (1), pp.3-27. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23808985.2017.1288551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medien und Presse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bürger und Staat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4, pp.273-280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du dossier &amp;quot;Des « vraies gens » aux « followers ». Médias numériques et parole politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Olivesi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Des « vraies gens » aux « followers ». Médias numériques et parole politique, 6, pp.5-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer le participatif. Entretien avec David Corchia, PDG de Concileo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Olivesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01624052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">European Union, A Stakeholders' Democracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (2), pp.125. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.162.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01758787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Euro Crisis’ Actors and their Roles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liina Puustinen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (2), pp.84. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/poeu.052.0084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Union européenne, une démocratie de stakeholders — Des laboratoires du participationnisme à l’expérimentation démocratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (2), pp.125. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.162.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’État participatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (2), </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.162.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01758800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant propos au texte de Jay Blumler The Fourth Age of Political Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Blumler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Olivesi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, N° 6 (1), pp.19. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pdc.006.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La forme, c’est le fond ». La « Une » comme outil marketing de « modernisation » de la presse quotidienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 17, pp.253-272. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/questionsdecommunication.389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02448039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir les ambassadeurs de l'Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 34, pp.95-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00626364v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comptes rendus - Park (Robert Ezra), Le journaliste et le sociologue. Textes présentés et commentés par Géraldine Muhlmann et Edwy Plénel, Paris, Seuil/Presses de Sciences Po, 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 61 (2), pp.322. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfsp.612.0322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dudouet (François-Xavier), Grémont (Éric) – Les grands patrons en France. Du capitalisme d’État à la financiarisation . – Paris, Éditions Lignes de Repères, 2010. 174 p. Bibliogr. Index.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Vol. 61 (4), pp.XXIX-XXIX. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfsp.614.0751zc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Political Parties in Campaign (1989–2004): A Configurational Analysis of Political Discourses on Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Rambour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives on European Politics and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11 (2), pp.146-166. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15705851003760909⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le politologue, le journaliste et l'électeur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gombin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoir/Agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, mars (n°7), pp.65-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00421681v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le courrier des lecteurs. Une parole journalistique profane ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots: les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 87, pp.99-112. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mots.12572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le stéréotype à la “Une”. Les effets d'une activité traduite.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medias &amp; Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 2, pp.61-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00312062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet concorde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 23 (3), pp.179. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/poeu.023.0179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fait divers à la “Une”. Hiérarchisation des informations et énonciation d'un discours pour un lectorat situé .</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers du journalisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00312072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parutions - Georgakakis (D.), La République contre la propagande. Aux origines perdues de la communication d'Etat en France (1917-1940), Paris, Economica, 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 4 (1), pp.265. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tdm.004.0265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique et télévision. Petit tour d’horizon du regard scientifique sur le travail journalistique depuis 20 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 37 (1), pp.115-129. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/reval.2005.5826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How We Did It – Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Laumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaïn Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Nickels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kirstin Drenkhahn; Fabien Jobard; Tobias Singelnstein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impending Challenges to Penal Moderation in France and Germany : a strained restraint</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.65-81, 2023, 978-1-03-218867-6. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003256694-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mediated Construction of Crime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ruffio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kirstin Drenkhahn; Fabien Jobart; Tobias Singelnstein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impending Challenges to Penal Moderation in France and Germany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.192-202, 2023, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003256694-15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tabloidization of News Rather Than Punitive Turn – Crime and Penal Issues on French and German Newspaper Front Pages (1971–2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ruffio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kirstin Drenkhahn; Fabien Jobart; Tobias Singelnstein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impending Challenges to Penal Moderation in France and Germany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.203-224, 2023, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003256694-16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois bureaucraties pour une politique. Porte-parolat et mise en représentation de « l’Europe » dans ses années de fondation (1952-1967)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Samuel Hayat; Nicolas Kaciaf; Cédric Passard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le porte-parole. Fondements et métamorphoses d'un rôle politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.129-160, 2022, 9782757437148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03703533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COVID-19 and Populism: A Sui Generis Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Bobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Hubé; Giuliano Bobba. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Populism and the Politicization of the COVID-19 Crisis in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave Macmillan; Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-16, 2021, 978-3-030-66010-9. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-66011-6_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03158524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Between Mitigation and Dramatization: The Effect of the COVID-19 Crisis on Populists’ Discourses and Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Bobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Giuliano Bobba; Nicolas Hubé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Populism and the Politicization of the COVID-19 Crisis in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave Macmillan; Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.131-144, 2021, 978-3-030-66010-9. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-66011-6_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03158520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France: Governmental Unpreparedness as a Discursive Opportunity for Populists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Giuliano Bobba; Nicolas Hubé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Populism and the Politicization of the COVID-19 Crisis in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave Macmillan; Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.59-71, 2021, 978-3-030-66010-9. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-66011-6_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03158525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">It’s all about the elite! Populism in French Media during the Presidential Campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ruffio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnieszka Stępińska. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Populist Political Communication across Europe: Contexts and Contents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.115-135, 2020, 978-3-631-84134-1. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b17824⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03124718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journalists’ Perceptions of Populism and the Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Stanyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Bobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gergő Hajzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Nicolas Hopmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carsten Reinemann; James Stanyer; Toril Aalberg; Frank Esser; Claes H. de Vreese. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communicating Populism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.34-50, 2019, 9781138392724. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429402067-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journalistic Culture, Editorial Mission, and News Logic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Maurer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Václav Štětka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Cremonesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella Seddone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carsten Reinemann; James Stanyer; Toril Aalberg; Frank Esser; Claes H. de Vreese. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communicating Populism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.102-122, 2019, 9781138392724. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429402067-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02448031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le porte-parolat du gouvernement et des ministères en Allemagne, une longue tradition de contre-feux politique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De l’attachée de presse au conseiller en communication. Pour une histoire des spin doctors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.153-168, 2019, 978-2-7535-7586-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Democracy by Proxy to Stakeholder Democracy. The Changing Faces of an EU Founding Value</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Foret and Oriane Calligaro (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Values: Challenges and Opportunities for EU Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routeledge, 2018, Studies on Government and the European Union</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01931779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Personalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter van Aelst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamir Sheafer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stylianos Papathanassopoulos Stylianos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparing Political Journalism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.112, 2016, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781315622286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Reluctance to Use the Word Populism as a Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Truan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Populist Political Communication in Europe. A Cross-National Analysis of European Countries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01401324v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internet : Espace de renouvellement et d’élargissement des idées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Vie intellectuelle en France - Tome 2 De 1914 à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9782021081435</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’économie des échanges symboliques de la politique allemande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de l’alternance. Sociologie des changements (de) politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions du Croquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.336-356, 2016, 9782365120784</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nationale Abgeordnete, transregionale Abgeordnete? Mobilisierung und politische Repräsentation in den Hauptstädten Berlin und Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grenzüberschreitende Informationsflüsse und Medien in der Grossregion SaarLorLux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NOMOS Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-3-8487-2234-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciding who’s in the news. National Political and Economical Actors as major agent of the crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liina Puustinen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Picard Robert, Ed., The Euro Crisis in the Media: Journalistic Coverage of Economic Crisis and European Institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.B.Tauris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.83-101, 2015, 9781784530600</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'institution judiciaire européenne sous contrainte de publicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lambert Abdelgawad E., Dourneau-Josette, P. (Dir.), La Cour européenne des droits de l'homme dans la presse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthemis/Nemesis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.201-211, 2015, 978-2-87455-889-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De source proche d'une source proche ... La codification de la confiance dans la politique allemande.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'informel pour informer. Les journalistes et leurs sources. Legavre (J.-B.), dir.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pepper, L'Harmattan, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design is Content&amp;quot; On Tabloizidation of the French Quality Newspaper Journalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retelling Journalism : Conveying Stories in a Digital Age, Chris Peters and Marcel Broersma eds.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peeters, p 107 - 127, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les affaires publiques européennes, un monde de médiations ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Médiations de l'Europe politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Strasbourg, p. 15-31, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parler au nom de l'Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les médiations de l'Europe politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Strasbourg, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01083186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parler au nom de l'Europe. Luttes d'institutions et conflits de légitimités pour le porte-parolat de « l'Union »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Aldrin, Nicolas Hubé, Caroline Ollivier-Yaniv, Jean-Michel Utard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les médiations de l'Europe politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Strasbourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-76, 2014, 9782868209016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01846178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agenda Politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia Universalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique n'est plus ce qu'elle était, la communication non plus.Pour un changement de perspective sur le travail de légitimation politique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mondes de la communication publique. Légitimation et fabrique symbolique du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, 2014, Les mondes de la communication publique, 978-2-7535-2889-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01081530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journalistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des acteurs de l'Europe, Lambert Abdelgawad, Elisabeth et Michel, Hélène (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Larcier, p. 232 - 236, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parler au nom de l'Europe. Luttes d'institutions et conflits de légitimités pour le porte-parolat de &amp;quot;l'Union</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Médiations de l'Europe politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Strasbourg, p. 49 - 75, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aus naher Quelle einer nahen Quelle...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Bourdieu und die Kommunikationswissenschaft. Internationale Perspektiven, Thomas Wiedemann &amp; Michael Meyen (eds.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Herbert von Halem Verlag, pp.25, 2013, 978-3-86962-086-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrication de la communication publique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Utard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mondes de la communication publique. Légitimation et fabrication symbolique du politique, Aldrin P., Hubé N., Ollivier-Yanniv C., Utard J-M., Dir.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.8, 2013, 2753528896</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On National and Ideological Background of Elites' Attitudes toward European Institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Political Sociology of Transnational Europe, Kauppi Niilo (Ed.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECPR Press, pp.25, 2013, 9781907301346</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Europäisierung und Europaskepsis – ein falscher Gegensatz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeder für sich oder alle gemeinsam in Europa?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nomos Verlagsgesellschaft mbH &amp; Co. KG, pp.143-172, 2013, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5771/9783845244600-143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02448038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique n'est plus ce qu'elle était, la communication non plus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mondes de la communication publique. Légitimation et fabrication symbolique du politique, Aldrin P., Hubé N., Ollivier-Yanniv C., Utard J.M., Dir.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.17, 2013, 2753528896</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00931995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Party Attitudes Towards the EU in the Member States: France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Party Attitudes Towards the EU in the Member States. Parties for Europe, parties against Europe, Nicolo CONTI (ED.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Taylor and Francis, pp.23, 2013, Routledge Advances in European Politics, 978-0-415-62231-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00931964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elites’ views on European institutions: national experiences sifted through ideological orientations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Europe of Elites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.122-146, 2012, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199602315.003.0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02448036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ready to run Europe? Perspectives of a supranational career among EU national elites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Verzichelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Europe of Elites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.43-66, 2012, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199602315.003.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02448032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weder für noch gegen Europa. Ambivalente Einstellungen und Argumentationsvielfalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Dakowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Gaxie; Nicolas Hubé; Marine de Lassalle; Jay Rowell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Das Europa der Europäer. Über die Wahrnehmungen eines politischen Raums</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transkript</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.115-135, 2011, 978-3-8376-1626-2. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14361/transcript.9783839416266.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deutsche Besonderheiten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Rowell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Das Europa der Europäer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, transcript Verlag, pp.97-102, 2011, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14361/transcript.9783839416266.97⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Europe Mobilises….</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Matthieu Méon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Gaxie; Nicolas Hubé; Marine de Lassalle; Jay Rowell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perceptions of Europe. A Comparative Sociology of European Attitudes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECPR Press, pp.285-314, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02370676v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">For or Against the EU? Ambivalent Attitudes and Varied Arguments Towards Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Dakowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Gaxie, Nicolas Hubé, Jay Rowell (dir.),. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perceptions of Europe. A Comparative Sociology of European Attitudes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECPR Press, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01184071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l’Europe mobilise….</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Matthieu Méon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Gaxie; Nicolas Hubé; Marine de Lassalle; Jay Rowell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Europe des Européens. Enquête comparative sur les perceptions de l’Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Economica, pp.253-278, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02370654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habemus Papam. Décès et nomination comme moments privilégiés D'analyse Du Discours sur l'institution papale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Baptiste Legavre; Bernard Delforce; Jacques Noyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures sociales des discours : le "discours social" en perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Charles de Gaulle-Lille 3, 2010, 978-2-84467-117-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05049114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pages Société… ou les pages Politique en creux. Retour sur des conflits de bon voisinage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Kaciaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chupin, Ivan; Nollet, Jérémie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journalisme et dépendance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.189-212, 2006, 2-296-00714-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04455215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ordinaire du politique dans les médias français. Les apports de la comparaison internationale pour dresser un état des lieux de la place du politique dans le champ journalistique hors campagne électorale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ballarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriac Gousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité de la recherche sur le journalisme et les médias d’information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française des sciences de l'information et de la communication (SFSIC), Jan 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éduquer les jeunes aux médias et à l’information en contexte de transition informationnelle. Accompagner les évolutions des pratiques informationnelles ou discipliner le rapport aux médias ? Penser les injonctions contradictoires de l’EMI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Kervella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition(S) - XXIVe Congrès de la Société française des sciences de l'information et de la communication (SFSIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française des sciences de l'information et de la communication; Université de Rennes, Jun 2025, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05158806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre &amp;quot;petites phrases&amp;quot; et évènement de campagne. Le meeting électoral dans les interviews des matinales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mayance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Le meeting électoral en France de 1945 à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem, Université de Lorraine); Centre de recherche universitaire lorrain d'Histoire (Crulh, Université de Lorraine); Institut national de l'audiovisuel (INA); Institut de recherches sur l'évolution de la nation et de l'État (Irenee); Société française d'Histoire politique (SFHP), Oct 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une sociologie comparée du journalisme. Les enjeux d’une recherche internationale sur le journalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ballarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriac Gousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Recherches en cours sur les journalismes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française des sciences de l'information et de la communication (SFSIC), Nov 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ordinaire du politique dans les médias français. État des lieux de la place du politique dans le champ journalistique hors campagne électorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ballarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e Congrès de l’Association française de sociologie.  Intersections, circulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Congrès de l'Association française de sociologie. Réseau thématique "sociologie des médias", Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanences and Mutations in the French and German Media Systems during the COVID-19 pandemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ballarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriac Gousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Médiatiser la Pandémie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Laval, Mar 2022, Montréal, Canada. pp.529-551, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3138/cjc-2022-0057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « politique des chemins courts ». Comprendre les relations entre journalistes-communicants gouvernementaux allemands par la sociologie historique et institutionnelle (1918-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invitée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Mulhouse, Mar 2022, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À Berlin, on danse ; tandis que dans la Ruhr, on souffre&amp;quot; Quand l’état des relations internationales empêche le gouvernement allemand dans ses mondanités (1919-1925)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16e Congrès national de l'AFSP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de science politique (AFSP), Jul 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journalistic Role Performance in Times of Covid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hallin Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolan David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chen Yi-Ning Katherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szabo Gabriella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72nd annual ICA Conference One world, one network ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International communication association, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique des chemins courts : Un siècle de relations entre journalistes et communicants gouvernementaux en Allemagne (1918-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'atelier international du GRCP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe de Recherche en Communication Politique, Apr 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bourdieu, Elias et Habermas sont sur un bateau… Travailler les relations presse - politique en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude autour des travaux d'Erik Neveu. Le nomadisme scientifique : circulation des idées, concepts, auteurs et théories</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté de droit et de science politique (Université de Rennes), Jun 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la sélection à l’annotation. Usages de corpus et interactions entre journalistes et élus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Beloued</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Lalande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Le corpus audiovisuel : quelles approches ? Quels usages ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut national des langues et civilisations orientales (Inalco); Équipe Pluralité des langues et des identités : didactique, acquisition, médiations (Plidam), Jun 2019, Paris, France. pp.13-24, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17184/eac.5697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">After a strange campaign. Are French democracy and Institutions crumbling down?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università degli studi di Torino, May 2022, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populism and the politicization of the COVID-19 crisis in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Bobba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tri-lateral workshop on populism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Online only, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les théories du complot & le rejet de la politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna C. Zielinska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre de la journée d'étude Les enjeux de la désinformation - regards croisés des sciences humaines et sociales et des sciences formelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Bourdin au service de la démocratie ? Sociologie des rôles et conflictualité lors des interviews matinales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mayance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Belalimat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadim Fevrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Congrès de l'Association française de sociologie Changer ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de sociologie, Jul 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">It's all about the elite! Quand les journalistes français répondent aux critiques des populistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Milieux journalistiques face au populisme, France et Allemagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Brême (Allemagne; Université de Mulhouse; Université de Lyon 2, Jul 2021, Brême, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux socionumériques sont-ils le reflet des transformations de la politique ? De quelques enjeux de compréhension des usages du numérique dans nos démocraties contemporaines, en général, et pour les mouvements populistes, en particulier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32e conférence internationale francophone sur l’interaction homme-machine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Psychologie ergonomique et sociale pour l'expérience utilisateurs (Perseus, Université de Lorraine); Centre de recherche sur les médiations (Crem, Université de Lorraine); Laboratoire de conception optimisation et modélisation des systèmes (Lcoms, Université de Lorraine), Apr 2021, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle propagande sur Facebook ? Les stratégies des populistes français en ligne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digitális populizmus - Populisme numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Français de Budapest, Mar 2021, Budapest (HO), Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le populisme et la politisation de la crise du Covid-19 en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Pandémie Covid-19 : retours d'expériences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie française des sciences, May 2021, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards pluriels sur l’éducation à l’image : enjeux, pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Diana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Appiotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Müller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre du séminaire Fait didactique et éducation à L’éducation à l’image en contexte numérique et de crise sanitaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem, Université de Lorraine); Institut national supérieur du professorat et de l'éducation (Inspé de Lorraine), Dec 2020, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03549907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How populist are populist parties in France? Understanding parties’ strategies within a relational approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire TrumPo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université catholique de Louvain, Jan 2021, Louvain -la-Neuve, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Populist Parties with and against COVID. Opportunities and Strategies in Times of Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECPR General Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Consortium for Political Research (ECPR), Aug 2021, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement médiatique de la diversité des discours sur la laïcité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude La laïcité, entre pluralité des discours et universalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau des INSPÉ, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JRP France : a preliminary analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ballarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journalistic Role Performance Project (JRP) - Methodology &amp; Early results</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Journalistic Role Performance - France; Maison des Sciences de l’Homme (Dijon), Jul 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éduquer l’éducateur : les paradoxes de l’éducation aux médias et à l’Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ysé Vauchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Faits didactique et éducation à</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut national supérieur du professorat et de l'éducation (Inspé) de Lorraine; Université de Lorraine; Centre de recherche sur les médiations (Crem; Université de Lorraine), Nov 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux saisir l’opinion publique par les sondages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque L’opinion publique aujourd’hui Regards pluridisciplinaires dans le cadre de la 4e Université d’automne de l’Institut Louis Favoreu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Aix-Marseille; Croyance; Histoire; Espace; Régulation Politique et Administrative (Cherpa; Science Po Aix), Oct 2020, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03124711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contenir le débat public. La politique sans l’opposition en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Le Débat public : acteurs, structuration, ressources »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Po Strasbourg/Misha, May 2019, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dansons, buvons, mais gardons nos distances. Le bal de la presse comme rituel de clôture du champ du pouvoir en Allemagne (1918-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « La vie privée des responsables publics »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CURAPP, Université d'Amiens, Feb 2019, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spokesperson or Chief Propagandist ? The long tradition of political counter-fires by German governments’ spokesperson (1918-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Association for Media and Communication Research (IAMCR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internet et communication politique. Repenser les frontières du on- et du offline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Analyse du web, chaire « Dialogue des cultures »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire le leadership. Quelles figures en Europe ? Le cas de l’Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Médias et Elections »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LCP-IRISSO, IPJ-Paris Dauphine, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Changing Faces of an EU Founding Value: From Democracy by Proxy to Stakeholder Democracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECPR Standing groupes, SGEU Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Consortium of Political Research, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La quadrature du triangle. Pourquoi et comment les institutions du pouvoir européen se disputent le porte-parolat de ‘la communauté’ (1957-1967)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Porter la parole »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Po Lille, Jan 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La quadrature du triangle. Pourquoi et comment les exécutifs européens se disputent le porte-parolat de “la communauté” (1957-1967)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Formes de légitimation de l’action publique européenne »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Journée d’études du GrUE, Association française de Science Politique, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“The European Union, a Stakeholders’ Democracy. From the European Studies to Democratic Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Conference of Europeanists (CES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conference of Europeanists (CES), Jul 2017, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambivalence of Europeanization: On the Influence of Conflict and Contingency in the Processes of &amp;quot;Making Europe”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Conference of Europeanists (CES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conference of Europeanists (CES), Jul 2017, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sociohistoire du porte-parolat du gouvernement et des ministères en Allemagne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « De l’attachée de presse au conseiller en communication : pour une histoire politique des communicants »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, May 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germany, a model for Europe? Political communication in Berlin and Brussels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Identities and Public Spaces in Europe » (Jean Monnet Chair Seminar)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les usages médiatiques des sondages. Quand l'opinion parle d'elle-même</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études PopAct (AFSP)/LIEEP « La commande publique des sondages »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appréhender les relations presse-politique dans leur contexte institutionnel. Les échanges informels en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche du Centre Marc Bloch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Berlin, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La communication, une science de gouvernement comme les autres. Jalons pour un renversement paradigmatique de l’analyse des acteurs et dispositifs de légitimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Congrès international des associations francophones de Science politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beobachtungen zur Institution der Bundespressekonferenz und dem Berliner Parlamentsjournalismus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formate des Politischen. Medien und Politik im Wandel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèse du « moment participatif » européen. La politique européenne de l’opinion saisie par le participationnisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marchés des biens politiques et symboliques en comparaison dans des contextes centralisés et fédéraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan et perspectives pour l’analyse sociologique du politique. Débats autour des travaux de Daniel Gaxie - journée d'études</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Vous ne serez plus jamais seul sur la route”. La construction de l’information routière comme problème public par l’ORTF (1952-1970)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Chupin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Croisades privées et problèmes publics. L’héritage sociologique de Joseph Gusfield »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Das mediale System in Frankreich der Jahre 1980 bis heute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invitée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ludwig-Maximilian Universität München, May 2014, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment l’Europe fabrique-t-elle sa légitimité politique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les midis de Science politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Montréal / Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le journalisme politique en France et en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformations des médias et des pratiques journalistiques en France et en Russie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Moscou, Russie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Actors of the Euro-crisis: between Personalisation and Europeanization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liina Puustinen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECREA Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">European information and politics: a German pattern?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identities and Public Spaces in Europe » (Jean Monnet Chair seminar)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les célébrités comme des élites (sexuellement) irresponsables ? L'affaire Polanski dans les journaux français, polonais et suisses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annik Dubied</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inégalités et démocratie - Congrès de l'Association française de science politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Personalization of Political News: A Comparative Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter van Aelst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamir Sheafer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stylianos Papathanassopoulos Stylianos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Challenging Communication Research - International Communication Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les institutions européennes sous contrainte de publicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Cour européenne des droits de l'homme dans la presse. Colloque CEDH/Université de Strasbourg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les institutions régionales au prisme de l'espace médiatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La circulation des informations dans la grande région : quel espace médiatique transfrontalier aujourd'hui et demain ? - Université de Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Who is in the news? Personalized political news in comparative perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter van Aelst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamir Sheafer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stylianos Papathanassopoulos Stylianos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New trends in Political Communication - Congrès de la Political Communication Section of ECREA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Milano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politische Kommunikation - Akteure und Instrumente politischer Legitimität</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politische Kommunikation in der Demokratie - Wie viel Macht geht vom Volke aus? - Technische Universität Berlin/Stiftung der Deutsche Wirtschaft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Der neue partizipative Staat? Eine Soziologie der Grenzverschiebung von Government zu Governance, von den Bürgern zur Zivilgesellschaft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Factory B/Orders In Motion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Francfort/Oder, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élections législatives en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journalistes en campagne. Journée d'études Paris 1/CFJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre par la comparaison les pratiques journalistiques: les exemples français et allemands (leçon thématique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole d’été de politique comparée « Les formes plurielles de la communication politique »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A “Deliberative Turn” In Europe?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Future of Democracy in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Deutsch-Französisches Institut, Sep 2012, Ludwigsburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l'Europe mobilise... en ligne. Prises de parole et citoyenneté européenne : analyse de deux dispositifs numériques sur l'Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Wojcik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communiquer dans un monde de normes. L'information et la communication dans les enjeux contemporains de la "mondialisation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Roubaix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00840628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French and German Experiences of European Integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop “Comparing National Experiences of European Integration”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECPR Joint Session, Apr 2012, Anvers, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordinary uses of Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Crisis in Europe or a Crisis of Europe: Society, Culture and Institutions in the EU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4th HUFS-HRI EU Centre International Conference, Oct 2012, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elites’ vs. Citizens’ view of Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Summerschool, Tecnológico de Monterrey (Mexico)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When polls speak us… Media-use of polls during the French pre-campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A day conference The 2012 French Presidential Election</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Political Studies Association (PSA), Queen Mary University of London, May 2012, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le politologue, le journaliste et l'électeur. Le référendum français sur le Traité constitutionnel européen du 29 mai 2005 au prisme des analyses journalistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gombin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">communication au quatrième congrès de l'ABSP-CF, atelier 5 : « Science politique et actualité : quelles méthodes ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Louvain-la-Neuve, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00422172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MORES - Moral Emotions in Politics: How They Unite, How They Divide Facebook pages of leading parties and politicians in Germany, France, Poland and Hungary between 2009 and 2024. [Data Collection]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eszter Farkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zsolt Boda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriella Szabó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orsolya Ring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timm Beichelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for Social Science - Budapest - Hungary. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populist Parties in Contemporary Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Kubát</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Mejstřík</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Bobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Centre for social sciences; Hungarian academy of sciences. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02953349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populist Communication on Social Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Lipiński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnieszka Stępińska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Abadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gammeltoft-Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Centre for Social Sciences, Centre of Excellence of the Hungarian Academy of Sciences (Hungary). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02735283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sociologie politique comparée de la communication politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Science politique. Université Paris 1 Panthéon-Sorbnne, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03866431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Ré)éduquer aux médias. Une action publique contre les « désordres informationnels »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Kervella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N° 23 (1), 2025, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pdc.023.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours de haine dans les réseaux socionumériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliki Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Seoane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Leroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots: les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 125, 2021, 9791036203060. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mots.27783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03137170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des &amp;quot;vraies gens&amp;quot; aux &amp;quot;followers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Olivesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, 2016, 9782706125089</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'État participatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5 (2), 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04048294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’État participatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5 (2), 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId343"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Hubé </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique des chemins courts. Un siècle de relations entre journalistes et communicants gouvernementaux en Allemagne (1918-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éd. du Croquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782365123273. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/asava.hube.2022.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03864869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la communication politique. 2e édition revue et augmentée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Boeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782807341173</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03864821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populism and the Politicization of the COVID-19 Crisis in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Bobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave Macmillan; Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-3-030-66010-9. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-66011-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03158526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la communication politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Boeck Supérieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Ouvertures politiques, 9782807308633. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dbu.aldri.2017.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les médiations de l'Europe politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Ollivier-Yaniv</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Utard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg, 2014, 9782868209016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mondes de la communication publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Ollivier-Yaniv</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Utard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes, pp.190, 2013, 2753528896. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.71750⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00931951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire politique et économique des médias en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Chupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Kaciaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Repères, 9782707173713. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dec.chupi.2012.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03056918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Das Europa der Europäer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Lassalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Rowell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">transcript Verlag, 2011, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14361/transcript.9783839416266.fm⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptions of Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Rowell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ECPR. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECPR Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9781907301155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Europe des Européens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Lassalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Rowell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economica, 2010, 978-2-7178-5963-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Europe des Européens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Lassalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Rowell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economica, 2010, 978-2-7178-5963-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrocher la « Une ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg, pp.398, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00312055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former à la critique sans former au complotisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Kervella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, N° 23 (1), pp.149-172. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pdc.023.0149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction du dossier - (Ré)éduquer aux médias. Une action publique contre les « désordres informationnels »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Kervella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, N° 23 (1), pp.5-31. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pdc.023.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrer les contrevérités comme posture professionnelle. Le rapport paradoxal à l’information des travailleurs sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Civitas Europa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Le transfert de la compétence préjudicielle, 54 (1), pp.281-299. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/civit.054.0281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Herzer, The Media, European Integration and the Rise of Euro-journalism, 1950s–1970s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, L’intégration européenne à l’aune des « classiques » de philosophie politique (Première partie), 82 (4), pp.148-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04591612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En finir avec le populisme ? Pourquoi un bien de la compétition politique ne peut servir d’outil analytique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Le fandom, côté obscur, 46, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12yfm⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04847297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the German Media System with the Help of Bourdieu and Elias: Historical Sociology of Press-Political Relations in Germany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Media Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32376/d895a0ea.6f6fb9bf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Öffentlichkeitsarbeit ou la propagande au service de la démocratie. La définition du travail de communication gouvernementale dans les premières années de la RFA (1949-1953)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire, économie et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, L’« ère de la com » ? Comment la communication transforme le travail politique au cours du second XXe siècle, 41 (4), pp.9-26. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/hes.224.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanences and Mutations in the French and German Media Systems during the COVID-19 Pandemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriac Gousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48 (3), pp.529-551. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3138/cjc-2022-0057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04630964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journalistic Role Performance in Times of COVID</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hallin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Mellado-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akiba Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Nolan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journalism Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (16), pp.1977-1998. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1461670X.2023.2274584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crime News Under Digitization Process in French and German Newsrooms: Standardization and Diversification of News under Web-First Pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ruffio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Media and communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Journalism, activism, and social media : exploring the shifts in journalistic roles, performance, and interconnectedness, 10 (3), pp.78-88. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17645/mac.v10i3.5439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03746419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How populist are populist parties in France? Understanding parties’ strategies within a systemic approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cultural and Political Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (1), pp.62-82. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23254823.2021.2016455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03550286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France: Two Separate Populist Parties; Two Separate Networks and One Go-Between Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studia Politica Slovaca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (2-3), pp.22-34. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31577/SPS.2021-2.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laver son linge sale en famille. Gérer les contraintes de la médiatisation du politique en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaderni</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101, pp.47-61. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaderni.1679⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02958935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babylon Berlin. L’histoire complexe de la République Weimar au-delà de son Komplex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TV/Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Séries : les sens de l’Histoire, 17, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tvseries.3921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02931470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche d’une universalité du journalisme : la Journalistik allemande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 19, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfsic.9269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02611842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une institutionnalisation sans professionnalisation ? L’espace interstitiel de la communication gouvernementale en RFA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Enjeux de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (2), pp.13-26. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/enic.029.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02900525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Gouvernement peut-il parler d’une seule voix ? Institutionnalisation et délimitation du rôle du porte-parole du gouvernement fédéral allemand (1949-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française d’administration publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3 (171), pp.681-696. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfap.171.0681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02480033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galpin (Charlotte) – The Euro Crisis and European Identities. Political and Media Discourse in Germany, Ireland and Poland. – Basingstoke, Palgrave Macmillan, 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.727-728. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfsp.694.0712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communiquer l’Europe, légitimer l’Europe. Les enjeux historiques de l’opinion publique pour les institutions européennes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuaire français de relations internationales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, XIX, pp.947</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coproduire les biens politiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoir/Agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46 (4), pp.59. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sava.046.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the Off-the-Record as a Social Practice: German Press-Politics Relations Seen from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratorium : Russian review of social research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (2), </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25285/2078-1938-2017-9-2-59-81⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02448037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benson (Rodney), Shaping Immigration News. A French-American Comparison , New York, Cambridge University Press, coll. « Communication, Society and Politics », 2013, 280 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.206. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pox.120.0206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Grâce à la RTF, vous ne serez plus seul sur la route »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Chupin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (2), pp.191. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pdc.009.0191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Political communication in a high-choice media environment: a challenge for democracy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter van Aelst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesper Strömbäck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toril Aalberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Esser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claes de Vreese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of the International Communication Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 41 (1), pp.3-27. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23808985.2017.1288551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medien und Presse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bürger und Staat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4, pp.273-280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du dossier &amp;quot;Des « vraies gens » aux « followers ». Médias numériques et parole politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Olivesi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Des « vraies gens » aux « followers ». Médias numériques et parole politique, 6, pp.5-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Euro Crisis’ Actors and their Roles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liina Puustinen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (2), pp.84. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/poeu.052.0084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer le participatif. Entretien avec David Corchia, PDG de Concileo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Olivesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01624052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">European Union, A Stakeholders' Democracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (2), pp.125. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.162.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01758787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Union européenne, une démocratie de stakeholders — Des laboratoires du participationnisme à l’expérimentation démocratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (2), pp.125. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.162.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’État participatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (2), </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.162.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01758800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant propos au texte de Jay Blumler The Fourth Age of Political Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Blumler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Olivesi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, N° 6 (1), pp.19. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pdc.006.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La forme, c’est le fond ». La « Une » comme outil marketing de « modernisation » de la presse quotidienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 17, pp.253-272. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/questionsdecommunication.389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02448039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir les ambassadeurs de l'Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 34, pp.95-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00626364v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comptes rendus - Park (Robert Ezra), Le journaliste et le sociologue. Textes présentés et commentés par Géraldine Muhlmann et Edwy Plénel, Paris, Seuil/Presses de Sciences Po, 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 61 (2), pp.322. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfsp.612.0322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dudouet (François-Xavier), Grémont (Éric) – Les grands patrons en France. Du capitalisme d’État à la financiarisation . – Paris, Éditions Lignes de Repères, 2010. 174 p. Bibliogr. Index.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Vol. 61 (4), pp.XXIX-XXIX. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfsp.614.0751zc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Political Parties in Campaign (1989–2004): A Configurational Analysis of Political Discourses on Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Rambour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives on European Politics and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11 (2), pp.146-166. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15705851003760909⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le politologue, le journaliste et l'électeur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gombin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoir/Agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, mars (n°7), pp.65-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00421681v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le courrier des lecteurs. Une parole journalistique profane ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots : les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 87, pp.99-112. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mots.12572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le stéréotype à la “Une”. Les effets d'une activité traduite.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medias &amp; Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 2, pp.61-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00312062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet concorde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 23 (3), pp.179. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/poeu.023.0179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fait divers à la “Une”. Hiérarchisation des informations et énonciation d'un discours pour un lectorat situé .</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers du journalisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00312072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique et télévision. Petit tour d’horizon du regard scientifique sur le travail journalistique depuis 20 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 37 (1), pp.115-129. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/reval.2005.5826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parutions - Georgakakis (D.), La République contre la propagande. Aux origines perdues de la communication d'Etat en France (1917-1940), Paris, Economica, 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 4 (1), pp.265. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tdm.004.0265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mediated Construction of Crime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ruffio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kirstin Drenkhahn; Fabien Jobart; Tobias Singelnstein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impending Challenges to Penal Moderation in France and Germany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.192-202, 2023, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003256694-15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How We Did It – Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Laumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaïn Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Nickels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kirstin Drenkhahn; Fabien Jobard; Tobias Singelnstein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impending Challenges to Penal Moderation in France and Germany : a strained restraint</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.65-81, 2023, 978-1-03-218867-6. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003256694-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tabloidization of News Rather Than Punitive Turn – Crime and Penal Issues on French and German Newspaper Front Pages (1971–2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ruffio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kirstin Drenkhahn; Fabien Jobart; Tobias Singelnstein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impending Challenges to Penal Moderation in France and Germany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.203-224, 2023, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003256694-16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois bureaucraties pour une politique. Porte-parolat et mise en représentation de « l’Europe » dans ses années de fondation (1952-1967)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Samuel Hayat; Nicolas Kaciaf; Cédric Passard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le porte-parole. Fondements et métamorphoses d'un rôle politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.129-160, 2022, 9782757437148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03703533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COVID-19 and Populism: A Sui Generis Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Bobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Hubé; Giuliano Bobba. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Populism and the Politicization of the COVID-19 Crisis in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave Macmillan; Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-16, 2021, 978-3-030-66010-9. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-66011-6_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03158524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Between Mitigation and Dramatization: The Effect of the COVID-19 Crisis on Populists’ Discourses and Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Bobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Giuliano Bobba; Nicolas Hubé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Populism and the Politicization of the COVID-19 Crisis in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave Macmillan; Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.131-144, 2021, 978-3-030-66010-9. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-66011-6_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03158520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France: Governmental Unpreparedness as a Discursive Opportunity for Populists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Giuliano Bobba; Nicolas Hubé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Populism and the Politicization of the COVID-19 Crisis in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave Macmillan; Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.59-71, 2021, 978-3-030-66010-9. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-66011-6_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03158525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">It’s all about the elite! Populism in French Media during the Presidential Campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ruffio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnieszka Stępińska. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Populist Political Communication across Europe: Contexts and Contents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.115-135, 2020, 978-3-631-84134-1. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b17824⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03124718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journalistic Culture, Editorial Mission, and News Logic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Maurer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Václav Štětka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Cremonesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella Seddone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carsten Reinemann; James Stanyer; Toril Aalberg; Frank Esser; Claes H. de Vreese. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communicating Populism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.102-122, 2019, 9781138392724. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429402067-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02448031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journalists’ Perceptions of Populism and the Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Stanyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Bobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gergő Hajzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Nicolas Hopmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carsten Reinemann; James Stanyer; Toril Aalberg; Frank Esser; Claes H. de Vreese. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communicating Populism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.34-50, 2019, 9781138392724. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429402067-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le porte-parolat du gouvernement et des ministères en Allemagne, une longue tradition de contre-feux politique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De l’attachée de presse au conseiller en communication. Pour une histoire des spin doctors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.153-168, 2019, 978-2-7535-7586-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Democracy by Proxy to Stakeholder Democracy. The Changing Faces of an EU Founding Value</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Foret and Oriane Calligaro (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Values: Challenges and Opportunities for EU Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routeledge, 2018, Studies on Government and the European Union</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01931779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Reluctance to Use the Word Populism as a Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Truan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Populist Political Communication in Europe. A Cross-National Analysis of European Countries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01401324v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Personalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter van Aelst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamir Sheafer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stylianos Papathanassopoulos Stylianos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparing Political Journalism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.112, 2016, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781315622286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internet : Espace de renouvellement et d’élargissement des idées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Vie intellectuelle en France - Tome 2 De 1914 à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9782021081435</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’économie des échanges symboliques de la politique allemande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de l’alternance. Sociologie des changements (de) politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions du Croquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.336-356, 2016, 9782365120784</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'institution judiciaire européenne sous contrainte de publicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lambert Abdelgawad E., Dourneau-Josette, P. (Dir.), La Cour européenne des droits de l'homme dans la presse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthemis/Nemesis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.201-211, 2015, 978-2-87455-889-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nationale Abgeordnete, transregionale Abgeordnete? Mobilisierung und politische Repräsentation in den Hauptstädten Berlin und Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grenzüberschreitende Informationsflüsse und Medien in der Grossregion SaarLorLux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NOMOS Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-3-8487-2234-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciding who’s in the news. National Political and Economical Actors as major agent of the crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liina Puustinen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Picard Robert, Ed., The Euro Crisis in the Media: Journalistic Coverage of Economic Crisis and European Institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.B.Tauris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.83-101, 2015, 9781784530600</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02484685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agenda Politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia Universalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parler au nom de l'Europe. Luttes d'institutions et conflits de légitimités pour le porte-parolat de « l'Union »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Aldrin, Nicolas Hubé, Caroline Ollivier-Yaniv, Jean-Michel Utard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les médiations de l'Europe politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Strasbourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-76, 2014, 9782868209016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01846178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De source proche d'une source proche ... La codification de la confiance dans la politique allemande.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'informel pour informer. Les journalistes et leurs sources. Legavre (J.-B.), dir.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pepper, L'Harmattan, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design is Content&amp;quot; On Tabloizidation of the French Quality Newspaper Journalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retelling Journalism : Conveying Stories in a Digital Age, Chris Peters and Marcel Broersma eds.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peeters, p 107 - 127, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parler au nom de l'Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les médiations de l'Europe politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Strasbourg, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01083186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les affaires publiques européennes, un monde de médiations ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Médiations de l'Europe politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Strasbourg, p. 15-31, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique n'est plus ce qu'elle était, la communication non plus.Pour un changement de perspective sur le travail de légitimation politique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mondes de la communication publique. Légitimation et fabrique symbolique du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, 2014, Les mondes de la communication publique, 978-2-7535-2889-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01081530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journalistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des acteurs de l'Europe, Lambert Abdelgawad, Elisabeth et Michel, Hélène (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Larcier, p. 232 - 236, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parler au nom de l'Europe. Luttes d'institutions et conflits de légitimités pour le porte-parolat de &amp;quot;l'Union</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Médiations de l'Europe politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Strasbourg, p. 49 - 75, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01121042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Europäisierung und Europaskepsis – ein falscher Gegensatz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeder für sich oder alle gemeinsam in Europa?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nomos Verlagsgesellschaft mbH &amp; Co. KG, pp.143-172, 2013, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5771/9783845244600-143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02448038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrication de la communication publique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Utard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mondes de la communication publique. Légitimation et fabrication symbolique du politique, Aldrin P., Hubé N., Ollivier-Yanniv C., Utard J-M., Dir.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.8, 2013, 2753528896</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aus naher Quelle einer nahen Quelle...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Bourdieu und die Kommunikationswissenschaft. Internationale Perspektiven, Thomas Wiedemann &amp; Michael Meyen (eds.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Herbert von Halem Verlag, pp.25, 2013, 978-3-86962-086-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On National and Ideological Background of Elites' Attitudes toward European Institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Political Sociology of Transnational Europe, Kauppi Niilo (Ed.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECPR Press, pp.25, 2013, 9781907301346</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Party Attitudes Towards the EU in the Member States: France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Party Attitudes Towards the EU in the Member States. Parties for Europe, parties against Europe, Nicolo CONTI (ED.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Taylor and Francis, pp.23, 2013, Routledge Advances in European Politics, 978-0-415-62231-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00931964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique n'est plus ce qu'elle était, la communication non plus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mondes de la communication publique. Légitimation et fabrication symbolique du politique, Aldrin P., Hubé N., Ollivier-Yanniv C., Utard J.M., Dir.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.17, 2013, 2753528896</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00931995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elites’ views on European institutions: national experiences sifted through ideological orientations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Europe of Elites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.122-146, 2012, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199602315.003.0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02448036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ready to run Europe? Perspectives of a supranational career among EU national elites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Verzichelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Europe of Elites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.43-66, 2012, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199602315.003.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02448032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weder für noch gegen Europa. Ambivalente Einstellungen und Argumentationsvielfalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Dakowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Gaxie; Nicolas Hubé; Marine de Lassalle; Jay Rowell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Das Europa der Europäer. Über die Wahrnehmungen eines politischen Raums</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transkript</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.115-135, 2011, 978-3-8376-1626-2. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14361/transcript.9783839416266.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deutsche Besonderheiten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Rowell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Das Europa der Europäer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, transcript Verlag, pp.97-102, 2011, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14361/transcript.9783839416266.97⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Europe Mobilises….</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Matthieu Méon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Gaxie; Nicolas Hubé; Marine de Lassalle; Jay Rowell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perceptions of Europe. A Comparative Sociology of European Attitudes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECPR Press, pp.285-314, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02370676v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">For or Against the EU? Ambivalent Attitudes and Varied Arguments Towards Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Dakowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Gaxie, Nicolas Hubé, Jay Rowell (dir.),. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perceptions of Europe. A Comparative Sociology of European Attitudes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECPR Press, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01184071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l’Europe mobilise….</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Matthieu Méon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Gaxie; Nicolas Hubé; Marine de Lassalle; Jay Rowell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Europe des Européens. Enquête comparative sur les perceptions de l’Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Economica, pp.253-278, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02370654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habemus Papam. Décès et nomination comme moments privilégiés D'analyse Du Discours sur l'institution papale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Baptiste Legavre; Bernard Delforce; Jacques Noyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures sociales des discours : le "discours social" en perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Charles de Gaulle-Lille 3, 2010, 978-2-84467-117-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05049114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pages Société… ou les pages Politique en creux. Retour sur des conflits de bon voisinage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Kaciaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chupin, Ivan; Nollet, Jérémie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journalisme et dépendance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.189-212, 2006, 2-296-00714-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04455215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ordinaire du politique dans les médias français. Les apports de la comparaison internationale pour dresser un état des lieux de la place du politique dans le champ journalistique hors campagne électorale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ballarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriac Gousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité de la recherche sur le journalisme et les médias d’information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française des sciences de l'information et de la communication (SFSIC), Jan 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éduquer les jeunes aux médias et à l’information en contexte de transition informationnelle. Accompagner les évolutions des pratiques informationnelles ou discipliner le rapport aux médias ? Penser les injonctions contradictoires de l’EMI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Kervella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition(S) - XXIVe Congrès de la Société française des sciences de l'information et de la communication (SFSIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française des sciences de l'information et de la communication; Université de Rennes, Jun 2025, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05158806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre &amp;quot;petites phrases&amp;quot; et évènement de campagne. Le meeting électoral dans les interviews des matinales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mayance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Le meeting électoral en France de 1945 à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem, Université de Lorraine); Centre de recherche universitaire lorrain d'Histoire (Crulh, Université de Lorraine); Institut national de l'audiovisuel (INA); Institut de recherches sur l'évolution de la nation et de l'État (Irenee); Société française d'Histoire politique (SFHP), Oct 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une sociologie comparée du journalisme. Les enjeux d’une recherche internationale sur le journalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ballarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriac Gousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Recherches en cours sur les journalismes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française des sciences de l'information et de la communication (SFSIC), Nov 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ordinaire du politique dans les médias français. État des lieux de la place du politique dans le champ journalistique hors campagne électorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ballarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e Congrès de l’Association française de sociologie.  Intersections, circulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Congrès de l'Association française de sociologie. Réseau thématique "sociologie des médias", Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanences and Mutations in the French and German Media Systems during the COVID-19 pandemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ballarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriac Gousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Médiatiser la Pandémie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Laval, Mar 2022, Montréal, Canada. pp.529-551, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3138/cjc-2022-0057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique des chemins courts : Un siècle de relations entre journalistes et communicants gouvernementaux en Allemagne (1918-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'atelier international du GRCP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe de Recherche en Communication Politique, Apr 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « politique des chemins courts ». Comprendre les relations entre journalistes-communicants gouvernementaux allemands par la sociologie historique et institutionnelle (1918-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invitée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Mulhouse, Mar 2022, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À Berlin, on danse ; tandis que dans la Ruhr, on souffre&amp;quot; Quand l’état des relations internationales empêche le gouvernement allemand dans ses mondanités (1919-1925)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16e Congrès national de l'AFSP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de science politique (AFSP), Jul 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journalistic Role Performance in Times of Covid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hallin Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolan David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chen Yi-Ning Katherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szabo Gabriella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72nd annual ICA Conference One world, one network ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International communication association, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bourdieu, Elias et Habermas sont sur un bateau… Travailler les relations presse - politique en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude autour des travaux d'Erik Neveu. Le nomadisme scientifique : circulation des idées, concepts, auteurs et théories</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté de droit et de science politique (Université de Rennes), Jun 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">After a strange campaign. Are French democracy and Institutions crumbling down?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università degli studi di Torino, May 2022, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la sélection à l’annotation. Usages de corpus et interactions entre journalistes et élus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Beloued</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Lalande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Le corpus audiovisuel : quelles approches ? Quels usages ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut national des langues et civilisations orientales (Inalco); Équipe Pluralité des langues et des identités : didactique, acquisition, médiations (Plidam), Jun 2019, Paris, France. pp.13-24, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17184/eac.5697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How populist are populist parties in France? Understanding parties’ strategies within a relational approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire TrumPo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université catholique de Louvain, Jan 2021, Louvain -la-Neuve, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le populisme et la politisation de la crise du Covid-19 en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Pandémie Covid-19 : retours d'expériences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie française des sciences, May 2021, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards pluriels sur l’éducation à l’image : enjeux, pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Diana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Appiotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Müller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre du séminaire Fait didactique et éducation à L’éducation à l’image en contexte numérique et de crise sanitaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem, Université de Lorraine); Institut national supérieur du professorat et de l'éducation (Inspé de Lorraine), Dec 2020, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03549907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populism and the politicization of the COVID-19 crisis in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Bobba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tri-lateral workshop on populism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Online only, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les théories du complot & le rejet de la politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna C. Zielinska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre de la journée d'étude Les enjeux de la désinformation - regards croisés des sciences humaines et sociales et des sciences formelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">It's all about the elite! Quand les journalistes français répondent aux critiques des populistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Milieux journalistiques face au populisme, France et Allemagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Brême (Allemagne; Université de Mulhouse; Université de Lyon 2, Jul 2021, Brême, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux socionumériques sont-ils le reflet des transformations de la politique ? De quelques enjeux de compréhension des usages du numérique dans nos démocraties contemporaines, en général, et pour les mouvements populistes, en particulier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32e conférence internationale francophone sur l’interaction homme-machine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Psychologie ergonomique et sociale pour l'expérience utilisateurs (Perseus, Université de Lorraine); Centre de recherche sur les médiations (Crem, Université de Lorraine); Laboratoire de conception optimisation et modélisation des systèmes (Lcoms, Université de Lorraine), Apr 2021, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Bourdin au service de la démocratie ? Sociologie des rôles et conflictualité lors des interviews matinales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mayance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Belalimat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadim Fevrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Congrès de l'Association française de sociologie Changer ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de sociologie, Jul 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle propagande sur Facebook ? Les stratégies des populistes français en ligne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digitális populizmus - Populisme numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Français de Budapest, Mar 2021, Budapest (HO), Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JRP France : a preliminary analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ballarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journalistic Role Performance Project (JRP) - Methodology &amp; Early results</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Journalistic Role Performance - France; Maison des Sciences de l’Homme (Dijon), Jul 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Populist Parties with and against COVID. Opportunities and Strategies in Times of Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECPR General Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Consortium for Political Research (ECPR), Aug 2021, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement médiatique de la diversité des discours sur la laïcité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude La laïcité, entre pluralité des discours et universalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau des INSPÉ, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux saisir l’opinion publique par les sondages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque L’opinion publique aujourd’hui Regards pluridisciplinaires dans le cadre de la 4e Université d’automne de l’Institut Louis Favoreu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Aix-Marseille; Croyance; Histoire; Espace; Régulation Politique et Administrative (Cherpa; Science Po Aix), Oct 2020, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03124711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éduquer l’éducateur : les paradoxes de l’éducation aux médias et à l’Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ysé Vauchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Faits didactique et éducation à</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut national supérieur du professorat et de l'éducation (Inspé) de Lorraine; Université de Lorraine; Centre de recherche sur les médiations (Crem; Université de Lorraine), Nov 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contenir le débat public. La politique sans l’opposition en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Le Débat public : acteurs, structuration, ressources »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Po Strasbourg/Misha, May 2019, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dansons, buvons, mais gardons nos distances. Le bal de la presse comme rituel de clôture du champ du pouvoir en Allemagne (1918-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « La vie privée des responsables publics »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CURAPP, Université d'Amiens, Feb 2019, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spokesperson or Chief Propagandist ? The long tradition of political counter-fires by German governments’ spokesperson (1918-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Association for Media and Communication Research (IAMCR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Changing Faces of an EU Founding Value: From Democracy by Proxy to Stakeholder Democracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECPR Standing groupes, SGEU Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Consortium of Political Research, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internet et communication politique. Repenser les frontières du on- et du offline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Analyse du web, chaire « Dialogue des cultures »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire le leadership. Quelles figures en Europe ? Le cas de l’Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Médias et Elections »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LCP-IRISSO, IPJ-Paris Dauphine, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La quadrature du triangle. Pourquoi et comment les exécutifs européens se disputent le porte-parolat de “la communauté” (1957-1967)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Formes de légitimation de l’action publique européenne »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Journée d’études du GrUE, Association française de Science Politique, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La quadrature du triangle. Pourquoi et comment les institutions du pouvoir européen se disputent le porte-parolat de ‘la communauté’ (1957-1967)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Porter la parole »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Po Lille, Jan 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“The European Union, a Stakeholders’ Democracy. From the European Studies to Democratic Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Conference of Europeanists (CES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conference of Europeanists (CES), Jul 2017, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambivalence of Europeanization: On the Influence of Conflict and Contingency in the Processes of &amp;quot;Making Europe”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Conference of Europeanists (CES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conference of Europeanists (CES), Jul 2017, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sociohistoire du porte-parolat du gouvernement et des ministères en Allemagne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « De l’attachée de presse au conseiller en communication : pour une histoire politique des communicants »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, May 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appréhender les relations presse-politique dans leur contexte institutionnel. Les échanges informels en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche du Centre Marc Bloch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Berlin, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèse du « moment participatif » européen. La politique européenne de l’opinion saisie par le participationnisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La communication, une science de gouvernement comme les autres. Jalons pour un renversement paradigmatique de l’analyse des acteurs et dispositifs de légitimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Congrès international des associations francophones de Science politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beobachtungen zur Institution der Bundespressekonferenz und dem Berliner Parlamentsjournalismus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formate des Politischen. Medien und Politik im Wandel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marchés des biens politiques et symboliques en comparaison dans des contextes centralisés et fédéraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan et perspectives pour l’analyse sociologique du politique. Débats autour des travaux de Daniel Gaxie - journée d'études</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germany, a model for Europe? Political communication in Berlin and Brussels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Identities and Public Spaces in Europe » (Jean Monnet Chair Seminar)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les usages médiatiques des sondages. Quand l'opinion parle d'elle-même</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études PopAct (AFSP)/LIEEP « La commande publique des sondages »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Vous ne serez plus jamais seul sur la route”. La construction de l’information routière comme problème public par l’ORTF (1952-1970)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Chupin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Croisades privées et problèmes publics. L’héritage sociologique de Joseph Gusfield »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le journalisme politique en France et en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformations des médias et des pratiques journalistiques en France et en Russie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Moscou, Russie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Das mediale System in Frankreich der Jahre 1980 bis heute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invitée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ludwig-Maximilian Universität München, May 2014, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment l’Europe fabrique-t-elle sa légitimité politique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les midis de Science politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Montréal / Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Actors of the Euro-crisis: between Personalisation and Europeanization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liina Puustinen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECREA Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">European information and politics: a German pattern?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identities and Public Spaces in Europe » (Jean Monnet Chair seminar)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les institutions régionales au prisme de l'espace médiatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La circulation des informations dans la grande région : quel espace médiatique transfrontalier aujourd'hui et demain ? - Université de Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Personalization of Political News: A Comparative Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter van Aelst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamir Sheafer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stylianos Papathanassopoulos Stylianos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Challenging Communication Research - International Communication Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les célébrités comme des élites (sexuellement) irresponsables ? L'affaire Polanski dans les journaux français, polonais et suisses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annik Dubied</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inégalités et démocratie - Congrès de l'Association française de science politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les institutions européennes sous contrainte de publicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Cour européenne des droits de l'homme dans la presse. Colloque CEDH/Université de Strasbourg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Who is in the news? Personalized political news in comparative perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter van Aelst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamir Sheafer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stylianos Papathanassopoulos Stylianos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New trends in Political Communication - Congrès de la Political Communication Section of ECREA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Milano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politische Kommunikation - Akteure und Instrumente politischer Legitimität</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politische Kommunikation in der Demokratie - Wie viel Macht geht vom Volke aus? - Technische Universität Berlin/Stiftung der Deutsche Wirtschaft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Der neue partizipative Staat? Eine Soziologie der Grenzverschiebung von Government zu Governance, von den Bürgern zur Zivilgesellschaft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Factory B/Orders In Motion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Francfort/Oder, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élections législatives en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journalistes en campagne. Journée d'études Paris 1/CFJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l'Europe mobilise... en ligne. Prises de parole et citoyenneté européenne : analyse de deux dispositifs numériques sur l'Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Wojcik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communiquer dans un monde de normes. L'information et la communication dans les enjeux contemporains de la "mondialisation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Roubaix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00840628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre par la comparaison les pratiques journalistiques: les exemples français et allemands (leçon thématique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole d’été de politique comparée « Les formes plurielles de la communication politique »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A “Deliberative Turn” In Europe?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Future of Democracy in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Deutsch-Französisches Institut, Sep 2012, Ludwigsburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French and German Experiences of European Integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gaxie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop “Comparing National Experiences of European Integration”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECPR Joint Session, Apr 2012, Anvers, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordinary uses of Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Crisis in Europe or a Crisis of Europe: Society, Culture and Institutions in the EU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4th HUFS-HRI EU Centre International Conference, Oct 2012, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elites’ vs. Citizens’ view of Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Summerschool, Tecnológico de Monterrey (Mexico)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When polls speak us… Media-use of polls during the French pre-campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A day conference The 2012 French Presidential Election</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Political Studies Association (PSA), Queen Mary University of London, May 2012, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le politologue, le journaliste et l'électeur. Le référendum français sur le Traité constitutionnel européen du 29 mai 2005 au prisme des analyses journalistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Gombin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">communication au quatrième congrès de l'ABSP-CF, atelier 5 : « Science politique et actualité : quelles méthodes ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Louvain-la-Neuve, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00422172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MORES - Moral Emotions in Politics: How They Unite, How They Divide Facebook pages of leading parties and politicians in Germany, France, Poland and Hungary between 2009 and 2024. [Data Collection]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eszter Farkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zsolt Boda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriella Szabó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orsolya Ring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timm Beichelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for Social Science - Budapest - Hungary. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populist Parties in Contemporary Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Kubát</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Mejstřík</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Baloge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Bobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Centre for social sciences; Hungarian academy of sciences. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02953349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populist Communication on Social Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Lipiński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnieszka Stępińska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Abadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gammeltoft-Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Centre for Social Sciences, Centre of Excellence of the Hungarian Academy of Sciences (Hungary). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02735283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sociologie politique comparée de la communication politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Science politique. Université Paris 1 Panthéon-Sorbnne, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03866431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Ré)éduquer aux médias. Une action publique contre les « désordres informationnels »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Kervella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N° 23 (1), 2025, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pdc.023.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours de haine dans les réseaux socionumériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliki Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Seoane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Leroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots : les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 125, 2021, 9791036203060. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mots.27783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03137170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'État participatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5 (2), 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04048294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des &amp;quot;vraies gens&amp;quot; aux &amp;quot;followers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Olivesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, 2016, 9782706125089</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’État participatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aldrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hubé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5 (2), 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId343"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03864821v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aldrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hub&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807341173-introduction-la-communication-politique" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03864869v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-croquant.org/sociologie-historique/825-la-politique-des-chemins-courts.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/asava.hube.2022.01" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158526v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Bobba" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/gp/book/9783030660109" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66011-6" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484504v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807308633-introduction-la-communication-politique" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.aldri.2017.01" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121073v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ollivier-Yaniv" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Utard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00931951v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.71750" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03056918v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Chupin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kaciaf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cairn.info/histoire-politique-et-economique-des-medias-en-fra--9782707173713.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.chupi.2012.01" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446965v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gaxie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine de Lassalle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Rowell" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14361/transcript.9783839416266.fm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484515v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rowmaninternational.com/book/perceptions_of_europe/3-156-d6562a88-9307-420f-ac9e-df9085491975" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648304v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484608v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00312055v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05378080v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Kervella" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.023.0149" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05378074v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.023.0005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05200657v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/civit.054.0281" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04591612v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04847297v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Baloge" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12yfm" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03981719v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hes.224.0009" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04294473v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32376/d895a0ea.6f6fb9bf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630964v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Amiel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Baisn&#233;e" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Berthaut" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Gousset" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cjc-2022-0057" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04299208v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hallin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mellado-Ruiz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiba Cohen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nolan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1461670X.2023.2274584" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03746419v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ruffio" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/mac.v10i3.5439" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550286v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23254823.2021.2016455" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584100v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31577/SPS.2021-2.2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02931470v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tvseries.3921" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02958935v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.1679" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02900525v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.029.0013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02611842v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.9269" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451173v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.694.0712" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02480033v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.171.0681" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451605v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446901v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.046.0059" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446885v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.120.0206" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448037v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25285/2078-1938-2017-9-2-59-81" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446902v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.009.0191" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446989v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter van Aelst" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Str&#246;mb&#228;ck" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toril Aalberg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Esser" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claes de Vreese" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23808985.2017.1288551" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484720v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979578v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Olivesi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624052v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01758787v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.162.0125" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446905v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Salgado" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liina Puustinen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.052.0084" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193619v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01758800v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.162.0009" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451003v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Blumler" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.006.0019" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448039v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.389" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00626364v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451293v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.612.0322" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04964946v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.614.0751zc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446945v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rambour" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15705851003760909" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00421681v2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gombin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446939v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.12572" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00312062v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451019v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.023.0179" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00312072v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451364v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.004.0265" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04976705v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/reval.2005.5826" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04224222v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jobard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Laumond" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sha&#239;n Morisse" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Nickels" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Impending-Challenges-to-Penal-Moderation-in-France-and-Germany-A-Strained/Drenkhahn-Jobard-Singelnstein/p/book/9781032188676" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003256694-6" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04224223v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/edit/10.4324/9781003256694/impending-challenges-penal-moderation-france-germany-kirstin-drenkhahn-fabien-jobard-tobias-singelnstein?refId=ebe36ca3-6fd8-497c-ad69-22e6de91d619&amp;amp;context=ubx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003256694-15" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04224225v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003256694-16" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03703533v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/livre/?GCOI=27574100858600" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158524v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66011-6_1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158520v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66011-6_10" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158525v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66011-6_5" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03124718v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/abstract/title/74047?rskey=P6s0Dj&amp;amp;result=1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17824" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446949v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Stanyer" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerg&#337; Hajzer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nicolas Hopmann" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Communicating-Populism-Comparing-Actor-Perceptions-Media-Coverage-and/Reinemann-Stanyer-Aalberg-Esser-de-Vreese/p/book/9781138392724" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429402067-3" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448031v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Maurer" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;clav &#352;t&#283;tka" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cremonesi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Seddone" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429402067-6" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484617v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01931779v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451059v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamir Sheafer" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stylianos Papathanassopoulos Stylianos" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/e/9781315622286/chapters/10.4324/9781315622286-17" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315622286" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401324v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Truan" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484635v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seuil.com/ouvrage/la-vie-intellectuelle-en-france-tome-2-collectif/9782021081435" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484645v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croquant.atheles.org/sociopo/politiquesdelalternance" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484662v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nomos-shop.de/24584" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484685v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reutersinstitute.politics.ox.ac.uk/our-research/euro-crisis-media" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484709v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.anthemis.be/index.php/la-cour-europeenne-des-droits-de-l-homme-dans-la-presse-epub.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121052v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121067v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121036v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01083186v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01846178v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pus.unistra.fr/fr/livre/?GCOI=28682100567810" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121044v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01081530v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121027v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121042v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932008v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932002v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932013v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448038v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/9783845244600-143" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00931995v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00931964v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448036v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199602315.003.0006" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448032v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Verzichelli" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199602315.003.0003" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446981v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Dakowska" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transcript-verlag.de/978-3-8376-1626-2/das-europa-der-europaeer/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14361/transcript.9783839416266.115" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446970v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14361/transcript.9783839416266.97" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02370676v2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu M&#233;on" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Michon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184071v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02370654v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049114v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04455215v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066163v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ballarini" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05158806v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805297v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mayance" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066155v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066127v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866533v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866511v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866439v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866458v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hallin Dan" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolan David" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Yi-Ning Katherine" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szabo Gabriella" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866499v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866470v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04165812v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Beloued" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Lalande" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5697" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866485v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Neveu" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866635v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03523378v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Henry" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna C. Zielinska" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866622v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Belalimat" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Fevrier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866617v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866629v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866631v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03324356v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03549907v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Diana" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Appiotti" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cordier" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne M&#252;ller" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866637v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866609v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866544v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066185v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055977v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ys&#233; Vauchez" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03124711v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055292v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055210v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055398v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055047v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055054v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055086v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055031v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055065v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055008v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055018v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03054996v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869444v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869469v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869461v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869436v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869474v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869450v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869466v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869472v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869428v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869412v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869419v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869409v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869432v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932098v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Dubied" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932088v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932031v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932062v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932091v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932058v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932022v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932028v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869361v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869348v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-00840628v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Wojcik" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869397v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869340v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869369v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869377v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00422172v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05068549v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter Farkas" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Boda" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Szab&#243;" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orsolya Ring" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timm Beichelt" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02953349v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Kub&#225;t" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mejst&#345;&#237;k" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02735283v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bennett" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Lipi&#324;ski" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka St&#281;pi&#324;ska" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Abadi" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gammeltoft-Hansen" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03866431v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05378071v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137170v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeliki Monnier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Seoane" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leroux" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.27783" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952909v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04048294v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446913v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03864869v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hub&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-croquant.org/sociologie-historique/825-la-politique-des-chemins-courts.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/asava.hube.2022.01" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03864821v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aldrin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807341173-introduction-la-communication-politique" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158526v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Bobba" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/gp/book/9783030660109" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66011-6" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484504v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807308633-introduction-la-communication-politique" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.aldri.2017.01" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121073v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ollivier-Yaniv" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Utard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00931951v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.71750" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03056918v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Chupin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kaciaf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cairn.info/histoire-politique-et-economique-des-medias-en-fra--9782707173713.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.chupi.2012.01" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446965v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gaxie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine de Lassalle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Rowell" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14361/transcript.9783839416266.fm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484515v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rowmaninternational.com/book/perceptions_of_europe/3-156-d6562a88-9307-420f-ac9e-df9085491975" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648304v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484608v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00312055v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05378080v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Kervella" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.023.0149" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05378074v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.023.0005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05200657v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/civit.054.0281" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04591612v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04847297v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Baloge" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12yfm" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04294473v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32376/d895a0ea.6f6fb9bf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03981719v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hes.224.0009" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630964v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Amiel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Baisn&#233;e" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Berthaut" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Gousset" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cjc-2022-0057" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04299208v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hallin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mellado-Ruiz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiba Cohen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nolan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1461670X.2023.2274584" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03746419v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ruffio" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/mac.v10i3.5439" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550286v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23254823.2021.2016455" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584100v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31577/SPS.2021-2.2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02958935v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.1679" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02931470v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tvseries.3921" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02611842v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.9269" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02900525v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.029.0013" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02480033v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.171.0681" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451173v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.694.0712" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451605v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446901v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.046.0059" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448037v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25285/2078-1938-2017-9-2-59-81" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446885v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.120.0206" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446902v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.009.0191" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446989v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter van Aelst" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Str&#246;mb&#228;ck" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toril Aalberg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Esser" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claes de Vreese" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23808985.2017.1288551" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484720v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979578v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Olivesi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446905v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Salgado" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liina Puustinen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.052.0084" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624052v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01758787v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.162.0125" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193619v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01758800v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.162.0009" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451003v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Blumler" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.006.0019" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448039v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.389" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00626364v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451293v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.612.0322" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04964946v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.614.0751zc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446945v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rambour" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15705851003760909" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00421681v2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gombin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446939v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.12572" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00312062v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451019v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.023.0179" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00312072v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04976705v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/reval.2005.5826" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451364v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.004.0265" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04224223v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/edit/10.4324/9781003256694/impending-challenges-penal-moderation-france-germany-kirstin-drenkhahn-fabien-jobard-tobias-singelnstein?refId=ebe36ca3-6fd8-497c-ad69-22e6de91d619&amp;amp;context=ubx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003256694-15" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04224222v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jobard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Laumond" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sha&#239;n Morisse" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Nickels" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Impending-Challenges-to-Penal-Moderation-in-France-and-Germany-A-Strained/Drenkhahn-Jobard-Singelnstein/p/book/9781032188676" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003256694-6" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04224225v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003256694-16" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03703533v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/livre/?GCOI=27574100858600" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158524v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66011-6_1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158520v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66011-6_10" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158525v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66011-6_5" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03124718v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/abstract/title/74047?rskey=P6s0Dj&amp;amp;result=1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17824" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448031v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Maurer" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;clav &#352;t&#283;tka" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cremonesi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Seddone" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Communicating-Populism-Comparing-Actor-Perceptions-Media-Coverage-and/Reinemann-Stanyer-Aalberg-Esser-de-Vreese/p/book/9781138392724" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429402067-6" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446949v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Stanyer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerg&#337; Hajzer" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nicolas Hopmann" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429402067-3" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484617v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01931779v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401324v2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Truan" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451059v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamir Sheafer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stylianos Papathanassopoulos Stylianos" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/e/9781315622286/chapters/10.4324/9781315622286-17" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315622286" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484635v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seuil.com/ouvrage/la-vie-intellectuelle-en-france-tome-2-collectif/9782021081435" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484645v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croquant.atheles.org/sociopo/politiquesdelalternance" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484709v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.anthemis.be/index.php/la-cour-europeenne-des-droits-de-l-homme-dans-la-presse-epub.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484662v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nomos-shop.de/24584" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484685v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reutersinstitute.politics.ox.ac.uk/our-research/euro-crisis-media" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121044v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01846178v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pus.unistra.fr/fr/livre/?GCOI=28682100567810" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121052v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121067v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01083186v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121036v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01081530v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121027v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121042v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448038v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/9783845244600-143" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932002v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932008v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932013v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00931964v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00931995v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448036v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199602315.003.0006" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448032v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Verzichelli" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199602315.003.0003" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446981v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Dakowska" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transcript-verlag.de/978-3-8376-1626-2/das-europa-der-europaeer/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14361/transcript.9783839416266.115" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446970v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14361/transcript.9783839416266.97" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02370676v2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu M&#233;on" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Michon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184071v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02370654v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049114v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04455215v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066163v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ballarini" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05158806v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805297v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mayance" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066155v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066127v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866533v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866499v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866511v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866439v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866458v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hallin Dan" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolan David" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Yi-Ning Katherine" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szabo Gabriella" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866470v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866485v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Neveu" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04165812v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Beloued" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Lalande" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5697" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866637v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03324356v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03549907v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Diana" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Appiotti" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cordier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne M&#252;ller" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866635v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03523378v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Henry" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna C. Zielinska" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866617v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866629v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866622v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Belalimat" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Fevrier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866631v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066185v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866609v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866544v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03124711v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055977v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ys&#233; Vauchez" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055292v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055210v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055398v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055086v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055047v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055054v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055065v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055031v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055008v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03055018v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03054996v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869461v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869450v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869436v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869474v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869466v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869444v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869469v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869472v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869419v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869428v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869412v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869409v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869432v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932062v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932088v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932098v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Dubied" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932031v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932091v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932058v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932022v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932028v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-00840628v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Wojcik" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869361v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869348v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869397v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869340v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869369v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869377v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00422172v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05068549v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter Farkas" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Boda" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Szab&#243;" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orsolya Ring" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timm Beichelt" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02953349v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Kub&#225;t" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mejst&#345;&#237;k" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02735283v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bennett" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Lipi&#324;ski" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka St&#281;pi&#324;ska" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Abadi" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gammeltoft-Hansen" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03866431v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05378071v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137170v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeliki Monnier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Seoane" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leroux" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.27783" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04048294v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952909v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446913v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>