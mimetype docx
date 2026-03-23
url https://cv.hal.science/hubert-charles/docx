--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:134.73684210526px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Hubert Charles </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hubert-charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0809-4705</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/B-9392-2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Etat Civil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Date et lieu de naissance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : 3 novembre 1969 à Paris XIème</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Situation familiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : marié, 2 enfants</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adresse personnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">38, rue Guillaume Apollinaire</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">69330 Meyzieu</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Tel: 06 31 06 75 04</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Site personnel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biodiversité derrière ma porte </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> ou retrouvez-moi sur </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">iNaturalist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adresse professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire de Biologie Fonctionnelle, Insectes et Interactions (BF2I), UMR INRA/INSA de Lyon 203, INSA Bât Louis Pasteur, 69 621 Villeurbanne.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Tel : 04-72-43-80-74, Email : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hubert.charles@insa-lyon.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Grades et Titres</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Chevalier dans l’ordre des Palmes académiques (09/01/2018)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Professeur des Universités. UMR BF2I, INRA, INSA-Lyon 203. Section CNU 65-Biologie Cellulaire.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Qualification aux fonctions de Professeur des Universités en sections CNU 65-Biologie Cellulaire (07165178138), 67-Biologie des Populations et écologie (07167178138) et 68-Biologie des organismes (07168178138).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Habilitation à Diriger des Recherches soutenue le 12 avril 2006 à l’INSA de Lyon. Analyse du transcriptome de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Buchnera aphidicola</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, la bactérie symbiotique du puceron </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acyrthosiphon pisum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis le</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er octobre 1998 :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Maître de Conférences. Laboratoire de Biologie Fonctionnelle Insectes et Interactions (Directeur, Y. Rahbé), Titularisation le 01/09/99.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Stage Post-Doctoral d’avril à septembre. UMR CNRS 5558, Université Claude Bernard Lyon 1 (équipe de M. Gouy). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sujet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Méthodologie de reconstruction phylogénétique dans les symbioses intracellulaires (à fort taux de A+T et forte vitesse évolutive).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Stage Post-Doctoral d’octobre 97 à mars 98. Zoological Institute, Université de Tokyo, (équipe du Pr. H. Ishikawa). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sujet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Carte physique du génome de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Buchnera aphidicola</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Thèse de Doctorat (Laboratoire de Biologie Appliquée INSA 406). Félicitations du Jury – Prix Malotau de Guerne 1997. Moniteur à l’Université Claude Bernard Lyon 1 (Biomathématiques).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : DEA : «Analyse et Modélisation des Systèmes Biologiques». Mention Très Bien.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1993</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Professeur du Contingent en Biologie au Lycée militaire d’Autun.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1992</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : INSA de Lyon, département de Biochimie. Diplôme d'ingénieur biochimiste.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1989</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Premier cycle INSA en section Sport-Etudes (Handball).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (60)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ArtSymbioCyc, a metabolic network database collection dedicated to arthropod symbioses: a case study, the tripartite cooperation in Sipha maydis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (4), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/msystems.00140-25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04987746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation of transcription factors, chromatin-associated factors, and basal transcription machinery in the pea aphid, Acyrthosiphon pisum, and development of the ATFdb database, a resource for studies of transcriptional regulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 177, pp.104217. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ibmb.2024.104217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04832131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying supply and demand in the pea aphid-Buchnera symbiosis reveals the metabolic Achilles’ heels of this interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garance Lapetoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Quivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 92, pp.284 - 299. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymben.2025.07.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05368482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PacBio Hi-Fi genome assembly of Sipha maydis, a model for the study of multipartite mutualism in insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Fakhour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (1), pp.450. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-024-03297-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04632873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteogenomic reconstruction of organ-specific metabolic networks in an environmental sentinel species, the amphipod Gammarus fossarum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isis Lorenzo-Colina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part D: Genomics and Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52, pp.101323. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cbd.2024.101323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential responses of Ceratitis capitata to infection by the entomopathogenic fungus Purpureocillium lilacinum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Djobbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Msaad Guerfali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Charaabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (9), pp.e0286108. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0286108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte plasticity in pea aphids facing amino acid stress or starvation during development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.982920. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphys.2022.982920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04014003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytotype Affects the Capability of the Whitefly Bemisia tabaci MED Species To Feed and Oviposit on an Unfavorable Host Plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mBio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (6), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mBio.00730-21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03432050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sawfly genomes reveal evolutionary acquisitions that fostered the mega-radiation of parasitoid and eusocial Hymenoptera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Philip Oeyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Beukeboom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erich Bornberg-Bauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genome Biology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (7), pp.1099-1118. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/gbe/evaa106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary novelty in the apoptotic pathway of aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cissy Huygens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 117 (51), pp.32545-32556. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2013847117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03052353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles de croissance des micro-organismes, in Micro-organismes & biodiversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textes et documents pour la classe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Micro-organisme et Biodiversité, 1130, pp.60-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drosophila-associated bacteria differentially shape the nutritional requirements of their host during juvenile growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessika Consuegra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Akherraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18 (3), pp.e3000681. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pbio.3000681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte Reprogramming to Cope With Nutritional Stress in a Phloem Sap Feeding Hemipteran, the Pea Aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, pp.1498. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphys.2018.01498⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01905508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte cell death in the pea aphid/ Buchnera symbiotic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 115 (8), pp.E1819 - E1828. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1720237115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct flow cytometry measurements reveal a fine-tuning of symbiotic cell dynamics according to the host developmental needs in aphid symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Weiss-Gayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.19967. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep19967⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01352561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disruption of phenylalanine hydroxylase reduces adult lifespan and fecundity, and impairs embryonic development in parthenogenetic pea aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep34321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01388523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ArthropodaCyc: a CycADS powered collection of BioCyc databases to analyse and compare metabolism of arthropods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto F Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/database/baw081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01352558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insight into the RNA interference response against cathepsin-L gene in the pea aphid, Acyrthosiphon pisum: Molting or gut phenotypes specifically induced by injection or feeding treatments.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Jaubert-Possamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 51, to be published. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ibmb.2014.05.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyrosine pathway regulation is host-mediated in the pea aphid symbiosis during late embryonic and early larval development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (1), pp.235. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-14-235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00824527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic analysis of the regulatory elements and links with intrinsic DNA structural properties in the shrunken genome of Buchnera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (1), pp.73. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-14-73⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of the core metabolism of symbiotic bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Coimbra Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janice Kielbassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.438. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-13-438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A genomic reappraisal of symbiotic function in the aphid/buchnera symbiosis: reduced transporter sets and variable membrane organisations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Araceli Lamelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Pérez-Brocal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6 (12), pp.e29096. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0029096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00659506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CycADS: an annotation database system to ease the development and update of BioCyc databases.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto F Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie S Véron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2011, pp.bar008. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/database/bar008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00632965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodal dynamic response of the Buchnera aphidicola pLeu plasmid to variations in leucine demand of its host, the pea aphid Acyrthosiphon pisum.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Viñuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 81 (5), pp.1271-1285. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2958.2011.07760.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and dynamics of the operon map of Buchnera aphidicola sp. strain APS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11 (666), pp.666. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-11-666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00632959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic insight into the amino acid relations of the pea aphid, Acyrthosiphon pisum, with its symbiotic bacterium Buchnera aphidicola.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. C. C. Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. D. Ashton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insect Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19 Suppl 2 (S2), pp.249-58. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2583.2009.00942.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome Sequence of the Pea Aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iagc The International Aphid Genomics Consortium</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 8 (2), pp.e1000313. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pbio.1000313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00459970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graph-based analysis of the metabolic exchanges between two co-resident intracellular symbionts, Baumannia cicadellinicola and Sulcia muelleri, with their insect host, Homalodisca coagulata.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Vieira Milreu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Marchetti-Spaccamela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leen Stougie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (9), epub ahead of print. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1000904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00690650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetExplore: a web server to link metabolomic experiments and genome-scale metabolic networks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Wildridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Vinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael P Barrett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 38 (Web Server issue), pp.W132-7. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkq312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00690651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des espèces en nombre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01350387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systemic analysis of the symbiotic function of Buchnera aphidicola, the primary endosymbiont of the pea aphid Acyrthosiphon pisum.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Viñuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 332 (11), pp.1034-49. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2009.09.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00445861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un vieux couple inséparable à la conquête des plantes vasculaires : le puceron et Buchnera, sa bactérie symbiotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus de l'Académie d'Agriculture de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 95 (5), pp.78-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02657684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of host developmental age on the transcriptome of the symbiotic bacterium Buchnera aphidicola in the pea aphid (Acyrthosiphon pisum).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Bermingham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Viñuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 75 (22), pp.7294-7. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.01472-09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00445867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broad screening of the legume family for variability in seed insecticidal activities and for the occurrence of the A1b-like knottin peptide entomotoxins.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gressent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ousmane Diol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 68 (4), pp.521-35. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phytochem.2006.11.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00373359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unis pour survivre : les pucerons et leurs bactéries symbiotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rispe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biofutur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 279, pp.49-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation of the links between gene transcription and chromosomal organization in the highly reduced genome of Buchnera aphidicola.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Viñuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 8, pp.143. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-8-143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00373371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codon usage bias and tRNA over-expression in Buchnera aphidicola after aromatic amino acid nutritional stress on its host Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 34 (16), pp.4583-4592. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkl597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different levels of transcriptional regulation due to trophic constraints in the reduced genome of Buchnera aphidicola APS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 72 (12), pp.7760-7766. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.01118-06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SITRANS: a web information system for microarray experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Laforest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tchounikine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chaari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 116, pp.33-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioinformatique des puces à ADN et application à l'analyse du transcriptome de Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Echo des Puys, INRA Clermont-Ferrand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 79, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between Wolbachia density and sex-ratio in a Trichogramma strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pintureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Katchadourian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agrociencia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 8 (2), pp.11-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Endosymbiont Phylogenesis in the Dryophthoridae Weevils: Evidence for Bacterial Replacement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Farrell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Biology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 21 (6), pp.965 - 973. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/molbev/msh063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of jackbean lectin (ConA) on the feeding behaviour and kinetics of intoxication of the pea aphid, Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sauvion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entomologia Experimentalis et Applicata</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 110, pp.31-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO : Research on Optimized Oligonucleotide Probes for Microarrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 20, pp.271-273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of 35mer amino-modified oligonucleotide based microarray with bacterial samples.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Cloarec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Microbiological Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 57 (2), pp.207-18. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mimet.2004.01.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00402180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symbiosis in the Dryophtoridae weevils (Coleoptera : Curculionoidea): morphological variability of symbiotic interacellular bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lefèvre Cédric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symbiosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 34 (3), pp.231-251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurence of endosymbiosis in Dryophtoridae weevils: cytological insights into bacterial symbiotic structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lefèvre Cédric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symbiosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 33, pp.227-241</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity of Wolbachia and of their effects in Trichograma (Hymenoptera : Trichogrammatidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pintureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 38 (4), pp.333-338</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A putative insect intracellular endosymbiont stem clade, within the Enterobacteriaceae, infered from phylogenetic analysis based on a heterogeneous model of DNA evolution.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes rendus de l’Académie des sciences. Série III, Sciences de la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 324 (5), pp.489-94. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0764-4469(01)01328-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00402188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intracellular bacterial symbiosis in the genus Sitophilus: the 'biological individual' concept revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaqué Khatchadourian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 152 (5), pp.431-437. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0923-2508(01)01216-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variabilité de facteurs biologiques et comportementaux dans les populations des trois espèces de Sitophilus (Coleoptera : Curculionidae) inféodées aux céréales et produits dérivés et leur importance dans la caractérisation des espèces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grenier A.M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Wajnberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 36 (3), pp.223-238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02691524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addition of wsp Sequences to the Wolbachia Phylogenetic Tree and Stability of the Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pintureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chaudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lassablière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Grenier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 51 (4), pp.374 - 377. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s002390010099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Four intracellular genomes direct weevil biology: Nuclear, mitochondrial, principal endosymbiont, and Wolbachia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaqué Khatchadourian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 96, pp.6814-6819. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.96.12.6814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene size reduction in the bacterial aphid endosymbiont, Buchnera.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Mouchiroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.R. Lobry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Biology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 16 (12), pp.1820-1822. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oxfordjournals.molbev.a026096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00402189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular characterization of the principal symbiotic bacteria of the weevil Sitophilus oryzae: A peculiar G + C content of an endocytobiotic DNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaqué Khatchadourian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 47 (1), pp.52-61. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/PL00006362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02695518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical and Genetic Map of the Genome of Buchnera, the Primary Endosymbiont of the Pea Aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajime Ishikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 48 (2), pp.142-150. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/pl00006452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La protéine Hsp60 : Chaperon moléculaire de la symbiose intracellulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regard sur la biochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 3, pp.17-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02686732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome size characterization of the principal endocellular symbiotic bacteria of the weevil Sitophilus oryzae, using pulsed field gel electrophoresis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Condemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 27 (4), pp.345-350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02690399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A molecular aspect of symbiotic interactions between the weevil Sitophilus oryzae and its endosymbiotic bacteria: Over-expression of a chaperonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Guillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 239 (3), pp.769-774. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/bbrc.1997.7552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence of a protein specific of endocytobiosis (symbionin) in the weevil Sitophilus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ishikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes rendus de l’Académie des sciences. Série III, Sciences de la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 318, pp.35-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02707072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (155)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les enjeux du vivant pour réussir la transition écologique et sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence introductive du REX annuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, la Ruche industrielle, Jun 2025, Vénissieux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specific expansion and diversification of Inhibitors of APoptosis (IAPs) support symbiont maintenance and morph-specific regulation in aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Jousselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII International Symposium on Aphids (ISA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Pyeongchang, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05290694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner les enjeux du vivant pour tous dans le supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence et atelier pour les enseignants de l’Université de Bourgogne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Campus de la transition, Mar 2025, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The genome of G. fossarum: a genomic toolkit to investigate endocrine and metabolic disruption in amphipod sentinel species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Degli Esposti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hinsinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INRAE Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Clermon-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">4600 pas vers l’anthropocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences autour de l’anthropocène de la BMC INSA-Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Villeurbane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The genome of G. fossarum: a genomic toolkit to investigate endocrine and metabolic disruption in amphipod sentinel species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Degli Esposti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hinsinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Amphipoda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Lodz, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05419622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of interactions between bed bugs and their symbionts Wolbachia and BEV-like</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Rosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REID (réseaux écologie des interactions durables)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux du vivant pour l’ingénieur citoyen.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence plénière de l’assemblée pour la transition écologique et Sociale de l’INSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA-Lyon, Jun 2024, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux du vivant pour l’ingénieur citoyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invité pour l’association des ALUMNI de l’INSA-Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution towards a two-way cooperation in a single symbiotic organ: the developmental chronicle of a multi-partner insect endosymbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International congress of Ecology and Evolution (SFE2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Ecologie et d'Evolution (SFE2), Oct 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of interactions between bed bugs and their symbionts Wolbachia and BEV-like</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Rosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International congress of Ecology and Evolution (SFE2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux du vivant pour l’ingénieur citoyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier pour la Fondation INSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enjeux du vivant dans l’enseignement supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde à la conférence des directeurs des grandes écoles (CEDEFI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-way cooperation in a single symbiotic organ: the developmental chronicle of a multi-partner insect endosymbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Joint Congress on Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parle-moi de ton microbiote et je te dirai qui tu es</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence du festival Arts, Sciences et Sociétés (FASSIL) de l’INSA-Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let’s look up! Les enjeux du vivant pour l’ingénieur / chercheur citoyen.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation des enseignants de l’ESME par l’association Campus de la Transition.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Ivry sur Seine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parle-moi de ton microbiote et je te dirai qui tu es</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de la journée anniversaire des 65 ans du département Biosciences (Biosday).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering growth/nutrition dynamics at the aphid – symbiont interface through metabolic modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Rencontre du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of host-symbionts coevolution in the whitefly Bemisia tabaci: an experimental evolution approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainab Belgaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Rencontre du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A genome-wide annotation of transcription factors in the pea aphid, Acyrthosiphon pisum, and the related database, ATFdb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let’s look up! Marcher sur les fils du vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Chouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferrière, Jean-Phillipe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davyd Chaumard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adina Lazar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier de la journée de l’évolution de la formation de l'INSA Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA Lyon, Mar 2023, Villeurbane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du métabolisme et des interactions symbiotiques chez les pucerons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique enjeu « santé globale et bio‐ingénierie » de l'INSA Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Villeurbane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasticity of bacteriocytes facing nutritional stresses in the pea aphid development.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03741301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let's look up : enseigner les enjeux du vivant en école d'ingénieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignements Technologiques de niveau Licence Ouverts pour une industrie du futur compétitive et Soutenable (ET-LIOS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LET'S LOOK UP ! Les enjeux du vivant pour l'ingénieur citoyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'évolution de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Villeurbanne (INSA-Lyon), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03617081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The assembly of the rice weevil Sitophilus oryzae is dominated by transposable elements and shades light on the evolution of endosymbiosis in a major crop pest.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Vargas-Chávez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Goubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arthropod Genomics Symposium 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Notre Dame, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04783673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of symbionts in insects’ ecological diversification: cytotype influences exploitation of an unfavorable host plant in the whitefly Bemisia tabaci (Hemiptera: Aleyrodidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaires du Groupe Régional de Recherche en Microbiologie des Interactions (G-RREMI) 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Villeurbanne (virtual), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of symbionts in insects’ ecological diversification: cytotype influences exploitation of an unfavorable host plant in the sap-feeder Bemisia tabaci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DECRYPthèse E2M2 Edition 20</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Inhibitor of APoptosis (IAP) gene family in aphids: between expansion and functional diversification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Villeurbanne (virtual), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration de données multi-omiques pour l’identification d’enzymes clés du métabolisme lipidique chez l’espèce sentinelle Gammarus fossarum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Leprêtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armengaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Ecotoxicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03810311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the inhibitor of aPoptosis (IAP) repertoire in insects reveals a complex pattern of gene losses and amplifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jousselin Emmanuelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Huygens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incontri di diversità delle forme e degli animali, Università di Pisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">les défis de l’agriculture de demain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la sciences 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques questions de société vues par la science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier scolaire de la Fête de la science 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques questions de société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The challenge of annotating and reconstructing metabolic networks for the comprehension of the physiology of aphids and other insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd annual meeting of Japan-France Plant-Insect-Symbiont Interaction network (PISI-net)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Le Rheu, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier Bases de données génomiques et métaboliques : présentation des bases BioCyc développées dans l’UMR BF2I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AphidCyc, une collection de bases de données métaboliques dédiée à l'étude et la comparaison du métabolisme chez les pucerons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle clé du bactériocyte dans la résilience du puceron aux stress nutritionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expansion of genes encoding Apoptosis Inhibitor Proteins (IAPs) and their role in a novel bacteriocyte cell death process in aphid symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Evolutionary Biology Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte reprogramming to cope with nutritional stress in a phloem sap feeding hemipteran, the pea aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INSA Lyon International Partner Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel cell death process is involved in the elimination of bacteriocytes and their symbionts through aphid aging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France-Israel PRC Meeting – The role of metabolic interactions in shaping the bacterial endosymbiotic community of Hemyptera</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Another way to die for bacteriocytes in the aphid/Buchnera symbiotic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kurt Buhler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des doctorants du département SPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte reprogramming to cope with nutritional stress in a phloem sap feeding hemipteran, the pea aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France-Israel PRC Meeting – The role of metabolic interactions in shaping the bacterial endosymbiotic community of Hemyptera</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effecteurs et inhibiteurs de l’apoptose chez le puceron du pois : annotation et implication dans la mort cellulaire bactériocytaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Colmar, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life history traits and tissue-specific gene expression changes underlying the symbiotic pea aphid resilience to a tyrosine and phenylalanine depleted diet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animateur de la table ronde « Training the next generation ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journée Visalys From data to models - a multi-scale view on living systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The long-term relationship with Buchnera aphidicola imposes another way to die for Acyrthosiphon pisum bacteriocytes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Buhler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Réunion annuelle du Réseau BAPOA (Biologie Adaptative des Pucerons et Organismes Associés)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problèmes simples en bioinformatique pour les grands défis de la biologie à haut débit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Nationales de l’APMEP « A la lumière des mathématiques »,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle forme de mort cellulaire impliquée dans la dégénérescence des cellules bactériocytaires chez le puceron du pois, Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Colloque Biologie de l'Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systems biology of symbiosis: from partners’ genomics to physiology of interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First Meeting of the PRC Israel-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biologie systémique de la symbiose : de la génomique des partenaires à la physiologie des interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire SPE sur la Biologie des Systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct flow cytometry measurements and cell imaging reveal a fine-tuning of endosymbiont and bacteriocyte cell dynamics during aphid development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UK – France joint meeting on Aphids (Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés – Aphids Special Interest Group of Royal Entomological Sociaty)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordination des dynamiques cellulaires entre bactériocytes et endosymbiotes au cours du développement des insectes : Une nouvelle approche par cytométrie en flux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Weiss-Gayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion annuelle du REID (Réseau National Ecologie des Interactions Durables)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Ecologie des Interactions Durables (REID). Montferrier/ Lez, FRA., Mar 2015, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From SymbAphidBase to SymbAphidCyc: two companion databases to study and compare aphid symbionts from genomes to metabolic pathways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Labernardiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOBIM 2015 - Journées Ouvertes Biologie Informatique Mathématiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Auvergne - Clermont-Ferrand I (UdA). FRA., Jul 2015, Clermont-Ferrand, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CycADS, BioCyc et MetExplore, une suite d’outils pour la reconstruction, l’exploration et la comparaison de réseaux métaboliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Atelier Reconstruction de réseaux métaboliques : du génome à la matrice de stoechiométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BioSyL. Villeurbanne, FRA. PRES Université de Lyon., Feb 2014, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de la cellule bactériocytaire et des populations symbiotiques au cours du développement du puceron du pois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Weiss-Gayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées du Réseau BAPOA (Biologie Adaptative des Pucerons et Organismes Associés)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de la cellule bactériocytaire et des populations symbiotiques au cours du développement du puceron du pois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Weiss-Gayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres du réseau Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Biologie Adaptative des Pucerons et des Organismes Associés (BAPOA). Le Rheu, FRA., Nov 2014, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SymbAphidBase : une base de données nouvelle dédiée aux symbiotes de pucerons pour stocker et visualiser les génomes séquencés en standardisant leurs annotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Labernardiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres du réseau Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Biologie Adaptative des Pucerons et des Organismes Associés (BAPOA). Le Rheu, FRA., Nov 2014, Avignon, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symbiose puceron – Buchnera : approche métabolomique chez Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriant Bellvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes journées du Réseau BAPOA (Biologie Adaptative des Pucerons et Organismes Associés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'inactivation par RNAi du gène codant la phénylalanine hydrolase dans les compartiments symbiotiques provoque une baisse de la fécondité et des défauts de développement chez le puceron du pois, Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion du GRREMI (Groupe Régional de Recherche en Microbiologie des Interactions)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse métabolomique de la symbiose entre le puceron Acyrthosiphon pisum et la bactérie Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriant Bellvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dsRNAi in aphids induces variable individual and tissue responses, and phenotypes specific to the administration methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de séminaires en Biophysique et Biologie Moléculaire de la Cellule et du Développement, Dipartimento di Fisiologia e Biochimica, Università di Pisa / Scuola Normale Superiore di Pisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation, gene expression regulation and DNA structural properties in the shrunken genome of Buchnera, the endosymbiont of aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. International Research Workshop Lyon- France / São Paulo - Brazil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CycADS annotation database system to support the development and update of enriched BioCyc databases. Development of ad hoc BioCyc DB : AcypiCyc, ArthopodaCyc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto F. Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toni Gabaldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche en Informatique et en Automatique (INRIA). Rennes, FRA., Jul 2012, Rennes, France. Pagination multiple</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phénotypes induits par l'inactivation fonctionnelle par RNAi du gène ACYPY007803 (phényalanine hydroxylase) chez le puceron du pois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées du Réseau BAPOA (Biologie Adaptative des Pucerons et Organismes Associés)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key genes for symbiosis and development in an emerging genomic model, the pea aphid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire invité au Dipartimento di Fisiologia e Biochimica, Università di Pisa / Scuola Normale Superiore di Pisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universita degli studi di Pisa. Dipartimento di Fisiologia e Biochimica, Pisa, ITA., 2012, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aphicibles - Symbiosis, digestion and reproduction as aphid physiological processes to identify new targets for insecticides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Tagu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Condemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Guiderdoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANR - Colloque Plant Genomics 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Pont Royal en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse génomique des éléments régulateurs et des propriétés structurales intrinsèques de l'ADN dans le génome réduit de Buchnera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Réunion Réseau BAPOA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Biologie Adaptative des Pucerons et des Organismes Associés (BAPOA). FRA., Nov 2012, Villeurbanne, France. 22 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of metabolic pathways and host regulation in symbiosis: tyrosine and cuticular protein biosynthesis during the pea aphid embryonic development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bendridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixth International Symposium on Molecular Insect Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absence of a core metabolic network common to symbiotic bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Coimbra Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Tereza Ribeiro de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Meeting GDRE-RA Comparative genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Lyon, France. 33 diapositives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réévaluation génomique de la fonction de transport chez Buchnera, endocytobiote des pucerons : une faible diversité de transporteurs et une organisation membranaire variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Araceli Lamelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Pérez-Brocal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Réunion Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Biologie Adaptative des Pucerons et des Organismes Associés (BAPOA). FRA., Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic network comparison of bacteria in the context of symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia C. Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana T Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Otto Warburg International Summer School and Research Symposium on Evolutionary Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration génomique et fonctionnelle des insectes et de leurs partenaires symbiotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Sciences Croisées "Modélisation et Sciences Numériques : nouveaux instruments et opportunités"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National des Sciences Appliquées de Lyon (INSA Lyon). Conseil Scientifique de l'INSA, Villeurbanne, FRA., Oct 2010, Villeurbanne, France. n. p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ArthropodaCyc: a BioCyc database powered by CycADS to study and compare the metabolism of arthropods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto F Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Gabaldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Annual Arthropod Genomics Symposium "Arthropod Genomics 2011: Exploring Diversity, Relating Similarity"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Kansas City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic insight into the amino acid relations of the pea aphid with its symbiotic bacterium Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C.C. Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ashton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Aphids (8 ISA 2009), Catania, juin 2009, Italy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00497625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptome analysis of embryo development in a parthenogenetic and symbiotic insect model, the pea aphid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPG'10 Integrative Post-Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Jacques Cartier. Lyon, FRA., Nov 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of partenogenetic embryo development in the context of symbiosis using transcriptome analysis in the pea aphid model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Workshop on Systems Biology of Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMBO. Heidelberg, DEU., Aug 2010, Ascona, Switzerland. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aphicibles : Symbiosis, digestion and reproduction as aphid physiological processes to identify new targets for insecticides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Tagu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Condemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guiderdoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genoplante 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Agence Nationale de la Recherche (ANR). Paris, FRA., Mar 2010, Avignon, France. 40 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation transcriptomique du développement embryonnaire et larvaire du puceron du pois Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Colloque de Biologie de l’Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Lyon, France. 126 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The power of combining genome annotation and systems level modeling.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.J. Macdonald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ramsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Jander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atsushi Nakabachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.H. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Meeting of the International Aphid Genomics Consortium "Pea Aphid Genome Annotation Workshop 2", Barcelona, Espagne, Juin 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00498405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation et évolution des familles de transporteurs chez le puceron du pois (Acyrthosiphon pisum)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Réunion Réseau Français de Biologie Adaptative des Pucerons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Biologie Fonctionnelle, Insectes et Interactions (0203)., Oct 2010, Lyon, France. n. p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual and compartment specific response to RNAi in aphids: each individual matters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Réunion Réseau Français de Biologie Adaptative des Pucerons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Biologie Fonctionnelle, Insectes et Interactions (0203)., Oct 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic analysis of the transport function in the symbiotic system of the pea aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Meeting GDRE-RA "Comparative genomics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'Estudis Catalans (IEC). Barcelona, ESP., Nov 2010, Barcelone, Spain. n. p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromosome organization and gene expression regulation in Buchnera aphidicola, the obligate intracellular bacteria of the pea aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58. Annual Meeting of the Entomological Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Entomological Society of America (ESA). Annapolis, MD, USA., Dec 2010, San Diego, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genes regulated in early embryogenesis during the switch from parthenogenetic to sexual reproduction in the pea aphid (Acyrthosiphon pisum)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Gallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Guernec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Jaubert-Possamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Annual Arthropod Genomics Symposium on “Arthropod Genomics: New Approaches and Outcomes”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kansas State University. Center for Genomic Studies on Arthropods Affecting Human, Animal &amp; Plant Health, Manhattan, USA., Jun 2010, Kansas City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the regulatory network of Buchnera aphidicola: a case-study of genome evolution in a symbiotic context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Rhône-Alpin de Modélisation du Vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Villeurbanne, France. n. p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fate of transcription units in the reductive evolution of the genome of Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symbiosis Society Congress (6 ISS 2009) Madison, Wisconsin USA, August 9-15 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00497818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Acyrthosiphon pisum Cyc database (AcypiCyc) created using a novel BioCyc Annotation Database System (CycADS): a useful tool to explore and study the pea aphid metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Meeting of the International Aphid Genomics Consortium "Pea Aphid Genome Annotation Workshop 2, Barcelona, Espagne, juin 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00498411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CycADS: an annotation management system for the development and update of BioCyc metabolic network databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Information Systems for Insect Pests, Rennes, FRANCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00496032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisum Cyc database) and CycADS (Cyc Annotation Database System): moving from genome sequence annotation to metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Aphids (8 ISA 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Catania (Italie), juin 2009, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic requirements in essential amino acids in parthenogenetic pea aphid embryos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bendridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bermingham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Aphids (8 ISA 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Catania (Italie), juin 2009, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic requirements in essential amino acids in parthenogenetic pea aphid embryos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bendridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Duport, G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International Symposium on Aphids (8 ISA 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Catania, juin 2009, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisum Cyc database) : a model database to visualize and study the metabolic network underlying the pea aphid-Buchnera symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symbiosis Society (ISS) Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Madison, août 2009, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Besoins en acides aminés des embryons de femelles parthénogénétiques du puceron du pois.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bendridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau Français de Biologie Adaptative des Pucerons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisumCyc database) and CycADS (CycAnnotation Database System) : moving from genome sequence annotation to metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau Français de Biologie Adaptative des Pucerons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Paris, juin 2009, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un vieux couple à la conquête des plantes vasculaires : le puceron et sa bactérie symbiotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séance commune Académie Agriculture et Académie des Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie d'Agriculture de France (AAF). Paris, FRA., Dec 2009, Paris, France. 23 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisumCyc database) and CycADS (CycAnnotation Database System) : moving from genome sequence annotation to metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International Symposium on Aphids (8 ISA 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Catania, juin 2009, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux métaboliques et génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Boulicaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée INSA de Lyon "BioIngénierie / Sciences et Ingénierie du Vivant"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Villeurbanne (France), juillet 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of the Acyrthosiphon pisum Cyc database (ApsCyc) : from genome sequence to metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative Post-Genomics - IPG'08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Lyon, novembre 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et modélisation de la « fonction symbiotique » de Buchnera aphidicola chez le puceron du pois Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire INRA AgroBI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Bordeaux, décembre 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des organismes bactériens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Knibbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée INSA de Lyon "BioIngénierie / Sciences et Ingénierie du Vivant"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Villeurbanne, France. 12 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation of metabolism genes: towads the implementation of an Acyrthosiphon pisum Cyc database (ApsCyc) to perform metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Meeting of the International Aphid Genomics Consortium "Pea Aphid Genome Annotation Workshop 1"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Princetown (USA), juillet 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of the Acyrthosiphon pisum Cyc database (ApsCyc): from genome sequence to metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative Post-Genomics - IPG'08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Lyon (France), novembre 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Boulicaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée INSA de Lyon "BioIngénierie / Sciences et Ingénierie du Vivant"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Villeurbanne (France), juillet 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et modélisation de la « fonction symbiotique » de Buchnera aphidicola chez le puceron du pois Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire INRA AgroBI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Bordeaux (France), décembre 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions trophiques dans la symbiose puceron - Buchnera : Régulations transcriptionnelles de la réponse à la carence en acides aminés essentiels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau Français de Biologie Adaptative des Pucerons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris (France), janvier 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des organismes bactériens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Knibbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée INSA de Lyon "BioIngénierie / Sciences et Ingénierie du Vivant"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Villeurbanne (France), juillet 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IGOIM, une méthode d'inférence de réseaux génétiques utilisant l'information mutuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM) - Journée satellite "Analyse statistique du transcriptome"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Marseille (France), juillet 2007, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of gene expression in the aphid-Buchnera symbiosis: the role of Buchnera in the nutrition of aphid embryos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bermingham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Wilkinson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society of Experimental Biology Annual Main Meeting 2007 (SEB 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Glasgow (UK), avril 2007, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SymBioCyc: Metabolic data on endosymbiotic, parasitic and free bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Sagot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative Post-Genomics - IPG'07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Lyon (France), novembre 2007, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of expression following nutritional stresses in the reduced genome of Buchnera aphidicola, &amp;quot;Is there any life left?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminarios del Institut Cavanilles de Biodiversitat i Biologia Evolutiva (ICBiBE) - Univ. Valencia (ESP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Valencia (Espagne), juin 2007, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le transcriptome de Buchnera aphidicola, la bactérie symbiotique intracellulaire des pucerons, est-il dégénéré ou hyperspécialisé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaires de Biostatistique - Faculté de Médecine Lyon Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Lyon (France), mars 2007, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation de la relation entre niveau d'expression des gènes et organisation du chromosome chez Buchnera aphidicola, symbiote primaire des pucerons : exemple d'un génome réduit mais non dégénéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVème Colloque de Physiologie de l'Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Rennes, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00373311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche de précurseurs dans un réseau métabolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Acuna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Sagot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux d'interaction : analyse, modélisation et simulation (RIAMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Villeurbanne (France), novembre 2007, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptomic and metabolic analysis of Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First meeting GDRE-RA "Comparative genomics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lyon (France), novembre 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buchnera aphidicola, endocytobiote du puceron : transcriptome d'un génome &amp;quot;dégénéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres 2006 des Microbiologistes de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Dourdan (France), juin 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic interactions between the bacterium Buchnera aphidicola and its obligate symbiotic partner, the pea aphid: nutritional studies combined with transcriptome analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symbiosis Society (ISS) Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Vienna (Autriche), août 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial transcriptomic patterns in the genome of the endosymbiotic bacterium Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Approaches for the Genome Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between gene expression and genome properties in Buchnera aphidicola, the primary endosymbiont of the pea aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symbiosis Society (ISS) Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Vienna (Autriche), août 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régulation génétique et métabolique chez Buchnera aphidicola (AgroBi 2006)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée INRA-INRIA "Insertion des mathématiques dans les approches biologiques : du gène à l'organisme"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lyon (France), décembre 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial transcriptomic patterns in the genome of the endosymbiotic bacterium Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Theoretical Approaches for the Genome"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Annecy-le-Vieux (France), novembre 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buchnera aphidicola: evidences for transcriptional regulation in a degenerated genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Groppi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INRA "Apports de la génomique à la physiologie et la pathologie de l'insecte"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Montpellier (France), mars 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioinformatics analysis of the nucleoid associated protein FIS in Buchnera aphidicola, the intracellular symbiotic bacteria of aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Armenise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Leproult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Paun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative Post-Genomics - IPG'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lyon (France), novembre-décembre 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between gene expression and genome properties in Buchnera aphidicola, the primary endosymbiont of the pea aphid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International of Symbiosis Society Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Autriche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SITRANS: a web information system for microarray experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Laforest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tchounikine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chaari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIX International Congress of the European Federation for Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Genève (Suisse), août-septembre 2005, France. pp.33-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse transcriptomique de la réponse de Buchnera aphidicola à un stress métabolique subi par son hôte le puceron du pois, Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Reseau Ecologie et Interactions Durables (REID)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon (France), janvier 2005, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomewide transcriptional changes associated with nutritional alterations affecting phenylalanine and tyrosine metabolism in Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon (France), juillet 2005, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptional responses of Buchnera aphidicola to combined amino acid and osmotic stress in the diet of its symbiotic partner, Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COST853: Agricultural Biomarkers for Array-Technology - Combined WG4 &amp; WG5 meetings "Chip production and analysis, and environmental monitoring"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon (France), novembre 2005, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptome analysis of Buchnera aphidicola using ANOVA model in a crossed factorial experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on statistical analysis of postgenomic data - INAPG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Paris (France), avril 2005, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Of lice and plants: metabolite flows in the trophic pathway of phloem feeding insects as analysed through genomic and EST data from the aphid symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Tagu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society of Experimental Biology Annual Main Meeting 2005 (SEB 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Barcelona (Espagne), juillet 2005, France. pp.S233</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buchnera aphidicola: evidences for transcriptional regulation in a degenerated genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Groppi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative Post-Genomics - IPG'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon (France), novembre-décembre 2005, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global transcriptional responses of Buchnera aphidicola to aromatic amino acid limitation in the diet of its symbiotic partner, the phloem sap feeding insect Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society of Experimental Biology Annual Main Meeting 2005 (SEB 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Barcelona (Espagne), juillet 2005, France. pp.S226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene expression measurements with microarray technology in bacteria: transcriptomic analysis af the symbiotic bacteria, Buchnera aphidicola, in nutritional stress conditions of its aphid host Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM) - Journée satellite Vicanne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon (France), juillet 2005, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse statistique des données d'expression : utilisation des librairies bioconductor pour l'analyse des données de puces à ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation CNRS : Puces à ADN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of probe sequence and strand lenght on the morphology and structuration of DNA chip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.H. Rouillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. P Cloarec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nano 8 : 8. International Conference of nanometer scale science and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Venise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buchnera aphidicola, bactérie endosymbiotique des pucerons : génomes et physiologie symbiotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Al Ayoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Colloque de Physiologie de l’Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2003, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choix des séquences sondes à déposer sur les puces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation CNRS : Puces à ADN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La symbiose bactérienne intracellulaire chez les insectes Dryophthoridés : aspects moléculaires et évolutifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres 2003 des Microbiologistes de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du transcriptome de Buchnera, la bactérie symbiotique intracellulaire des pucerons : une approche méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. P Cloarec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Colloque de Physiologie de l’Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2003, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine des bactéries symbiotiques intracellulaires des Dryophtoridae : analyse phylogénétique basée sur un modèle d'évolution de l'ADN non homogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Conférence Internationale Francophone d'Entomologie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2002, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine des bactéries symbiotiques intracellulaires des Dryophtoridae : analyse phylogénétique basée sur un modèle d'évolution de l'ADN non homogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALPHY 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of endosymbiosis on the Dryophthoridae insect diversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. European Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO: A software to search optimized oligonucleotide probes for microarrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COST853: Agricultural Biomarkers for Array-Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Waedenswill, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation des données biologiques à l'attention des non biologistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et phylogénie des bactéries symbiotiques intracellulaires des charançons de la famille des Dryophthoridae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau "Biodiversité et Ecologie Microbienne" : adaptation, variabilité, diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et phylogénie des bactéries symbiotiques intracellulaires des charançons de la famille des Rhynchophoridae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'01</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insects and intracellular bacterial associations: impact on insect development and evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katchadourian C.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. International Congress on Invertebrate Reproduction and Developement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2001, Grahamstown, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coexistence de deux bactéries symbiotiques intracellulaires dans les charançons du genre Sitophilus : aspects physiologiques et évolutifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katchadourian C.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fonctions de la Biodiversité Microbienne : comprendre pour gérer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2000, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversité des Wolbachia et des effets que ces bactéries induisent chez leurs hôtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pintureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fonctions de la Biodiversité Microbienne : comprendre pour gérer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2000, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bactéries intracellulaires des insectes : Phylogénie et évolution moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre des Microbiologistes de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1999, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative and phylogenetic aspects of two insect endocytobioses : aphids and weevils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COST meeting : Bacterial symbionts on survival of entomopathogenic nematodes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Wellesbourne, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle de symbiose : Le charançon Sitophilus oryzae, implications évolutives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1996, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Density control of the principal endosymbiote of the weevil Sitophilus oryzae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Congress on Symbiosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1997, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A chaperonin-like in the principal endocytobiotes of the weevil Sitophilus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of specific proteins of symbiosis in the weevil Sitophilus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20.International Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1996, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (71)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin and evolution of Inhibitors of apoptosis (IAPs) in early metazoans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EVOLYON 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05290683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unraveling the impact of microbiota xenobiotic interactions on the mosquito metabolome through clustering-based analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Antonelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Meiffren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empreintes écologiques, un cours de 5e année du département Biotechnologies et Bioinformatique d’INSA-Lyon : utiliser le campus de la Doua comme lieu d’expérimentation et d’éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Labos 1point5 - ETES 2025 : Enseigner les Transitions Écologiques et Sociales dans le Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin and evolution of Inhibitors of apoptosis (IAP) in early metazoans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jacque Monod conference, Molecular basis for membrane remodelling and organisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical modeling of pea aphid metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Paradan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes rencontres du réseau de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04788746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of endosymbionts in bed bugs during development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Rosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe Régional de Recherche en Microbiologie des Interactions (G-RREMI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome assembly of the cereal aphid Sipha maydis, a model for the study of dual endosymbiosis in insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Fakhour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Rencontre du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of interactions between bed bugs and their nutritional symbiont Wolbachia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Rosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du Réseau Ecologie des Interactions Durables 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secondary symbionts influence feeding and oviposition behavior in the whitefly Bemisia tabaci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII European Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of interactions between bed bugs and their nutritional symbiont Wolbachia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Rosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique enjeu « santé globale et bio‐ingénierie » de l'INSA Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of symbionts in insects' ecological diversification: cytotype influences exploitation of an unfavorable host plant in the sap-feeder Bemisia tabaci (Hemiptera: Aleyrodidae).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainab Belgaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du Groupe Régional de Recherche en Microbiologie des Interactions (G-RREMI) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03810352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extreme plasticity of bacteriocytes facing nutritional stresses during pea aphid development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03741327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of bacterial symbionts on host niche and ecological diversification: an integrative approach in a whitefly model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVI International Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-throughput genomics and transcriptomics to decipher host-symbiont molecular dialogue in the cereal weevil Sitophilus oryzae and Sodalis pierantonius endosymbiotic association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Galvão Ferrarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Goubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Vargas-Chávez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03810657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of secondary symbionts on host plant utilization and selection in the whitefly Bemisia tabaci.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainab Belgaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04784498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Nice (virtuel), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel cell death process eliminates both bacteriocytes and their symbionts in the pea aphid/Buchnera symbiotic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd UK-France Joint meeting on Aphids - Royal Entomological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Rothamsted, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte reprogramming to maintain organismal homeostasis under nutritional stress in aphid symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd UK-France Joint meeting on Aphids - Royal Entomological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Rothamsted, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular characterization of aphid bacteriocyte cell death by RNAseq analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INSA Lyon International Partner Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03741347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel cell death process eliminates both bacteriocytes and their symbionts in the pea aphid/Buchnera symbiotic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. European Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel cell death process eliminates both bacteriocytes and their symbionts in the pea aphid/Buchnera symbiotic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kurt Buhler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Callaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INSA Lyon International Partner Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Villeurbanne (INSA-Lyon), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the essentiality of the primary endosymbiont of the rice weevil Sitophilus oryzae through genome analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Vargas-Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Goubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Meeting of the Spanish Society for Evolutionary Biology (SESBE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Palma of Mallorca, Balearic Islands, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte reprogramming to maintain organismal homeostasis under nutritional stress in aphid symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIth European Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The draft genome sequence of the rice weevil Sitophilus oryzae as a model to explore the host-symbiont interactions in a nascent stage of endosymbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Vargas-Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Goubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métabolisme de la tyrosine et développement parthénogénétique chez le puceron du pois : la fonction centrale de la phenylalanine hydroxylase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres du réseau Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Avignon, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyrosine metabolism and parthenogenetic development in a symbiotic insect, the pea aphid: the central function of phenylalanine hydroxylase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Symposium on Molecular Insect Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Amsterdam, Netherlands. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SymbAphidBase: a new database dedicated to aphid symbionts to store novel sequenced genomes and standardize their annotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Labernardiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. European Conference on Computational Biology (ECCB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Strasbourg, France. , 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathepsin-L proteinase is involved in cuticle remodeling during the molting process in the pea aphid, &amp;lt;em&amp;gt;Acyrthosiphon pisum&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Symposium on Molecular Insect Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Amsterdam, Netherlands. , 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication de la cathepsine-L dans le remodelage cuticulaire durant le processus de mue chez le puceron du pois, Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres du réseau Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Avignon, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotating arthropods genome to study and compare their metabolism: the ArthropodaCyc collection of Cyc databases powered by CycADS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. European Conference on Computational Biology (ECCB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Strasbourg, France. , 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génomique fonctionnelle des interactions bactérie / hôte eucaryote : intégration systémique de données génomiques et métaboliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriant Bellvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la FR41 BioEnvironnement et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Villeurbanne, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diminution de fécondité et défauts de développement induits par l’inactivation fonctionnelle par RNAi du gène codant la phénylalanine hydroxylase chez le puceron du pois, Acyrthosiphon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Colloque de Biologie de l’Insecte - CBI-2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic effects of ACYPI007803 knockdown by RNAi in the pea aphid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Meeting of the International Aphid Genomics Consortium.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Harpenden, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CycADS annotation database system to support the development and update of enriched BioCyc databases: development of ad hoc BioCyc DB (AcypiCyc, ArthropodaCyc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Meeting of the International Aphid Genomics Consortium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Harpenden, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ArthropodaCyc » : une collection de bases de données enrichies à l’aide de CycADS pour étudier et comparer le métabolisme des arthropodes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Colloque de Biologie de l’Insecte - CBI-2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CycADS annotation database system to support the development and update of enriched BioCyc databases. Development of ad hoc BioCyc DB : AcypiCyc, ArthopodaCyc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toni Gabaldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Réunion Réseau BAPOA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Villeurbanne, France. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of metabolic pathways and host regulation in symbiosis: tyrosine and cuticular protein biosynthesis during the pea aphid embryonic development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bendridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Réunion Réseau BAPOA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France. 1 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“ArthropodaCyc”: a BioCyc database powered by CycADS to study and compare the metabolism of arthropods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toni Gabaldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Annual Arthropod Genomics Symposium “Arthropod Genomics 2011: Exploring Diversity, Relating Similarity”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Kansas City, United States. , 33 p., 2011, Fifth Annual Arthropod Genomics Symposium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the “CycADS” annotation management system to develop a BioCyc metabolic network database for sequenced arthropods genomes: first steps towards “ArthropodsCyc”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toni Gabaldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres bioinformaticiens et statisticiens de l’INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Versailles, France. 1 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of metabolic pathways and host regulation in symbiosis: tyrosine and cuticular protein biosynthesis during the pea aphid embryonic development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bendridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symposium on Molecular Insect Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Amsterdam, Netherlands. </w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011,  </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of the regulatory network in Buchnera aphidicola, the obligate intracellular symbiotic bacteria of aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Annual Meeting of the Society for Molecular Biology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Lyon, France. 1 p., 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A tale of genome, annotations, metabolism and phylogenomics: the pea aphid genome resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Cold Spring Harbor Laboratory / Wellcome Trust conference on Genome Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Hinxton, United Kingdom. 1 p., 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse tissu-spécifique au traitement par RNAi chez le puceron du pois : une étude cinétique à l’échelle de l’individu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Jaubert-Possamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Colloque de Biologie de l’Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Lyon, France. , 126 p., 2010, CB-2010 : 16ème Colloque de Biologie de l'Insecte, Lyon, 18 au 20 octobre 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse génomique de la fonction de transport dans le système symbiotique du puceron du pois Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Colloque de Biologie de l’Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Lyon, France. , 126 p., 2010, CBI-2010 : 16ème Colloque de Biologie de l’Insecte, Lyon, 18 au 20 octobre 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetExplore: a web server to link metabolomic experiments and genome-scale metabolic networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Wildridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Vinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael P. Barrett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Sagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOBIM 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Montpellier, France. , 1 p., 2010, JOBIM 2010 Montpellier, Journée Ouvertes Biologie Informatique Mathématique, Montpellier, France, 7 - 9 septembre 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the “CycADS” annotation management system to develop a BioCyc metabolic network database for sequenced arthropods genomes: first steps towards “ArthropodsCyc”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Annual Arthropod Genomics Symposium on “Arthropod Genomics: New Approaches and Outcomes”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Kansas City, United States. 45 p., 2010, Fourth Annual Arthropod Genomics Symposium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single insect and tissue compartment specific response to RNAi microinjection in aphids: each individual matters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Boutros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Annual Arthropod Genomics Symposium on “Arthropod Genomics: New Approaches and Outcomes”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Kansas City, United States. 1 p., 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromosome organisation in Buchnera: a dynamic active structure involved in gene expression regulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation of metabolism genes : towads the implementation of an Acyrthosiphon pisum Cyc database (ApsCyc) to perform metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Meeting of the International Aphid Genomics Consortium "Pea Aphid Genome Annotation Workshop 1"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Princetown, juillet 2008, United States. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic DNA: an attractive candidate for microarray data normalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative Post-Genomics - IPG'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon (France), novembre-décembre 2005, France. , pp.1-1, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogeny of intracellular symbiotic bacteria in the Dryophthoridae family: evidence for bacterial replacement in insect symbioses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Farell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Jacques Monod "Ecology and Evolution of Host-Parasite Relationships</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO: a software to search optimized oligonucleotide probes for microarrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Rencontres Régionales de la Recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A preliminary methodological approach to study the transcriptome of Buchnera, the intracellular symbiotic bacteria of aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. P Cloarec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'03</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioinformatique du transcriptome de Buchnera, symbiote intracellulaire des pucerons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Laforest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tchounikine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres 2003 des Microbiologistes de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du transcriptome de Buchnera: développement d'une première puce à ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. P Cloarec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine des bactéries symbiotiques intracellulaires des Dryophtoridae : analyse phylogénétique basée sur un modèle d'évolution de l'ADN non homogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersciences 2002, Colloque des doctorants scientifiques de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling evolution through a genetic regulation network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gandrillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO : un logiciel de recherche et d'optimisation des sondes oligonucléotidiques destinées aux puces à ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO : un logiciel de recherche et d'optimisation des sondes oligonucléotidiques destinées aux puces à ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersciences 2002, Colloque des doctorants scientifiques de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système d'Information Transcriptome pour la plate-forme de la génopole Rhône-Alpes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Laforest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tchounikine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire évolutive d'une symbiose : du parasitisme au mutualisme chez les charançons Dryophthoridae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Rencontres Régionales de la Recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO : A Software to Search Optimized Oligonucleotide Probes for Microarrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International Conference on Intelligent Systems for Molecular Biology (ISMB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Edmonton, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO : un logiciel de recherche et d'optimisation des sondes oligonucléotidiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional space approach for evolutionary algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gandrillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'un logiciel d'optimisation de sondes oligonucléotidiques destinées aux puces à ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'01</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du transcriptome de Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'01</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity of symbiosis in the Rhynchophoridae weevils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. International Congress of zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Athenes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation moléculaire de la bactérie principale du charançon des céréales Sitophilus oryzae (Coleoptera, Curculionidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Colloque de Physiologie de l'Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1997, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A chaperonin in the endocytobiosis of the weevil Sitophilus oryzae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. European Congress on Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1995, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation : complexifier ou simplifier ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modélisation : succès et limites, publication des actes du colloques de l’académie des technologies du 6/12/2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, pp.81-88, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définition des séquences sonde pour la PCR et pour les puces à ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatique : Principes d’utilisation des outils</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 272 p., 2010, Savoir Faire (Quae), 978-2-7592-0870-8 978-2-7592-0870-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02813659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les données d’expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique pour l’analyse du transcriptome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermes Science Publications, pp.45-65, 2004, 2-7462-0850-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological aspects of symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joseph Seckbach. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cellular Origin and Life in Extreme Habitats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, Kluwer Academic Publishers, pp.13-44, 2002, Symbiosis, Mechanisms and Model Systems, ISBN: 978-94-017-3958-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative and phylogenetic aspects of two insect endosymbioses : aphids and weevils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cost 819. Entomopathogenic nematodes. Taxonomy, phylogeny and gnotobiological studies of entomopathogenic nematode bacterium complexes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intracellular symbiotic bacteria within insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enigmatic Microorganisms and Life in Extreme Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.651-660, 1999, 978-0-7923-5492-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle de symbiose : le charançon Sitophilus oryzae, implications evolutives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Marie EXBRAYAT, Janine FLATIN. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'évolution Philosophique. Science, Histoire ou Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Librairie Philosophique, pp.297-305, 1997, 2-7116-8302-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A chaperonin-like in the principal endocytobiotes of the weevil Sitophilus.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hainfried E.A. Schenk Reinhold G. Herrmann Kwang W. Jeon Norbert E. Müller Werner Schwemmler. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eukaryotism and Symbiosis : intertaxonic combination versus symbiotic adaptation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.395-402, 1997, 978-3-540-63375-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects moléculaires de la bactérie symbiotique principale du charançon des céréales Sitophilus oryzae (Coléoptère, Curculionidae) et études de ses interactions avec l'hôte.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. INSA de Lyon, 1997. Français. </w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00482251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du transcriptome de Buchnera aphidicola, la bactérie symbiotique du puceron Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. INSA de Lyon, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00482270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId582"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:134.73684210526px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Hubert Charles </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hubert-charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0809-4705</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/B-9392-2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Etat Civil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Date et lieu de naissance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : 3 novembre 1969 à Paris XIème</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Situation familiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : marié, 2 enfants</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adresse personnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">38, rue Guillaume Apollinaire</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">69330 Meyzieu</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Tel: 06 31 06 75 04</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Site personnel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biodiversité derrière ma porte </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> ou retrouvez-moi sur </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">iNaturalist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adresse professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire de Biologie Fonctionnelle, Insectes et Interactions (BF2I), UMR INRA/INSA de Lyon 203, INSA Bât Louis Pasteur, 69 621 Villeurbanne.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Tel : 04-72-43-80-74, Email : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hubert.charles@insa-lyon.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Grades et Titres</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Chevalier dans l’ordre des Palmes académiques (09/01/2018)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Professeur des Universités. UMR BF2I, INRA, INSA-Lyon 203. Section CNU 65-Biologie Cellulaire.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Qualification aux fonctions de Professeur des Universités en sections CNU 65-Biologie Cellulaire (07165178138), 67-Biologie des Populations et écologie (07167178138) et 68-Biologie des organismes (07168178138).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Habilitation à Diriger des Recherches soutenue le 12 avril 2006 à l’INSA de Lyon. Analyse du transcriptome de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Buchnera aphidicola</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, la bactérie symbiotique du puceron </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acyrthosiphon pisum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis le</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er octobre 1998 :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Maître de Conférences. Laboratoire de Biologie Fonctionnelle Insectes et Interactions (Directeur, Y. Rahbé), Titularisation le 01/09/99.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Stage Post-Doctoral d’avril à septembre. UMR CNRS 5558, Université Claude Bernard Lyon 1 (équipe de M. Gouy). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sujet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Méthodologie de reconstruction phylogénétique dans les symbioses intracellulaires (à fort taux de A+T et forte vitesse évolutive).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Stage Post-Doctoral d’octobre 97 à mars 98. Zoological Institute, Université de Tokyo, (équipe du Pr. H. Ishikawa). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sujet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Carte physique du génome de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Buchnera aphidicola</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Thèse de Doctorat (Laboratoire de Biologie Appliquée INSA 406). Félicitations du Jury – Prix Malotau de Guerne 1997. Moniteur à l’Université Claude Bernard Lyon 1 (Biomathématiques).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : DEA : «Analyse et Modélisation des Systèmes Biologiques». Mention Très Bien.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1993</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Professeur du Contingent en Biologie au Lycée militaire d’Autun.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1992</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : INSA de Lyon, département de Biochimie. Diplôme d'ingénieur biochimiste.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1989</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Premier cycle INSA en section Sport-Etudes (Handball).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (60)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation of transcription factors, chromatin-associated factors, and basal transcription machinery in the pea aphid, Acyrthosiphon pisum, and development of the ATFdb database, a resource for studies of transcriptional regulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 177, pp.104217. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ibmb.2024.104217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04832131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ArtSymbioCyc, a metabolic network database collection dedicated to arthropod symbioses: a case study, the tripartite cooperation in Sipha maydis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (4), </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/msystems.00140-25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04987746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying supply and demand in the pea aphid-Buchnera symbiosis reveals the metabolic Achilles’ heels of this interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garance Lapetoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Quivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 92, pp.284 - 299. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymben.2025.07.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05368482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PacBio Hi-Fi genome assembly of Sipha maydis, a model for the study of multipartite mutualism in insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Fakhour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (1), pp.450. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-024-03297-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04632873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteogenomic reconstruction of organ-specific metabolic networks in an environmental sentinel species, the amphipod Gammarus fossarum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isis Lorenzo-Colina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Navratil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part D: Genomics and Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52, pp.101323. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cbd.2024.101323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential responses of Ceratitis capitata to infection by the entomopathogenic fungus Purpureocillium lilacinum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Djobbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Msaad Guerfali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Charaabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (9), pp.e0286108. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0286108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte plasticity in pea aphids facing amino acid stress or starvation during development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.982920. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphys.2022.982920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04014003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytotype Affects the Capability of the Whitefly Bemisia tabaci MED Species To Feed and Oviposit on an Unfavorable Host Plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mBio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (6), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mBio.00730-21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03432050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles de croissance des micro-organismes, in Micro-organismes & biodiversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textes et documents pour la classe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Micro-organisme et Biodiversité, 1130, pp.60-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sawfly genomes reveal evolutionary acquisitions that fostered the mega-radiation of parasitoid and eusocial Hymenoptera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Philip Oeyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Beukeboom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erich Bornberg-Bauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genome Biology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (7), pp.1099-1118. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/gbe/evaa106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary novelty in the apoptotic pathway of aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cissy Huygens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 117 (51), pp.32545-32556. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2013847117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03052353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drosophila-associated bacteria differentially shape the nutritional requirements of their host during juvenile growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessika Consuegra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Akherraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18 (3), pp.e3000681. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pbio.3000681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte cell death in the pea aphid/ Buchnera symbiotic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 115 (8), pp.E1819 - E1828. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1720237115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte Reprogramming to Cope With Nutritional Stress in a Phloem Sap Feeding Hemipteran, the Pea Aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, pp.1498. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphys.2018.01498⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01905508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct flow cytometry measurements reveal a fine-tuning of symbiotic cell dynamics according to the host developmental needs in aphid symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Weiss-Gayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.19967. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep19967⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01352561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disruption of phenylalanine hydroxylase reduces adult lifespan and fecundity, and impairs embryonic development in parthenogenetic pea aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep34321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01388523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ArthropodaCyc: a CycADS powered collection of BioCyc databases to analyse and compare metabolism of arthropods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto F Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/database/baw081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01352558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insight into the RNA interference response against cathepsin-L gene in the pea aphid, Acyrthosiphon pisum: Molting or gut phenotypes specifically induced by injection or feeding treatments.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Jaubert-Possamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 51, to be published. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ibmb.2014.05.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyrosine pathway regulation is host-mediated in the pea aphid symbiosis during late embryonic and early larval development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (1), pp.235. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-14-235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00824527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic analysis of the regulatory elements and links with intrinsic DNA structural properties in the shrunken genome of Buchnera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (1), pp.73. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-14-73⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of the core metabolism of symbiotic bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Coimbra Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janice Kielbassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.438. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-13-438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A genomic reappraisal of symbiotic function in the aphid/buchnera symbiosis: reduced transporter sets and variable membrane organisations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Araceli Lamelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Pérez-Brocal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6 (12), pp.e29096. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0029096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00659506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CycADS: an annotation database system to ease the development and update of BioCyc databases.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto F Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie S Véron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2011, pp.bar008. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/database/bar008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00632965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodal dynamic response of the Buchnera aphidicola pLeu plasmid to variations in leucine demand of its host, the pea aphid Acyrthosiphon pisum.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Viñuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 81 (5), pp.1271-1285. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2958.2011.07760.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome Sequence of the Pea Aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iagc The International Aphid Genomics Consortium</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 8 (2), pp.e1000313. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pbio.1000313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00459970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic insight into the amino acid relations of the pea aphid, Acyrthosiphon pisum, with its symbiotic bacterium Buchnera aphidicola.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. C. C. Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. D. Ashton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insect Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19 Suppl 2 (S2), pp.249-58. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2583.2009.00942.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and dynamics of the operon map of Buchnera aphidicola sp. strain APS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11 (666), pp.666. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-11-666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00632959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graph-based analysis of the metabolic exchanges between two co-resident intracellular symbionts, Baumannia cicadellinicola and Sulcia muelleri, with their insect host, Homalodisca coagulata.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Vieira Milreu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Marchetti-Spaccamela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leen Stougie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (9), epub ahead of print. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1000904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00690650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetExplore: a web server to link metabolomic experiments and genome-scale metabolic networks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Wildridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Vinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael P Barrett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 38 (Web Server issue), pp.W132-7. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkq312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00690651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of host developmental age on the transcriptome of the symbiotic bacterium Buchnera aphidicola in the pea aphid (Acyrthosiphon pisum).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Bermingham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Viñuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 75 (22), pp.7294-7. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.01472-09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00445867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un vieux couple inséparable à la conquête des plantes vasculaires : le puceron et Buchnera, sa bactérie symbiotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus de l'Académie d'Agriculture de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 95 (5), pp.78-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02657684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des espèces en nombre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01350387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systemic analysis of the symbiotic function of Buchnera aphidicola, the primary endosymbiont of the pea aphid Acyrthosiphon pisum.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Viñuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 332 (11), pp.1034-49. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2009.09.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00445861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broad screening of the legume family for variability in seed insecticidal activities and for the occurrence of the A1b-like knottin peptide entomotoxins.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gressent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ousmane Diol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 68 (4), pp.521-35. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phytochem.2006.11.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00373359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unis pour survivre : les pucerons et leurs bactéries symbiotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rispe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biofutur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 279, pp.49-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation of the links between gene transcription and chromosomal organization in the highly reduced genome of Buchnera aphidicola.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Viñuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 8, pp.143. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-8-143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00373371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codon usage bias and tRNA over-expression in Buchnera aphidicola after aromatic amino acid nutritional stress on its host Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 34 (16), pp.4583-4592. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkl597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different levels of transcriptional regulation due to trophic constraints in the reduced genome of Buchnera aphidicola APS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 72 (12), pp.7760-7766. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.01118-06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SITRANS: a web information system for microarray experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Laforest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tchounikine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chaari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 116, pp.33-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioinformatique des puces à ADN et application à l'analyse du transcriptome de Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Echo des Puys, INRA Clermont-Ferrand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 79, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Endosymbiont Phylogenesis in the Dryophthoridae Weevils: Evidence for Bacterial Replacement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Farrell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Biology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 21 (6), pp.965 - 973. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/molbev/msh063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between Wolbachia density and sex-ratio in a Trichogramma strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pintureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Katchadourian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agrociencia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 8 (2), pp.11-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of jackbean lectin (ConA) on the feeding behaviour and kinetics of intoxication of the pea aphid, Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sauvion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entomologia Experimentalis et Applicata</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 110, pp.31-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO : Research on Optimized Oligonucleotide Probes for Microarrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 20, pp.271-273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of 35mer amino-modified oligonucleotide based microarray with bacterial samples.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Cloarec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Microbiological Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 57 (2), pp.207-18. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mimet.2004.01.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00402180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symbiosis in the Dryophtoridae weevils (Coleoptera : Curculionoidea): morphological variability of symbiotic interacellular bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lefèvre Cédric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symbiosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 34 (3), pp.231-251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurence of endosymbiosis in Dryophtoridae weevils: cytological insights into bacterial symbiotic structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lefèvre Cédric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symbiosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 33, pp.227-241</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity of Wolbachia and of their effects in Trichograma (Hymenoptera : Trichogrammatidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pintureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 38 (4), pp.333-338</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A putative insect intracellular endosymbiont stem clade, within the Enterobacteriaceae, infered from phylogenetic analysis based on a heterogeneous model of DNA evolution.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes rendus de l’Académie des sciences. Série III, Sciences de la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 324 (5), pp.489-94. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0764-4469(01)01328-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00402188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intracellular bacterial symbiosis in the genus Sitophilus: the 'biological individual' concept revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaqué Khatchadourian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 152 (5), pp.431-437. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0923-2508(01)01216-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variabilité de facteurs biologiques et comportementaux dans les populations des trois espèces de Sitophilus (Coleoptera : Curculionidae) inféodées aux céréales et produits dérivés et leur importance dans la caractérisation des espèces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grenier A.M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Wajnberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 36 (3), pp.223-238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02691524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addition of wsp Sequences to the Wolbachia Phylogenetic Tree and Stability of the Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pintureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chaudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lassablière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Grenier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 51 (4), pp.374 - 377. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s002390010099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Four intracellular genomes direct weevil biology: Nuclear, mitochondrial, principal endosymbiont, and Wolbachia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaqué Khatchadourian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 96, pp.6814-6819. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.96.12.6814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03504040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene size reduction in the bacterial aphid endosymbiont, Buchnera.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Mouchiroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.R. Lobry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Biology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 16 (12), pp.1820-1822. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oxfordjournals.molbev.a026096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00402189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular characterization of the principal symbiotic bacteria of the weevil Sitophilus oryzae: A peculiar G + C content of an endocytobiotic DNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaqué Khatchadourian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 47 (1), pp.52-61. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/PL00006362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02695518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical and Genetic Map of the Genome of Buchnera, the Primary Endosymbiont of the Pea Aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajime Ishikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 48 (2), pp.142-150. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/pl00006452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La protéine Hsp60 : Chaperon moléculaire de la symbiose intracellulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regard sur la biochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 3, pp.17-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02686732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome size characterization of the principal endocellular symbiotic bacteria of the weevil Sitophilus oryzae, using pulsed field gel electrophoresis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Condemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 27 (4), pp.345-350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02690399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A molecular aspect of symbiotic interactions between the weevil Sitophilus oryzae and its endosymbiotic bacteria: Over-expression of a chaperonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Guillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 239 (3), pp.769-774. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/bbrc.1997.7552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence of a protein specific of endocytobiosis (symbionin) in the weevil Sitophilus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ishikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes rendus de l’Académie des sciences. Série III, Sciences de la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 318, pp.35-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02707072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (155)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner les enjeux du vivant pour tous dans le supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence et atelier pour les enseignants de l’Université de Bourgogne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Campus de la transition, Mar 2025, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les enjeux du vivant pour réussir la transition écologique et sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence introductive du REX annuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, la Ruche industrielle, Jun 2025, Vénissieux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specific expansion and diversification of Inhibitors of APoptosis (IAPs) support symbiont maintenance and morph-specific regulation in aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Jousselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII International Symposium on Aphids (ISA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Pyeongchang, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05290694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The genome of G. fossarum: a genomic toolkit to investigate endocrine and metabolic disruption in amphipod sentinel species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Degli Esposti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hinsinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INRAE Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Clermon-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">4600 pas vers l’anthropocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences autour de l’anthropocène de la BMC INSA-Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Villeurbane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The genome of G. fossarum: a genomic toolkit to investigate endocrine and metabolic disruption in amphipod sentinel species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Degli Esposti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hinsinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Amphipoda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Lodz, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05419622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of interactions between bed bugs and their symbionts Wolbachia and BEV-like</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Rosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REID (réseaux écologie des interactions durables)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution towards a two-way cooperation in a single symbiotic organ: the developmental chronicle of a multi-partner insect endosymbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International congress of Ecology and Evolution (SFE2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Ecologie et d'Evolution (SFE2), Oct 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux du vivant pour l’ingénieur citoyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invité pour l’association des ALUMNI de l’INSA-Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux du vivant pour l’ingénieur citoyen.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence plénière de l’assemblée pour la transition écologique et Sociale de l’INSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA-Lyon, Jun 2024, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enjeux du vivant dans l’enseignement supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde à la conférence des directeurs des grandes écoles (CEDEFI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux du vivant pour l’ingénieur citoyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier pour la Fondation INSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of interactions between bed bugs and their symbionts Wolbachia and BEV-like</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Rosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International congress of Ecology and Evolution (SFE2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-way cooperation in a single symbiotic organ: the developmental chronicle of a multi-partner insect endosymbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Joint Congress on Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parle-moi de ton microbiote et je te dirai qui tu es</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence du festival Arts, Sciences et Sociétés (FASSIL) de l’INSA-Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let’s look up! Les enjeux du vivant pour l’ingénieur / chercheur citoyen.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation des enseignants de l’ESME par l’association Campus de la Transition.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Ivry sur Seine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parle-moi de ton microbiote et je te dirai qui tu es</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de la journée anniversaire des 65 ans du département Biosciences (Biosday).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A genome-wide annotation of transcription factors in the pea aphid, Acyrthosiphon pisum, and the related database, ATFdb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let’s look up! Marcher sur les fils du vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Chouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferrière, Jean-Phillipe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davyd Chaumard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adina Lazar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier de la journée de l’évolution de la formation de l'INSA Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA Lyon, Mar 2023, Villeurbane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of host-symbionts coevolution in the whitefly Bemisia tabaci: an experimental evolution approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainab Belgaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Rencontre du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering growth/nutrition dynamics at the aphid – symbiont interface through metabolic modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Rencontre du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du métabolisme et des interactions symbiotiques chez les pucerons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique enjeu « santé globale et bio‐ingénierie » de l'INSA Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Villeurbane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let's look up : enseigner les enjeux du vivant en école d'ingénieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignements Technologiques de niveau Licence Ouverts pour une industrie du futur compétitive et Soutenable (ET-LIOS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasticity of bacteriocytes facing nutritional stresses in the pea aphid development.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03741301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LET'S LOOK UP ! Les enjeux du vivant pour l'ingénieur citoyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'évolution de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Villeurbanne (INSA-Lyon), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03617081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The assembly of the rice weevil Sitophilus oryzae is dominated by transposable elements and shades light on the evolution of endosymbiosis in a major crop pest.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Vargas-Chávez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Goubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arthropod Genomics Symposium 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Notre Dame, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04783673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of symbionts in insects’ ecological diversification: cytotype influences exploitation of an unfavorable host plant in the whitefly Bemisia tabaci (Hemiptera: Aleyrodidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaires du Groupe Régional de Recherche en Microbiologie des Interactions (G-RREMI) 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Villeurbanne (virtual), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of symbionts in insects’ ecological diversification: cytotype influences exploitation of an unfavorable host plant in the sap-feeder Bemisia tabaci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DECRYPthèse E2M2 Edition 20</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Inhibitor of APoptosis (IAP) gene family in aphids: between expansion and functional diversification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Villeurbanne (virtual), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration de données multi-omiques pour l’identification d’enzymes clés du métabolisme lipidique chez l’espèce sentinelle Gammarus fossarum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Leprêtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armengaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Ecotoxicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03810311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the inhibitor of aPoptosis (IAP) repertoire in insects reveals a complex pattern of gene losses and amplifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jousselin Emmanuelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Huygens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incontri di diversità delle forme e degli animali, Università di Pisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">les défis de l’agriculture de demain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la sciences 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques questions de société vues par la science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier scolaire de la Fête de la science 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques questions de société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The challenge of annotating and reconstructing metabolic networks for the comprehension of the physiology of aphids and other insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd annual meeting of Japan-France Plant-Insect-Symbiont Interaction network (PISI-net)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Le Rheu, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte reprogramming to cope with nutritional stress in a phloem sap feeding hemipteran, the pea aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INSA Lyon International Partner Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expansion of genes encoding Apoptosis Inhibitor Proteins (IAPs) and their role in a novel bacteriocyte cell death process in aphid symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Evolutionary Biology Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier Bases de données génomiques et métaboliques : présentation des bases BioCyc développées dans l’UMR BF2I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AphidCyc, une collection de bases de données métaboliques dédiée à l'étude et la comparaison du métabolisme chez les pucerons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle clé du bactériocyte dans la résilience du puceron aux stress nutritionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel cell death process is involved in the elimination of bacteriocytes and their symbionts through aphid aging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France-Israel PRC Meeting – The role of metabolic interactions in shaping the bacterial endosymbiotic community of Hemyptera</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Another way to die for bacteriocytes in the aphid/Buchnera symbiotic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kurt Buhler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des doctorants du département SPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte reprogramming to cope with nutritional stress in a phloem sap feeding hemipteran, the pea aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France-Israel PRC Meeting – The role of metabolic interactions in shaping the bacterial endosymbiotic community of Hemyptera</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effecteurs et inhibiteurs de l’apoptose chez le puceron du pois : annotation et implication dans la mort cellulaire bactériocytaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Colmar, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life history traits and tissue-specific gene expression changes underlying the symbiotic pea aphid resilience to a tyrosine and phenylalanine depleted diet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problèmes simples en bioinformatique pour les grands défis de la biologie à haut débit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Nationales de l’APMEP « A la lumière des mathématiques »,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The long-term relationship with Buchnera aphidicola imposes another way to die for Acyrthosiphon pisum bacteriocytes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Buhler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Réunion annuelle du Réseau BAPOA (Biologie Adaptative des Pucerons et Organismes Associés)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle forme de mort cellulaire impliquée dans la dégénérescence des cellules bactériocytaires chez le puceron du pois, Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Colloque Biologie de l'Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animateur de la table ronde « Training the next generation ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journée Visalys From data to models - a multi-scale view on living systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systems biology of symbiosis: from partners’ genomics to physiology of interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First Meeting of the PRC Israel-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biologie systémique de la symbiose : de la génomique des partenaires à la physiologie des interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire SPE sur la Biologie des Systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct flow cytometry measurements and cell imaging reveal a fine-tuning of endosymbiont and bacteriocyte cell dynamics during aphid development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UK – France joint meeting on Aphids (Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés – Aphids Special Interest Group of Royal Entomological Sociaty)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordination des dynamiques cellulaires entre bactériocytes et endosymbiotes au cours du développement des insectes : Une nouvelle approche par cytométrie en flux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Weiss-Gayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion annuelle du REID (Réseau National Ecologie des Interactions Durables)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Ecologie des Interactions Durables (REID). Montferrier/ Lez, FRA., Mar 2015, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From SymbAphidBase to SymbAphidCyc: two companion databases to study and compare aphid symbionts from genomes to metabolic pathways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Labernardiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOBIM 2015 - Journées Ouvertes Biologie Informatique Mathématiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Auvergne - Clermont-Ferrand I (UdA). FRA., Jul 2015, Clermont-Ferrand, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CycADS, BioCyc et MetExplore, une suite d’outils pour la reconstruction, l’exploration et la comparaison de réseaux métaboliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Atelier Reconstruction de réseaux métaboliques : du génome à la matrice de stoechiométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BioSyL. Villeurbanne, FRA. PRES Université de Lyon., Feb 2014, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de la cellule bactériocytaire et des populations symbiotiques au cours du développement du puceron du pois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Weiss-Gayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées du Réseau BAPOA (Biologie Adaptative des Pucerons et Organismes Associés)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de la cellule bactériocytaire et des populations symbiotiques au cours du développement du puceron du pois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Weiss-Gayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres du réseau Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Biologie Adaptative des Pucerons et des Organismes Associés (BAPOA). Le Rheu, FRA., Nov 2014, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SymbAphidBase : une base de données nouvelle dédiée aux symbiotes de pucerons pour stocker et visualiser les génomes séquencés en standardisant leurs annotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Labernardiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres du réseau Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Biologie Adaptative des Pucerons et des Organismes Associés (BAPOA). Le Rheu, FRA., Nov 2014, Avignon, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symbiose puceron – Buchnera : approche métabolomique chez Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriant Bellvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes journées du Réseau BAPOA (Biologie Adaptative des Pucerons et Organismes Associés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'inactivation par RNAi du gène codant la phénylalanine hydrolase dans les compartiments symbiotiques provoque une baisse de la fécondité et des défauts de développement chez le puceron du pois, Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion du GRREMI (Groupe Régional de Recherche en Microbiologie des Interactions)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse métabolomique de la symbiose entre le puceron Acyrthosiphon pisum et la bactérie Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriant Bellvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dsRNAi in aphids induces variable individual and tissue responses, and phenotypes specific to the administration methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de séminaires en Biophysique et Biologie Moléculaire de la Cellule et du Développement, Dipartimento di Fisiologia e Biochimica, Università di Pisa / Scuola Normale Superiore di Pisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation, gene expression regulation and DNA structural properties in the shrunken genome of Buchnera, the endosymbiont of aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. International Research Workshop Lyon- France / São Paulo - Brazil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CycADS annotation database system to support the development and update of enriched BioCyc databases. Development of ad hoc BioCyc DB : AcypiCyc, ArthopodaCyc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto F. Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toni Gabaldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche en Informatique et en Automatique (INRIA). Rennes, FRA., Jul 2012, Rennes, France. Pagination multiple</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key genes for symbiosis and development in an emerging genomic model, the pea aphid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire invité au Dipartimento di Fisiologia e Biochimica, Università di Pisa / Scuola Normale Superiore di Pisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universita degli studi di Pisa. Dipartimento di Fisiologia e Biochimica, Pisa, ITA., 2012, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aphicibles - Symbiosis, digestion and reproduction as aphid physiological processes to identify new targets for insecticides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Tagu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Condemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Guiderdoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANR - Colloque Plant Genomics 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Pont Royal en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phénotypes induits par l'inactivation fonctionnelle par RNAi du gène ACYPY007803 (phényalanine hydroxylase) chez le puceron du pois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées du Réseau BAPOA (Biologie Adaptative des Pucerons et Organismes Associés)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse génomique des éléments régulateurs et des propriétés structurales intrinsèques de l'ADN dans le génome réduit de Buchnera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Réunion Réseau BAPOA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Biologie Adaptative des Pucerons et des Organismes Associés (BAPOA). FRA., Nov 2012, Villeurbanne, France. 22 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réévaluation génomique de la fonction de transport chez Buchnera, endocytobiote des pucerons : une faible diversité de transporteurs et une organisation membranaire variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Araceli Lamelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Pérez-Brocal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Réunion Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Biologie Adaptative des Pucerons et des Organismes Associés (BAPOA). FRA., Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of metabolic pathways and host regulation in symbiosis: tyrosine and cuticular protein biosynthesis during the pea aphid embryonic development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bendridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixth International Symposium on Molecular Insect Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absence of a core metabolic network common to symbiotic bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Coimbra Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Tereza Ribeiro de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Meeting GDRE-RA Comparative genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Lyon, France. 33 diapositives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic network comparison of bacteria in the context of symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia C. Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana T Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Otto Warburg International Summer School and Research Symposium on Evolutionary Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration génomique et fonctionnelle des insectes et de leurs partenaires symbiotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Sciences Croisées "Modélisation et Sciences Numériques : nouveaux instruments et opportunités"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National des Sciences Appliquées de Lyon (INSA Lyon). Conseil Scientifique de l'INSA, Villeurbanne, FRA., Oct 2010, Villeurbanne, France. n. p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ArthropodaCyc: a BioCyc database powered by CycADS to study and compare the metabolism of arthropods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto F Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Gabaldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Annual Arthropod Genomics Symposium "Arthropod Genomics 2011: Exploring Diversity, Relating Similarity"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Kansas City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual and compartment specific response to RNAi in aphids: each individual matters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Réunion Réseau Français de Biologie Adaptative des Pucerons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Biologie Fonctionnelle, Insectes et Interactions (0203)., Oct 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation et évolution des familles de transporteurs chez le puceron du pois (Acyrthosiphon pisum)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Réunion Réseau Français de Biologie Adaptative des Pucerons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Biologie Fonctionnelle, Insectes et Interactions (0203)., Oct 2010, Lyon, France. n. p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The power of combining genome annotation and systems level modeling.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.J. Macdonald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ramsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Jander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atsushi Nakabachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.H. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Meeting of the International Aphid Genomics Consortium "Pea Aphid Genome Annotation Workshop 2", Barcelona, Espagne, Juin 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00498405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic insight into the amino acid relations of the pea aphid with its symbiotic bacterium Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C.C. Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ashton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Aphids (8 ISA 2009), Catania, juin 2009, Italy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00497625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptome analysis of embryo development in a parthenogenetic and symbiotic insect model, the pea aphid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPG'10 Integrative Post-Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Jacques Cartier. Lyon, FRA., Nov 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of partenogenetic embryo development in the context of symbiosis using transcriptome analysis in the pea aphid model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Workshop on Systems Biology of Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMBO. Heidelberg, DEU., Aug 2010, Ascona, Switzerland. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation transcriptomique du développement embryonnaire et larvaire du puceron du pois Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Colloque de Biologie de l’Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Lyon, France. 126 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aphicibles : Symbiosis, digestion and reproduction as aphid physiological processes to identify new targets for insecticides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Tagu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Condemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guiderdoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genoplante 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Agence Nationale de la Recherche (ANR). Paris, FRA., Mar 2010, Avignon, France. 40 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic analysis of the transport function in the symbiotic system of the pea aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Meeting GDRE-RA "Comparative genomics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'Estudis Catalans (IEC). Barcelona, ESP., Nov 2010, Barcelone, Spain. n. p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromosome organization and gene expression regulation in Buchnera aphidicola, the obligate intracellular bacteria of the pea aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58. Annual Meeting of the Entomological Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Entomological Society of America (ESA). Annapolis, MD, USA., Dec 2010, San Diego, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genes regulated in early embryogenesis during the switch from parthenogenetic to sexual reproduction in the pea aphid (Acyrthosiphon pisum)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Gallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Guernec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Jaubert-Possamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Annual Arthropod Genomics Symposium on “Arthropod Genomics: New Approaches and Outcomes”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kansas State University. Center for Genomic Studies on Arthropods Affecting Human, Animal &amp; Plant Health, Manhattan, USA., Jun 2010, Kansas City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the regulatory network of Buchnera aphidicola: a case-study of genome evolution in a symbiotic context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Rhône-Alpin de Modélisation du Vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Villeurbanne, France. n. p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fate of transcription units in the reductive evolution of the genome of Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symbiosis Society Congress (6 ISS 2009) Madison, Wisconsin USA, August 9-15 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00497818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisumCyc database) and CycADS (CycAnnotation Database System) : moving from genome sequence annotation to metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau Français de Biologie Adaptative des Pucerons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Paris, juin 2009, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Besoins en acides aminés des embryons de femelles parthénogénétiques du puceron du pois.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bendridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau Français de Biologie Adaptative des Pucerons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Acyrthosiphon pisum Cyc database (AcypiCyc) created using a novel BioCyc Annotation Database System (CycADS): a useful tool to explore and study the pea aphid metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Meeting of the International Aphid Genomics Consortium "Pea Aphid Genome Annotation Workshop 2, Barcelona, Espagne, juin 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00498411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisum Cyc database) : a model database to visualize and study the metabolic network underlying the pea aphid-Buchnera symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symbiosis Society (ISS) Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Madison, août 2009, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic requirements in essential amino acids in parthenogenetic pea aphid embryos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bendridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Duport, G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International Symposium on Aphids (8 ISA 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Catania, juin 2009, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic requirements in essential amino acids in parthenogenetic pea aphid embryos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bendridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bermingham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Aphids (8 ISA 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Catania (Italie), juin 2009, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisum Cyc database) and CycADS (Cyc Annotation Database System): moving from genome sequence annotation to metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Aphids (8 ISA 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Catania (Italie), juin 2009, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CycADS: an annotation management system for the development and update of BioCyc metabolic network databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Information Systems for Insect Pests, Rennes, FRANCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00496032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un vieux couple à la conquête des plantes vasculaires : le puceron et sa bactérie symbiotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séance commune Académie Agriculture et Académie des Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie d'Agriculture de France (AAF). Paris, FRA., Dec 2009, Paris, France. 23 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisumCyc database) and CycADS (CycAnnotation Database System) : moving from genome sequence annotation to metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International Symposium on Aphids (8 ISA 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Catania, juin 2009, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des organismes bactériens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Knibbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée INSA de Lyon "BioIngénierie / Sciences et Ingénierie du Vivant"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Villeurbanne, France. 12 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et modélisation de la « fonction symbiotique » de Buchnera aphidicola chez le puceron du pois Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire INRA AgroBI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Bordeaux, décembre 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of the Acyrthosiphon pisum Cyc database (ApsCyc) : from genome sequence to metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative Post-Genomics - IPG'08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Lyon, novembre 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux métaboliques et génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Boulicaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée INSA de Lyon "BioIngénierie / Sciences et Ingénierie du Vivant"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Villeurbanne (France), juillet 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation of metabolism genes: towads the implementation of an Acyrthosiphon pisum Cyc database (ApsCyc) to perform metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Meeting of the International Aphid Genomics Consortium "Pea Aphid Genome Annotation Workshop 1"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Princetown (USA), juillet 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of the Acyrthosiphon pisum Cyc database (ApsCyc): from genome sequence to metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative Post-Genomics - IPG'08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Lyon (France), novembre 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Boulicaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée INSA de Lyon "BioIngénierie / Sciences et Ingénierie du Vivant"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Villeurbanne (France), juillet 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions trophiques dans la symbiose puceron - Buchnera : Régulations transcriptionnelles de la réponse à la carence en acides aminés essentiels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau Français de Biologie Adaptative des Pucerons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris (France), janvier 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et modélisation de la « fonction symbiotique » de Buchnera aphidicola chez le puceron du pois Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire INRA AgroBI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Bordeaux (France), décembre 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des organismes bactériens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Knibbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée INSA de Lyon "BioIngénierie / Sciences et Ingénierie du Vivant"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Villeurbanne (France), juillet 2008, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of gene expression in the aphid-Buchnera symbiosis: the role of Buchnera in the nutrition of aphid embryos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bermingham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Wilkinson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society of Experimental Biology Annual Main Meeting 2007 (SEB 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Glasgow (UK), avril 2007, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IGOIM, une méthode d'inférence de réseaux génétiques utilisant l'information mutuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM) - Journée satellite "Analyse statistique du transcriptome"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Marseille (France), juillet 2007, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SymBioCyc: Metabolic data on endosymbiotic, parasitic and free bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Sagot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative Post-Genomics - IPG'07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Lyon (France), novembre 2007, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of expression following nutritional stresses in the reduced genome of Buchnera aphidicola, &amp;quot;Is there any life left?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminarios del Institut Cavanilles de Biodiversitat i Biologia Evolutiva (ICBiBE) - Univ. Valencia (ESP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Valencia (Espagne), juin 2007, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le transcriptome de Buchnera aphidicola, la bactérie symbiotique intracellulaire des pucerons, est-il dégénéré ou hyperspécialisé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaires de Biostatistique - Faculté de Médecine Lyon Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Lyon (France), mars 2007, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation de la relation entre niveau d'expression des gènes et organisation du chromosome chez Buchnera aphidicola, symbiote primaire des pucerons : exemple d'un génome réduit mais non dégénéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVème Colloque de Physiologie de l'Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Rennes, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00373311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche de précurseurs dans un réseau métabolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Acuna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Sagot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux d'interaction : analyse, modélisation et simulation (RIAMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Villeurbanne (France), novembre 2007, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial transcriptomic patterns in the genome of the endosymbiotic bacterium Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Approaches for the Genome Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between gene expression and genome properties in Buchnera aphidicola, the primary endosymbiont of the pea aphid Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symbiosis Society (ISS) Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Vienna (Autriche), août 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buchnera aphidicola, endocytobiote du puceron : transcriptome d'un génome &amp;quot;dégénéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres 2006 des Microbiologistes de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Dourdan (France), juin 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptomic and metabolic analysis of Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First meeting GDRE-RA "Comparative genomics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lyon (France), novembre 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic interactions between the bacterium Buchnera aphidicola and its obligate symbiotic partner, the pea aphid: nutritional studies combined with transcriptome analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symbiosis Society (ISS) Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Vienna (Autriche), août 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régulation génétique et métabolique chez Buchnera aphidicola (AgroBi 2006)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée INRA-INRIA "Insertion des mathématiques dans les approches biologiques : du gène à l'organisme"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lyon (France), décembre 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial transcriptomic patterns in the genome of the endosymbiotic bacterium Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Theoretical Approaches for the Genome"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Annecy-le-Vieux (France), novembre 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buchnera aphidicola: evidences for transcriptional regulation in a degenerated genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Groppi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INRA "Apports de la génomique à la physiologie et la pathologie de l'insecte"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Montpellier (France), mars 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioinformatics analysis of the nucleoid associated protein FIS in Buchnera aphidicola, the intracellular symbiotic bacteria of aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Armenise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Leproult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Paun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative Post-Genomics - IPG'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lyon (France), novembre-décembre 2006, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between gene expression and genome properties in Buchnera aphidicola, the primary endosymbiont of the pea aphid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International of Symbiosis Society Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Autriche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Of lice and plants: metabolite flows in the trophic pathway of phloem feeding insects as analysed through genomic and EST data from the aphid symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Tagu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society of Experimental Biology Annual Main Meeting 2005 (SEB 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Barcelona (Espagne), juillet 2005, France. pp.S233</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptome analysis of Buchnera aphidicola using ANOVA model in a crossed factorial experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on statistical analysis of postgenomic data - INAPG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Paris (France), avril 2005, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomewide transcriptional changes associated with nutritional alterations affecting phenylalanine and tyrosine metabolism in Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon (France), juillet 2005, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse transcriptomique de la réponse de Buchnera aphidicola à un stress métabolique subi par son hôte le puceron du pois, Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Reseau Ecologie et Interactions Durables (REID)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon (France), janvier 2005, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SITRANS: a web information system for microarray experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Laforest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tchounikine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chaari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIX International Congress of the European Federation for Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Genève (Suisse), août-septembre 2005, France. pp.33-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptional responses of Buchnera aphidicola to combined amino acid and osmotic stress in the diet of its symbiotic partner, Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COST853: Agricultural Biomarkers for Array-Technology - Combined WG4 &amp; WG5 meetings "Chip production and analysis, and environmental monitoring"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon (France), novembre 2005, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buchnera aphidicola: evidences for transcriptional regulation in a degenerated genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Groppi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative Post-Genomics - IPG'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon (France), novembre-décembre 2005, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global transcriptional responses of Buchnera aphidicola to aromatic amino acid limitation in the diet of its symbiotic partner, the phloem sap feeding insect Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society of Experimental Biology Annual Main Meeting 2005 (SEB 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Barcelona (Espagne), juillet 2005, France. pp.S226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene expression measurements with microarray technology in bacteria: transcriptomic analysis af the symbiotic bacteria, Buchnera aphidicola, in nutritional stress conditions of its aphid host Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM) - Journée satellite Vicanne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon (France), juillet 2005, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of probe sequence and strand lenght on the morphology and structuration of DNA chip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.H. Rouillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. P Cloarec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nano 8 : 8. International Conference of nanometer scale science and technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Venise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse statistique des données d'expression : utilisation des librairies bioconductor pour l'analyse des données de puces à ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation CNRS : Puces à ADN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buchnera aphidicola, bactérie endosymbiotique des pucerons : génomes et physiologie symbiotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Al Ayoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Colloque de Physiologie de l’Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2003, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choix des séquences sondes à déposer sur les puces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation CNRS : Puces à ADN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La symbiose bactérienne intracellulaire chez les insectes Dryophthoridés : aspects moléculaires et évolutifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres 2003 des Microbiologistes de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du transcriptome de Buchnera, la bactérie symbiotique intracellulaire des pucerons : une approche méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. P Cloarec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Colloque de Physiologie de l’Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2003, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine des bactéries symbiotiques intracellulaires des Dryophtoridae : analyse phylogénétique basée sur un modèle d'évolution de l'ADN non homogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Conférence Internationale Francophone d'Entomologie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2002, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of endosymbiosis on the Dryophthoridae insect diversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. European Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO: A software to search optimized oligonucleotide probes for microarrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COST853: Agricultural Biomarkers for Array-Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Waedenswill, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine des bactéries symbiotiques intracellulaires des Dryophtoridae : analyse phylogénétique basée sur un modèle d'évolution de l'ADN non homogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALPHY 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation des données biologiques à l'attention des non biologistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et phylogénie des bactéries symbiotiques intracellulaires des charançons de la famille des Dryophthoridae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau "Biodiversité et Ecologie Microbienne" : adaptation, variabilité, diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et phylogénie des bactéries symbiotiques intracellulaires des charançons de la famille des Rhynchophoridae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'01</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insects and intracellular bacterial associations: impact on insect development and evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katchadourian C.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. International Congress on Invertebrate Reproduction and Developement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2001, Grahamstown, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coexistence de deux bactéries symbiotiques intracellulaires dans les charançons du genre Sitophilus : aspects physiologiques et évolutifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katchadourian C.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fonctions de la Biodiversité Microbienne : comprendre pour gérer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2000, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversité des Wolbachia et des effets que ces bactéries induisent chez leurs hôtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pintureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fonctions de la Biodiversité Microbienne : comprendre pour gérer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2000, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bactéries intracellulaires des insectes : Phylogénie et évolution moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre des Microbiologistes de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1999, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative and phylogenetic aspects of two insect endocytobioses : aphids and weevils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COST meeting : Bacterial symbionts on survival of entomopathogenic nematodes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Wellesbourne, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle de symbiose : Le charançon Sitophilus oryzae, implications évolutives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1996, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Density control of the principal endosymbiote of the weevil Sitophilus oryzae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Congress on Symbiosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1997, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A chaperonin-like in the principal endocytobiotes of the weevil Sitophilus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of specific proteins of symbiosis in the weevil Sitophilus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20.International Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1996, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (71)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empreintes écologiques, un cours de 5e année du département Biotechnologies et Bioinformatique d’INSA-Lyon : utiliser le campus de la Doua comme lieu d’expérimentation et d’éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Labos 1point5 - ETES 2025 : Enseigner les Transitions Écologiques et Sociales dans le Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unraveling the impact of microbiota xenobiotic interactions on the mosquito metabolome through clustering-based analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Antonelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Meiffren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin and evolution of Inhibitors of apoptosis (IAPs) in early metazoans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EVOLYON 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05290683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin and evolution of Inhibitors of apoptosis (IAP) in early metazoans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jacque Monod conference, Molecular basis for membrane remodelling and organisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical modeling of pea aphid metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Paradan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes rencontres du réseau de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04788746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome assembly of the cereal aphid Sipha maydis, a model for the study of dual endosymbiosis in insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Gerlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Fakhour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Rencontre du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of endosymbionts in bed bugs during development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Rosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe Régional de Recherche en Microbiologie des Interactions (G-RREMI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of interactions between bed bugs and their nutritional symbiont Wolbachia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Rosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du Réseau Ecologie des Interactions Durables 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secondary symbionts influence feeding and oviposition behavior in the whitefly Bemisia tabaci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII European Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of interactions between bed bugs and their nutritional symbiont Wolbachia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Rosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique enjeu « santé globale et bio‐ingénierie » de l'INSA Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extreme plasticity of bacteriocytes facing nutritional stresses during pea aphid development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Renoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03741327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-throughput genomics and transcriptomics to decipher host-symbiont molecular dialogue in the cereal weevil Sitophilus oryzae and Sodalis pierantonius endosymbiotic association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Galvão Ferrarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Goubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Vargas-Chávez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03810657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of bacterial symbionts on host niche and ecological diversification: an integrative approach in a whitefly model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVI International Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of symbionts in insects' ecological diversification: cytotype influences exploitation of an unfavorable host plant in the sap-feeder Bemisia tabaci (Hemiptera: Aleyrodidae).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainab Belgaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du Groupe Régional de Recherche en Microbiologie des Interactions (G-RREMI) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03810352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of secondary symbionts on host plant utilization and selection in the whitefly Bemisia tabaci.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rahioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainab Belgaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04784498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Peignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Nice (virtuel), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel cell death process eliminates both bacteriocytes and their symbionts in the pea aphid/Buchnera symbiotic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd UK-France Joint meeting on Aphids - Royal Entomological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Rothamsted, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte reprogramming to maintain organismal homeostasis under nutritional stress in aphid symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd UK-France Joint meeting on Aphids - Royal Entomological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Rothamsted, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel cell death process eliminates both bacteriocytes and their symbionts in the pea aphid/Buchnera symbiotic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kurt Buhler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Callaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INSA Lyon International Partner Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Villeurbanne (INSA-Lyon), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular characterization of aphid bacteriocyte cell death by RNAseq analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INSA Lyon International Partner Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03741347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel cell death process eliminates both bacteriocytes and their symbionts in the pea aphid/Buchnera symbiotic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. European Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the essentiality of the primary endosymbiont of the rice weevil Sitophilus oryzae through genome analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Vargas-Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Goubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Meeting of the Spanish Society for Evolutionary Biology (SESBE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Palma of Mallorca, Balearic Islands, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteriocyte reprogramming to maintain organismal homeostasis under nutritional stress in aphid symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIth European Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The draft genome sequence of the rice weevil Sitophilus oryzae as a model to explore the host-symbiont interactions in a nascent stage of endosymbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Vargas-Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Goubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SymbAphidBase: a new database dedicated to aphid symbionts to store novel sequenced genomes and standardize their annotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Labernardiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. European Conference on Computational Biology (ECCB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Strasbourg, France. , 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathepsin-L proteinase is involved in cuticle remodeling during the molting process in the pea aphid, &amp;lt;em&amp;gt;Acyrthosiphon pisum&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Symposium on Molecular Insect Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Amsterdam, Netherlands. , 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métabolisme de la tyrosine et développement parthénogénétique chez le puceron du pois : la fonction centrale de la phenylalanine hydroxylase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres du réseau Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Avignon, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyrosine metabolism and parthenogenetic development in a symbiotic insect, the pea aphid: the central function of phenylalanine hydroxylase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Symposium on Molecular Insect Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Amsterdam, Netherlands. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication de la cathepsine-L dans le remodelage cuticulaire durant le processus de mue chez le puceron du pois, Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Simonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres du réseau Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Avignon, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génomique fonctionnelle des interactions bactérie / hôte eucaryote : intégration systémique de données génomiques et métaboliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriant Bellvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la FR41 BioEnvironnement et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Villeurbanne, France. 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotating arthropods genome to study and compare their metabolism: the ArthropodaCyc collection of Cyc databases powered by CycADS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. European Conference on Computational Biology (ECCB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Strasbourg, France. , 1 p., 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CycADS annotation database system to support the development and update of enriched BioCyc databases: development of ad hoc BioCyc DB (AcypiCyc, ArthropodaCyc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Meeting of the International Aphid Genomics Consortium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Harpenden, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic effects of ACYPI007803 knockdown by RNAi in the pea aphid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Meeting of the International Aphid Genomics Consortium.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Harpenden, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diminution de fécondité et défauts de développement induits par l’inactivation fonctionnelle par RNAi du gène codant la phénylalanine hydroxylase chez le puceron du pois, Acyrthosiphon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Colloque de Biologie de l’Insecte - CBI-2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ArthropodaCyc » : une collection de bases de données enrichies à l’aide de CycADS pour étudier et comparer le métabolisme des arthropodes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Colloque de Biologie de l’Insecte - CBI-2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CycADS annotation database system to support the development and update of enriched BioCyc databases. Development of ad hoc BioCyc DB : AcypiCyc, ArthopodaCyc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toni Gabaldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Réunion Réseau BAPOA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Villeurbanne, France. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the “CycADS” annotation management system to develop a BioCyc metabolic network database for sequenced arthropods genomes: first steps towards “ArthropodsCyc”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toni Gabaldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres bioinformaticiens et statisticiens de l’INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Versailles, France. 1 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of metabolic pathways and host regulation in symbiosis: tyrosine and cuticular protein biosynthesis during the pea aphid embryonic development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bendridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Réunion Réseau BAPOA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France. 1 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“ArthropodaCyc”: a BioCyc database powered by CycADS to study and compare the metabolism of arthropods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toni Gabaldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Annual Arthropod Genomics Symposium “Arthropod Genomics 2011: Exploring Diversity, Relating Similarity”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Kansas City, United States. , 33 p., 2011, Fifth Annual Arthropod Genomics Symposium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of metabolic pathways and host regulation in symbiosis: tyrosine and cuticular protein biosynthesis during the pea aphid embryonic development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bendridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symposium on Molecular Insect Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Amsterdam, Netherlands. </w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011,  </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A tale of genome, annotations, metabolism and phylogenomics: the pea aphid genome resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Cold Spring Harbor Laboratory / Wellcome Trust conference on Genome Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Hinxton, United Kingdom. 1 p., 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of the regulatory network in Buchnera aphidicola, the obligate intracellular symbiotic bacteria of aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Annual Meeting of the Society for Molecular Biology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Lyon, France. 1 p., 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse tissu-spécifique au traitement par RNAi chez le puceron du pois : une étude cinétique à l’échelle de l’individu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Balmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Jaubert-Possamai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Colloque de Biologie de l’Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Lyon, France. , 126 p., 2010, CB-2010 : 16ème Colloque de Biologie de l'Insecte, Lyon, 18 au 20 octobre 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse génomique de la fonction de transport dans le système symbiotique du puceron du pois Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Parisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréane Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Colloque de Biologie de l’Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Lyon, France. , 126 p., 2010, CBI-2010 : 16ème Colloque de Biologie de l’Insecte, Lyon, 18 au 20 octobre 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetExplore: a web server to link metabolomic experiments and genome-scale metabolic networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Wildridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Vinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael P. Barrett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Sagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOBIM 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Montpellier, France. , 1 p., 2010, JOBIM 2010 Montpellier, Journée Ouvertes Biologie Informatique Mathématique, Montpellier, France, 7 - 9 septembre 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the “CycADS” annotation management system to develop a BioCyc metabolic network database for sequenced arthropods genomes: first steps towards “ArthropodsCyc”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Huerta-Cepas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Annual Arthropod Genomics Symposium on “Arthropod Genomics: New Approaches and Outcomes”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Kansas City, United States. 45 p., 2010, Fourth Annual Arthropod Genomics Symposium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single insect and tissue compartment specific response to RNAi microinjection in aphids: each individual matters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Sapountzis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Gaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Boutros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Annual Arthropod Genomics Symposium on “Arthropod Genomics: New Approaches and Outcomes”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Kansas City, United States. 1 p., 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromosome organisation in Buchnera: a dynamic active structure involved in gene expression regulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilia Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation of metabolism genes : towads the implementation of an Acyrthosiphon pisum Cyc database (ApsCyc) to perform metabolic network analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Colella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augusto Vellozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cottret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Meeting of the International Aphid Genomics Consortium "Pea Aphid Genome Annotation Workshop 1"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Princetown, juillet 2008, United States. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic DNA: an attractive candidate for microarray data normalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vinuelas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Febvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative Post-Genomics - IPG'05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon (France), novembre-décembre 2005, France. , pp.1-1, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00391523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogeny of intracellular symbiotic bacteria in the Dryophthoridae family: evidence for bacterial replacement in insect symbioses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Farell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Jacques Monod "Ecology and Evolution of Host-Parasite Relationships</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO: a software to search optimized oligonucleotide probes for microarrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Rencontres Régionales de la Recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A preliminary methodological approach to study the transcriptome of Buchnera, the intracellular symbiotic bacteria of aphids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. P Cloarec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'03</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioinformatique du transcriptome de Buchnera, symbiote intracellulaire des pucerons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Laforest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tchounikine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres 2003 des Microbiologistes de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO : un logiciel de recherche et d'optimisation des sondes oligonucléotidiques destinées aux puces à ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling evolution through a genetic regulation network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gandrillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine des bactéries symbiotiques intracellulaires des Dryophtoridae : analyse phylogénétique basée sur un modèle d'évolution de l'ADN non homogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersciences 2002, Colloque des doctorants scientifiques de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du transcriptome de Buchnera: développement d'une première puce à ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. P Cloarec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système d'Information Transcriptome pour la plate-forme de la génopole Rhône-Alpes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Laforest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tchounikine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO : un logiciel de recherche et d'optimisation des sondes oligonucléotidiques destinées aux puces à ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersciences 2002, Colloque des doctorants scientifiques de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO : A Software to Search Optimized Oligonucleotide Probes for Microarrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International Conference on Intelligent Systems for Molecular Biology (ISMB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Edmonton, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROSO : un logiciel de recherche et d'optimisation des sondes oligonucléotidiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire évolutive d'une symbiose : du parasitisme au mutualisme chez les charançons Dryophthoridae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Rencontres Régionales de la Recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional space approach for evolutionary algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gandrillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'un logiciel d'optimisation de sondes oligonucléotidiques destinées aux puces à ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Beslon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'01</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du transcriptome de Buchnera aphidicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Rahbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fayard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Post-Génomique de la Doua - JPGD'01</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity of symbiosis in the Rhynchophoridae weevils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. International Congress of zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Athenes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation moléculaire de la bactérie principale du charançon des céréales Sitophilus oryzae (Coleoptera, Curculionidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Colloque de Physiologie de l'Insecte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1997, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A chaperonin in the endocytobiosis of the weevil Sitophilus oryzae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. European Congress on Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1995, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation : complexifier ou simplifier ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modélisation : succès et limites, publication des actes du colloques de l’académie des technologies du 6/12/2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, pp.81-88, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définition des séquences sonde pour la PCR et pour les puces à ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Calevro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatique : Principes d’utilisation des outils</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 272 p., 2010, Savoir Faire (Quae), 978-2-7592-0870-8 978-2-7592-0870-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02813659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les données d’expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancie Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique pour l’analyse du transcriptome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermes Science Publications, pp.45-65, 2004, 2-7462-0850-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological aspects of symbiosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joseph Seckbach. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cellular Origin and Life in Extreme Habitats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, Kluwer Academic Publishers, pp.13-44, 2002, Symbiosis, Mechanisms and Model Systems, ISBN: 978-94-017-3958-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative and phylogenetic aspects of two insect endosymbioses : aphids and weevils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rahbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cost 819. Entomopathogenic nematodes. Taxonomy, phylogeny and gnotobiological studies of entomopathogenic nematode bacterium complexes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intracellular symbiotic bacteria within insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enigmatic Microorganisms and Life in Extreme Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.651-660, 1999, 978-0-7923-5492-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle de symbiose : le charançon Sitophilus oryzae, implications evolutives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Marie EXBRAYAT, Janine FLATIN. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'évolution Philosophique. Science, Histoire ou Philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Librairie Philosophique, pp.297-305, 1997, 2-7116-8302-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A chaperonin-like in the principal endocytobiotes of the weevil Sitophilus.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Heddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hainfried E.A. Schenk Reinhold G. Herrmann Kwang W. Jeon Norbert E. Müller Werner Schwemmler. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eukaryotism and Symbiosis : intertaxonic combination versus symbiotic adaptation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.395-402, 1997, 978-3-540-63375-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects moléculaires de la bactérie symbiotique principale du charançon des céréales Sitophilus oryzae (Coléoptère, Curculionidae) et études de ses interactions avec l'hôte.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. INSA de Lyon, 1997. Français. </w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00482251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du transcriptome de Buchnera aphidicola, la bactérie symbiotique du puceron Acyrthosiphon pisum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. INSA de Lyon, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00482270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId582"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="26077C8D"/>
+    <w:nsid w:val="39CB6CF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hubert-charles" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0809-4705" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-9392-2011" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biodiversite-derriere-ma-porte.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inaturalist.org/lifelists/hub69330?view=tree&amp;details_view=observations&amp;tree_mode=full_taxonomy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hubert.charles@insa-lyon.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987746v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gerlin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Peignier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renoz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00140-25" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832131v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ribeiro Lopes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2024.104217" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368482v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Gaget" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Lapetoule" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Quivet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2025.07.011" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04632873v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Fakhour" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-03297-x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Koenig" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lafont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Lorenzo-Colina" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Navratil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbd.2024.101323" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227067v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Djobbi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Msaad Guerfali" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vallier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Charaabi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0286108" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04014003v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Duport" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.982920" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432050v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Benhamou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rahioui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro da Silva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00730-21" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618254v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Philip Oeyen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Benoit" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Beukeboom" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erich Bornberg-Bauer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaa106" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052353v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cissy Huygens" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2013847117" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505980v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Charles" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919023v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessika Consuegra" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Grenier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Akherraz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000681" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905508v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Colella" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Simonet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Duport" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.01498" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768487v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1720237115" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01352561v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Weiss-Gayet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep19967" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01388523v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep34321" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01352558v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Febvay" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Huerta-Cepas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto F Vellozo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baw081" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002574v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Sapountzis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jaubert-Possamai" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2014.05.005" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00824527v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;ane Rabatel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-235" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00788161v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Brinza" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-73" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784396v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Coimbra Klein" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cottret" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Kielbassa" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gautier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-438" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659506v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Araceli Lamelas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente P&#233;rez-Brocal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0029096" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632965v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie S V&#233;ron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/bar008" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00746846v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Vi&#241;uelas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fayard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2011.07760.x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632959v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-666" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539196v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. C. Wilson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D. Ashton" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Charles" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2583.2009.00942.x" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459970v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iagc The International Aphid Genomics Consortium" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1000313" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690650v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Vieira Milreu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Acu&#241;a" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Marchetti-Spaccamela" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leen Stougie" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1000904" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690651v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wildridge" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vinson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P Barrett" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkq312" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350387v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445861v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2009.09.007" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VKV0L16V-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657684v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445867v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bermingham" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01472-09" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373359v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Louis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delobel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gressent" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Diol" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2006.11.032" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-910378KG-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391504v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rispe" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373371v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bernillon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-8-143" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391277v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vinuelas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Fayard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkl597" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391509v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Reymond" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Morin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01118-06" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391451v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Laforest" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tchounikine" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chaari" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391275v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Febvay" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504092v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pascal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pintureau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Katchadourian" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Grenier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504074v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lef&#232;vre" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Farrell" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msh063" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670646v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauvion" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427641v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duret" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beslon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402180v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancie Reymond" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dugas" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cloarec" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2004.01.009" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D8R1LF6T-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504070v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nardon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lef&#232;vre C&#233;dric" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Heddi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504053v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delobel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504068v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402188v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Heddi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0764-4469(01)01328-2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-73FJ6C0X-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504033v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaqu&#233; Khatchadourian" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0923-2508(01)01216-5" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BHBBZPQS-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691524v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grenier A.M." TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Wajnberg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504043v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chaudier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lassabli&#232;re" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002390010099" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4DFE7F3A185681AC0510847866354A2169F41625/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504040v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Grenier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.96.12.6814" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402189v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mouchiroud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Lobry" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordjournals.molbev.a026096" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695518v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bonnot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/PL00006362" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LH8R4JG4-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505975v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajime Ishikawa" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/pl00006452" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WB9FCQLR-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686732v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690399v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Condemine" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nardon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689055v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Guillaud" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1997.7552" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5GN6MD2N-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707072v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ishikawa" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137935v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290694v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jousselin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137877v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137926v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Degli Esposti" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hinsinger" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Sousa" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie B&#233;rard" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137907v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419622v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417648v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jorge" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Poulain" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rosinski" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil El Filali" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04789608v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790863v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753005v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805333v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790846v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790854v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753845v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791035v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790832v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790999v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524579v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524543v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Belgaidi" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524595v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524499v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Chouteau" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferri&#232;re, Jean-Phillipe" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davyd Chaumard" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Lazar" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121080v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741301v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689719v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617081v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783673v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Ch&#225;vez" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goubert" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514239v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514227v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514209v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810311v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gaillard" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Armengaud" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514196v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jousselin Emmanuelle" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Huygens" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513103v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513111v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790808v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513078v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510598v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510642v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514026v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509938v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514034v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514078v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510629v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Buhler" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514051v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506807v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506796v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506797v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506794v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Buhler" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506792v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506790v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506791v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506781v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506775v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801005v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208786v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Labernardiere" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gauthier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792176v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513906v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weiss-Gayet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795335v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208785v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506758v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506724v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506751v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506764v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506769v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747415v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto F. Vellozo" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Gabaldon" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506379v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804850v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506701v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tagu" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Guiderdoni" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808160v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748785v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bendridi" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806316v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Tereza Ribeiro de Vasconcelos" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808863v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748784v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia C. Klein" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana T Vasconcelos" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804281v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748601v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gabaldon" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497625v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C.C. Wilson" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ashton" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814211v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231279v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824684v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guiderdoni" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755293v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498405v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Macdonald" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ramsey" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jander" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Nakabachi" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.H. Thomas" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818835v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821530v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823073v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757719v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755037v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gallot" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Guernec" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814726v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497818v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498411v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vellozo" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496032v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veron" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391280v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cottret" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391499v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rabatel" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bendridi" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duport" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bermingham" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820893v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Duport, G." TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814342v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Vellozo" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511624v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815123v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824438v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814863v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391271v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Boulicaut" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821711v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824972v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822501v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beslon" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Knibbe" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391279v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391519v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391255v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391273v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391259v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391156v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Knibbe" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391258v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brinza" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391155v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wilkinson" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391290v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Sagot" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391505v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391270v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373311v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Remond" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernillon" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391288v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Acuna" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391269v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391278v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391262v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506911v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391524v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391289v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391525v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391267v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Groppi" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barre" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391257v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armenise" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leproult" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paun" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. da Silva" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506826v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391450v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391260v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dumitru" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391274v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391276v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391268v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391503v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391266v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391261v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391272v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506628v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506638v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Rouillat" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. P Cloarec" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506623v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Al Ayoubi" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506603v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506591v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506495v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506478v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506481v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506469v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506465v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duret" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506444v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506432v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506427v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506440v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katchadourian C." TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506410v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506407v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506398v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506400v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770802v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506396v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769149v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506388v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290683v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137853v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antonelli" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meiffren" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vallon" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Martin" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137944v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137897v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04788746v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Paradan" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805370v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524568v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805475v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524520v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805501v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927225v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810352v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741327v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927204v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810657v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Galv&#227;o Ferrarini" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927184v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784498v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514174v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513018v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513048v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741347v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509913v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514067v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Callaerts" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514015v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Chavez" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goubert" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509885v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506786v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795333v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792558v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798649v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797200v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795332v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798101v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791821v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506719v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506744v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506707v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506713v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806092v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805925v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749029v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806205v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747829v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/47074.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811608v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231276v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755004v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755294v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821730v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P. Barrett" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Sagot" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753908v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820936v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Horn" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Boutros" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506644v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818508v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391523v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506631v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Farell" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506598v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506498v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506503v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tchounikine" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506459v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506473v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506447v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gandrillon" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mazet" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506488v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506486v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506466v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506471v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506483v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506485v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506453v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506436v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506423v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Rahb&#233;" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506415v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Nardon" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506391v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506387v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506007v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813659v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r936-bio-informatique.html" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506005v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rome" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marti" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506001v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839808v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03505998v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03505994v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03505990v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00482251v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00482270v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hubert-charles" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0809-4705" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-9392-2011" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biodiversite-derriere-ma-porte.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inaturalist.org/lifelists/hub69330?view=tree&amp;details_view=observations&amp;tree_mode=full_taxonomy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hubert.charles@insa-lyon.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832131v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ribeiro Lopes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Peignier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2024.104217" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987746v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gerlin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renoz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00140-25" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368482v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Gaget" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Lapetoule" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Quivet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2025.07.011" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04632873v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Fakhour" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-03297-x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Koenig" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lafont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Lorenzo-Colina" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Navratil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbd.2024.101323" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227067v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Djobbi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Msaad Guerfali" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vallier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Charaabi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0286108" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04014003v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Duport" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.982920" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432050v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Benhamou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rahioui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro da Silva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00730-21" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505980v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Charles" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618254v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Philip Oeyen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Benoit" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Beukeboom" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erich Bornberg-Bauer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaa106" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052353v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cissy Huygens" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2013847117" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919023v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessika Consuegra" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Grenier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Akherraz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000681" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768487v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Simonet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1720237115" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905508v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Colella" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Duport" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.01498" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01352561v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Weiss-Gayet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep19967" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01388523v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep34321" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01352558v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Febvay" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Huerta-Cepas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto F Vellozo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baw081" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002574v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Sapountzis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jaubert-Possamai" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2014.05.005" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00824527v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;ane Rabatel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-235" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00788161v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Brinza" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-73" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784396v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Coimbra Klein" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cottret" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Kielbassa" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gautier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-438" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659506v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Araceli Lamelas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente P&#233;rez-Brocal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0029096" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632965v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie S V&#233;ron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/bar008" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00746846v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Vi&#241;uelas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fayard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2011.07760.x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459970v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iagc The International Aphid Genomics Consortium" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1000313" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539196v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. C. Wilson" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D. Ashton" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Charles" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2583.2009.00942.x" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632959v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-666" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690650v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Vieira Milreu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Acu&#241;a" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Marchetti-Spaccamela" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leen Stougie" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1000904" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690651v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wildridge" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vinson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P Barrett" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkq312" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445867v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bermingham" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01472-09" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657684v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350387v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445861v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2009.09.007" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VKV0L16V-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373359v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Louis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delobel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gressent" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Diol" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2006.11.032" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-910378KG-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391504v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rispe" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373371v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bernillon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-8-143" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391277v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vinuelas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Fayard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkl597" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391509v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Reymond" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Morin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01118-06" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391451v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Laforest" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tchounikine" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chaari" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391275v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Febvay" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504074v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lef&#232;vre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Farrell" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msh063" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504092v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pascal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pintureau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Katchadourian" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Grenier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670646v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauvion" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427641v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duret" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beslon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402180v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancie Reymond" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dugas" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cloarec" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2004.01.009" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D8R1LF6T-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504070v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nardon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lef&#232;vre C&#233;dric" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Heddi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504053v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delobel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504068v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402188v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Heddi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0764-4469(01)01328-2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-73FJ6C0X-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504033v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaqu&#233; Khatchadourian" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0923-2508(01)01216-5" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BHBBZPQS-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691524v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grenier A.M." TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Wajnberg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504043v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chaudier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lassabli&#232;re" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002390010099" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4DFE7F3A185681AC0510847866354A2169F41625/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504040v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Grenier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.96.12.6814" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402189v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mouchiroud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Lobry" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordjournals.molbev.a026096" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695518v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bonnot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/PL00006362" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LH8R4JG4-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505975v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajime Ishikawa" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/pl00006452" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WB9FCQLR-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686732v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690399v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Condemine" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nardon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689055v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Guillaud" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1997.7552" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5GN6MD2N-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707072v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ishikawa" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137877v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137935v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290694v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jousselin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137926v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Degli Esposti" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hinsinger" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Sousa" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie B&#233;rard" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137907v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419622v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417648v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jorge" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Poulain" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rosinski" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil El Filali" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753005v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790863v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04789608v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790854v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790846v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805333v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753845v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791035v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790832v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790999v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524595v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524499v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Chouteau" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferri&#232;re, Jean-Phillipe" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davyd Chaumard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Lazar" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524543v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Belgaidi" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524579v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121080v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689719v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741301v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617081v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783673v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Ch&#225;vez" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goubert" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514239v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514227v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514209v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810311v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gaillard" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Armengaud" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514196v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jousselin Emmanuelle" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Huygens" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513103v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513111v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790808v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513078v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514034v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509938v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510598v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510642v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514026v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514078v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510629v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Buhler" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514051v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506807v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506796v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506792v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506794v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Buhler" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506790v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506797v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506791v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506781v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506775v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801005v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208786v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Labernardiere" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gauthier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792176v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513906v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weiss-Gayet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795335v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208785v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506758v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506724v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506751v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506764v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506769v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747415v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto F. Vellozo" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Gabaldon" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804850v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506701v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tagu" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Guiderdoni" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506379v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808160v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808863v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748785v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bendridi" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806316v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Tereza Ribeiro de Vasconcelos" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748784v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia C. Klein" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana T Vasconcelos" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804281v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748601v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gabaldon" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821530v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818835v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498405v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Macdonald" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ramsey" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jander" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Nakabachi" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.H. Thomas" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497625v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C.C. Wilson" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ashton" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814211v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231279v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755293v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824684v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guiderdoni" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823073v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757719v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755037v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gallot" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Guernec" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814726v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497818v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815123v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Vellozo" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511624v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498411v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vellozo" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814342v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820893v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Duport, G." TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391499v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rabatel" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bendridi" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duport" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bermingham" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391280v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cottret" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496032v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veron" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824438v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814863v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822501v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beslon" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Knibbe" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824972v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821711v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391271v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Boulicaut" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391279v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391519v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391255v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391259v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391273v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391156v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Knibbe" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391155v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wilkinson" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391258v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brinza" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391290v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Sagot" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391505v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391270v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373311v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Remond" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernillon" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391288v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Acuna" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506911v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391524v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391278v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391269v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391262v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391289v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391525v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391267v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Groppi" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barre" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391257v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armenise" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leproult" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paun" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. da Silva" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506826v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391503v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391268v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391274v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391260v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dumitru" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391450v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391276v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391266v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391261v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391272v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506638v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Rouillat" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. P Cloarec" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506628v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506623v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Al Ayoubi" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506603v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506591v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506495v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506478v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506469v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506465v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duret" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506481v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506444v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506432v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506427v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506440v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katchadourian C." TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506410v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506407v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506398v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506400v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770802v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506396v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769149v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506388v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137944v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137853v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antonelli" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meiffren" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vallon" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Martin" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290683v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137897v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04788746v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Paradan" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524568v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805370v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805475v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524520v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805501v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741327v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810657v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Galv&#227;o Ferrarini" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927204v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927225v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810352v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927184v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784498v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514174v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513018v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513048v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514067v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Callaerts" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741347v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509913v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514015v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Chavez" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goubert" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509885v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506786v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798649v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797200v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795333v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792558v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795332v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791821v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798101v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506707v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506744v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506719v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506713v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806092v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806205v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805925v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749029v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747829v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/47074.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231276v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811608v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755004v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755294v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821730v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P. Barrett" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Sagot" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753908v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820936v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Horn" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Boutros" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506644v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818508v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391523v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506631v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Farell" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506598v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506498v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506503v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tchounikine" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506488v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506447v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gandrillon" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mazet" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506473v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506459v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506466v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506486v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506483v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506485v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506471v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506453v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506436v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506423v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Rahb&#233;" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506415v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Nardon" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506391v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506387v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506007v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813659v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r936-bio-informatique.html" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506005v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rome" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marti" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506001v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839808v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03505998v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03505994v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03505990v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00482251v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00482270v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>