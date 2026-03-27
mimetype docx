--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Hubert Piquet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Hubert PIQUET - professeur à Toulouse-INP / ENSEEIHT  département 3EA (Électronique, Énergie Électrique, Automatique)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hubert-piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3736-2676</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">05972952X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/D-4396-2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">professeur à </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toulouse INP - ENSEEIHT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">département 3EA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Electronique, Energie Electrique, Automatique)membre du laboratoire </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">LAPLACE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">équipe GENESYS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Energie Electrique & Systémique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">enseignement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : contributions principalement en électronique de puissance ; responsable du parcours de 3ème année 3EA-CERE &amp;quot;Conversion Electrique et Réseaux d'Energie&amp;quot; et responsable Toulouse INP des masters E2CMD et MSc EES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - domaines d'application principaux de mes investigations :+ conception de convertisseurs de puissance pour l'alimentation de procédés plasma+ micro-réseaux d'énergie électrique, stationnaires ou embarqués</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (61)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimization of Chemical Kinetic Reaction Set for System-Level Study of Non-Thermal Plasma NOx Abatement Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo Cuellar Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">plasma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8 (3), pp.36. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plasma8030036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05262347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Bulb Geometry and Electrical Supply Parameters on the UV Emission of DBD Excimer Lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Wiesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plasma Chemistry and Plasma Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44, p. 1605-1623. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11090-024-10480-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-Switch Transformer-less Power Supply for Low Temperature Plasma Jet – 3.3 kV SiC MOSFET opportunities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2024.3372836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AC Electric Powertrain without Power Electronics for Future Hybrid Electric Aircrafts: Architecture, Design and Stability Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1 Special Issue Aerospace Vehicle Design under Uncertainties), pp.672. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app13010672⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Study of a Nonthermal DBD-Driven Plasma Jet System Using Different Supply Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anton Ivankov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Capela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesa Rueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">plasma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 5 (1), pp.75-97. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plasma5010007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined Image Processing and Equivalent Circuit Approach for the Diagnostic of Atmospheric Pressure DBD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesa Rueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (16), pp.8009. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app12168009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sizing Equations for a Square Voltage Pulse Power Supply for Dielectric Barrier Discharges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilo Sanabria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (4), pp.4374-4384. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tpel.2021.3122934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04884796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">10 kV SiC MOSFET Evaluation for Dielectric Barrier Discharge Transformerless Power Supply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mame Andallah Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">plasma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 3 (3), pp.103-116. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plasma3030009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power estimation of a current supplied DBD considering the transformer parasitic elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesa Rueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Wiesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 55 (6), pp.6567-6575. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2019.2933519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overvoltage at motor terminals in SiC-based PWM drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouazza Taghia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardo Cougo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Malec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 158 (1), pp.264-240. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matcom.2018.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power supplies dedicated to the efficient control of the excimer lamps power</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesa Rueda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1132203. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2547460⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02504911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OpenComp3d: An open-source framework dedicated to design in power electronics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvaro Morentin Etayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fontes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Mannes Hillesheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Flumian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 158, pp.477-489. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matcom.2018.11.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403665v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System for experimental investigation of DBD excilamps in view of control and optimization of UV emission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Wiesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 165, pp.92-106. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matcom.2019.02.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02417678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimum transformer turns ratio for the power supply of dielectric barrier discharge lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesa Rueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (1), pp.62-67. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-pel.2016.0497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02504984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric study of dielectric barrier discharge excimer UV lamps supplied with controlled square current pulses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Wiesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, vol. 10614, pp. 1-7. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2305508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DBD tranformerless power supplies: impact of the parasitic capacitances on the power transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mame Andallah Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Conference Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 825, pp. 012004. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/825/1/012004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01515718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency of an Exciplex DBD Lamp Excited Under Different Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Schitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46 (1), pp.140-147. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPS.2017.2777835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01984447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing the Operation of DBD Excilamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, vol. 44 (n° 7), pp. 1160-1168. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPS.2016.2568461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01409213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal design of the Integrated Modular Power Electronics Cabinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Budinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Sartor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aerospace Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 48, pp.37 - 52. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ast.2015.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Square-Shape Current-Mode Supply for Parametric Control of the DBD Excilamp Power</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Karim Hay Harb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 62 (3), pp.1451-1460. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tie.2014.2361601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02508049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current-Mode Approach in Power Supplies for DBD Excilamps: Review of 4 Topologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 43 (1), pp.452-460. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPS.2014.2370796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01409232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of an Expert System for Design Purposes in Power Electronics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (3-4), pp.74-81. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09398368.1996.11463399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Current Control Strategy for Three-Phase Rectifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Marroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Sanchis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (3-4), pp.32-39. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09398368.2000.11463467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DCM-Operated Series-Resonant Inverter for the Supply of DBD Excimer Lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50 (1), pp.86-93. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2013.2271216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01409259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplings between a resonant current source power supply and a DBD excilamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Diez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric and Oceanic Optics (Optika Atmosfery i Okeana)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (4), pp.354-362</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximization of the working domain of an Atmospheric Pressure Townsend Discharge (APTD) using a current-source static converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bouzidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Conference Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 550, pp.012044. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/550/1/012044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02506386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A High Voltage High Frequency Resonant Inverter for Supplying DBD Devices with Short Discharge Current Pulses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julio Brandelero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Videau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meynard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 29 (n° 8), pp. 4261-4269. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2013.2295525⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a current converter to maximize the power into homogeneous dielectric barrier discharge (DBD) devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chérif Bouzidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ghérardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 64 (n° 1), pp. 10901. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap/2013130080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load allocation problem for optimal design of aircraft electrical power system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Sartor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 43 (1-2), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAE-131708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameters Identification and Gas Behavior Characterization of DBD Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Mauricio Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Patino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 41 (n° 8), pp. 2335-2342. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPS.2013.2273462⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01425294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of the UV flux of a XeCl dielectric barrier discharge excilamp through its current variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Cousineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahamat Abakar Djibrillah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 42 (2), pp.157-164. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1070/QE2012v042n02ABEH014266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mixed Function for Actuation and Power Flow Control in Embedded Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Baumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 59 (n° 9), pp. 3596-3603. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2012.2188870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01440368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesized High-Frequency Thyristor for Dielectric Barrier Discharge Excimer Lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Cousineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Durrieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 59 (n° 4), pp. 1920-1928. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2011.2116761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01413301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Approach of the AC-DC Interactions in Aerospace Electric Power Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Aerospace and Electronic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 48 (2), pp.1451-1465. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/taes.2012.6178072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02508083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current-Mode Power Converter for Radiation Control in DBD Excimer Lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Cousineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 59 (4), pp.1912-1919. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2011.2126536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01425191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution des réseaux et du management énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue 3E.I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid power generation system for aircraft electrical emergency network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Electrical Systems in Transportation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, vol. 1 (n° 4), pp. 148-155. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-est.2010.0045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01722852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DBD lamp converter design using an electrical model of the load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blaquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 81 (2), pp.420-432. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matcom.2010.08.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulsed Current-Mode Supply of Dielectric Barrier Discharge Excilamps for the Control of the Radiated Ultraviolet Power</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail V. Erofeev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Plasma Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, vol. 38 (n° 10), pp. 2531-2538. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPS.2010.2060735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01412333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical modeling of the input admittance of an electric drive for stability analysis purposes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Girinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Baumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 47 (1), pp.1-8. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap/2009071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison Overview of Four AC/DC Front-Stage Converters Including an Original Self-Commutated Rectifier for On-Board Aircraft EHA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3 (5)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MPAB, Un outil pour l'étude et le développement de l'enseignement du contrôle numérique des convertisseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana M. Llor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Regnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7, pp.1014. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea:2008013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des FPGA pour le contrôle des convertisseurs Statiques. Application au Transfert de Puissance en Courant Continu (DCPFC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Maria Llor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Luga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue 3E.I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2008 (53), pp.21-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03789274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive model of a DBD lamp for power supply design and method for the automatic identification of its parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Salanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 37 (3), pp.307-313. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap:2007017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture des réseaux électriques continus en aéronautique. Vers des réseaux maillés à forte disponibilité énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Baumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Regnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 10 (3-4), pp.259-283. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rige.10.259-283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative power supply concepts for DBD excilamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Areski Toumi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 37 (3), pp.693810. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.785662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction de la commutation automatique dans la conversion statique de l'énergie électrique. Principe et règles de base</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Électrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 9 (1), pp.7-34. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rige.9.7-34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'avion plus électrique : vers une nouvelle génération de réseaux de bord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue 3E.I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'avion plus électrique à l'avion tout électrique : état de l'art et prospective sur les réseaux de bord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 4, pp.001. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bib-j3ea:2005601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des outils de simulation pour une approche pédagogique en électronique de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ladoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Toury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue 3E.I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of control loops in coupled field circuit model to study magnetic devices supplied by power electronic converter and their control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Manot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, vol. 21 (n° 4), pp. 563-572. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/03321640210437815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilisation d'un ensemble convertisseur-filtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Barrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 5 (3-4), pp.557-577. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rige.5.557-577⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model of the homogeneous electrical discharge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vongphouthone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Foch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 15 (2), pp.123-133. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap:2001173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception des systèmes de conversion de l’énergie électrique à l’aide d’éléments caractérisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bernot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 4 (3-4), pp.217-325. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rige.4.217-235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A few discussion on expert system development for electrical power systems-optimization of an inverter-motor of a railway traction chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Fezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nogaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, vol. 4 (n° 1), pp. 53-64. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap:1998243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01413361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An original and natural method of coupling electromagnetic field equations with circuit equations put in a state form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 34 (5), pp.2489-2492. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/20.717573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expert system for the CAD in power electronics-application to UPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Foch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 12 (3), pp.578-586. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/63.575685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode générale pour modéliser les convertisseurs statiques associés à des dispositifs magnétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 7 (11), pp.2225-2237. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp3:1997254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00249713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système expert pour la conception en électronique de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Foch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 6 (3), pp.349-361. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp3:1996100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00249461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode d'étude de la stabilité des ensembles convertisseurs-filtres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Barrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Chéron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 6 (1), pp.91-104. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp3:1996116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00249450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilization of real-time models for the survey and maintenance of high power electrotechnical systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Metz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Courault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 38 (4-6), pp.303-310. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0378-4754(95)00040-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (82)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipolar voltage power supply for parallel plate dielectric barrier discharge systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilo Sanabria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE Workshop on Power Electronics and Power Quality Applications (PEPQA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Cartagena, Colombia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PEPQA66960.2025.11073503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génerateur de Courant impulsionnel à Stockage Capacitif pour Décharges à Barrière Diélectrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05495827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Générateur de Courant impulsionnel à Stockage Capacitif pour Décharges à Barrière Diélectrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05292301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drinking Water Disinfection System based on 222 nm DBD Excimer Lamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Campos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05292966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Square Voltage Power Supply Design Methodology for Dielectric Barrier Discharge Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilo Sanabria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE ANDESCON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Cusco, Peru. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ANDESCON61840.2024.10755594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04812188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal modelling of an atmospheric pressure cylindrical DBD reactor for NOx removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nofel Merbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europhysics Conference on Atomic and Molecular Physics of Ionized Gases (ESCAMPIG XXVI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology of robust stability analysis using small gain theorem applied to aeronautical HVDC network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Ginestet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEA 2024 More Electric Aircraft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SEE - 3AF, Feb 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Análisis de la fuente cuadrada bipolar de alto voltaje usada en sistemas de descarga de barrera dieléctrica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilo Sanabria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encuentro Internacional de Educación en Ingeniería, 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Cartagena de Indias, Colombia. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26507/ponencia.2035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03362647v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dielectric Barrier Discharges for Gas Treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesa Rueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMPL'2021 Atomic and Molecular Pulsed Lasers AMPL - 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Tomsk, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03349743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AC electrical architecture propelling systems for aeronautics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEA 2021 More Electric Aircraft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SEE - 3AF, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03419609v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power supplies dedicated to Dielectric Barrier Discharge devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesa Rueda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMPL'2019 Atomic and Molecular Pulsed Lasers AMPL - 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Tomsk, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Series Resonant Inverter Efficiency Improvement with Valley Switching for Dielectric Barrier Discharges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesa Rueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mame Andallah Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE 13th International Conference on Power Electronics and Drive Systems (PEDS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PEDS44367.2019.8998891⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02506402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the interactions between a resonant power supply and a flat dielectric barrier discharge lamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Caillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Hamza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plathinium - Plasma Thin Film International Union Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matrix approach based on Quadripole for quality analysis in Aircraft Electrical Power Distribution System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Makhraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Mavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Salerno, Italy. pp.21 - 23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the Electrical Operating Point over a DBD Driven Plasma Jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Schitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Conference on Environment and Electrical Engineering and 2019 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Genova, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/eeeic.2019.8783361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of the DBD power for current-mode converters using the step-up transformer elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesa Rueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Wiesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE Industry Applications Society Annual Meeting (IAS2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Portland, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2018.8544496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast frequency model of overvoltage in adjustable speed drives : SiC technology vs IGBT technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouazza Taghia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Malec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Carayon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Electromagnetic Phenomena in Nonlinear Circuits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations on Partial Discharges risk in aeronautical rotating machine fed by HVDC 540Vdc network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouazza Taghia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Carayon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Malec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE Electrical Insulation Conference (EIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, San Antonio, United States. pp.491-494</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced analysis of transient overvoltage in electromechanical chain fed by SiC inverter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouazza Taghia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardo Cougo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Malec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01933414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric study of DBD Excilamps supplied with controlled square current pulses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold Wiesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMPL'2017 Atomic and Molecular Pulsed Lasers AMPL - 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Tomsk, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DESIGN OF A POWER SUPPLY CAPABLE OF DRIVING A DIVERSE SET OF DBD EXCILAMPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Wiesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ELECTRIMACS 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of efficiency exciplex DBD lamp excited by electrical generators of various types</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Schitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Magin Florez Rubio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Plasma Physics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">10kV SiC MOSFET Opportunities for Dielectric Barrier Discharge Transformerless Power Supply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mame Andallah Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euro-Asian Pulsed Power Conference (EAPPC), Sept. 18-22, 2016, Estoril (PORTUGAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Estoril, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High voltage SiC MOSFET Opportunities for Dielectric Barrier Discharge Transformerless Power Supply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mame Andallah Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Euro-Asian Pulsed Power Conference (EAPPC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Estoril, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of parallelized power inverters using a direct modelling approach for More Electrical Aircraft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvaro Morentin Etayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucien Prisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 International Conference on Electrical Systems for Aircraft, Railway, Ship Propulsion and Road Vehicles (ESARS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Aachen, Germany. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/esars.2015.7101483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Versatile power generator for the parametric study of DBD excimer lamps supply and its optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Wiesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE Pulsed Power Conference (PPC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Austin, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PPC.2015.7296859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodologies for the optimal design of the Integrated Modular Power Electronics Cabinet (IMPEC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Budinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Sartor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEA 2015 More Electric Aircraft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximisation of the working domain of an Atmospheric Pressure Townsend Discharge using a current converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. C. Bouzidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hakone XIV, 14th International Symposium on High Pressure Low Temperature Plasma Chemistry, September 21-26, 2014, Zinnowitz (GERMANY)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Zinnowitz, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplings between the power generator and a DBD Excilamp supplied with a resonant current source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMPL'2013 Atomic and Molecular Pulsed Lasers AMPL - 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Tomsk, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the transformer in the current mode supply of dielectric barrier discharge excimer lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 Brazilian Power Electronics Conference (COBEP 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Gramado, Brazil. pp.1171-1176, </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COBEP.2013.6785263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02515187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability analysis of DC networks: Coupling phenomenon between equipment connected to a single DC bus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madiha Charrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE 11th International Workshop of Electronics, Control, Measurement, Signals and their application to Mechatronics (ECMSM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Toulouse Cedex 7, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECMSM.2013.6648965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02515208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing the high voltage transformer of power supplies for DBD: Windings arrangment to reduce the parasitic capacitive effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power Electronics and Applications (EPE), 2013 15th European Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lille, France. pp. 1-9, </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EPE.2013.6631928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01444212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Series-resonant inverter in DCM mode for the supply of a DBD excimer UV lamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Magin Florez Rubio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Las Vegas, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2012.6374052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02515220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of stochastic optimization methods to solve load allocation problem for aircraft electrical power system design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Sartor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII-th International Workshop on Optimization and Inverse Problems in Electromagnetism (OIPE 2012) - Ghent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge-based system for aircraft electrical power system reconfiguration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Budinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Sartor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Electrical Systems for Aircraft Railway And Ship Propulsion 2012 (ESARS 2012) - Bologne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Bologne, Italy. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ESARS.2012.6387377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des caractéristiques géométriques et électriques du diélectrique sur une Décharge à Barrière Diélectrique homogène dans l’azote à pression atmosphérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Cherif Bouzidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gherardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plasma QUEBEC 2012, CANADA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Quebec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentation électrique de type source de courant pour une Décharge à Barrière Diélectrique homogène dans l’azote à pression atmosphérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Cherif Bouzidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gherardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plasma QUEBEC 2012, CANADA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Quebec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DBD excimer lamp power supply with fully controlled operating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Magin Florez Rubio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Karim Hay Harb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 13th International Conference on Optimization of Electrical and Electronic Equipment (OPTIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Brasov, Romania. pp.1346-1352, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OPTIM.2012.6231836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02515270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Power Supply over the UV Radiation of DBD Excilamps: Current-Mode Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS 2012 : IEEE Industry Applications Society Annual Meeting, Las Vegas, USA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Las Vegas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentation électrique des dispositifs de décharges à barrières diélectriques pour le traitement de surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gherardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Blaquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2011: Electronique de Puissance du Futur, Belfort, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Belfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of the light output power and efficiency of a XeCl dielectric barrier discharge exciplex lamp using one dimensional drift-diffusion model for various voltage waveforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doanh Le Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 IEEE Industry Applications Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Orlando, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2011.6074369⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02353972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equipments characterization methods for stability analysis of DC networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madiha Charrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Girinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 IEEE 20th International Symposium on Industrial Electronics (ISIE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Gdansk, Poland. pp.263-268, </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIE.2011.5984168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02515302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentation électrique des dispositifs à décharge à barrière diélectrique (DBD)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ghérardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blaquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EF'11 - Electronique de Puissance du Futur EPF'2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Belfort, France. pp. 1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01984451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Validation of Hybrid Emergency Electrical Network for Aircraft Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rafal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VPPc 2010: Vehicle Power Propulsion conference, Lille, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power supplies for excilamps -a review of structures for UV emission control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Schitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahamat Abakar Djibrillah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Symposium On Science and Technology of Light Sources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02515658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybridization of an aircraft emergency electrical network: Experimentation and benefits validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krzysztof Rafal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 IEEE Vehicle Power and Propulsion Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Lille, France. pp.0, </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VPPC.2010.5728987⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01737098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programmable current converter synthesis for the evaluation of UV radiation of excimer lamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Karim Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Perilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredy Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANDESCON, 2010 IEEE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Bogota, Colombia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ANDESCON.2010.5633409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01663035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time resolved imaging of a dielectric barrier discharge by using pulsed power supply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doanh Le Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Nazri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahamat Abakar Djibrillah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPC 19: 19th International Symposium on Plasma Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Bochum, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Quality and Stability Issues in More-Electric Aircraft Electrical Power Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Forsyth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Girinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOET dissemination Forum, Barcelone, SPAIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of the UV emission of an excimer lamp by means of a current-mode power supply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2009 - 35th Annual Conference of IEEE Industrial Electronics (IECON 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Porto, Portugal. pp.3500-3505, </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2009.5415172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical input filter design in DC distributed power systems approach taking stability and quality criteria into account</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Girinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th European Conference on Power Electronics and Applications (EPE’09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Barcelona, Spain. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01984468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Speed UV Imaging of a Dielectric Barrier Discharge Excilamp Pumped by Various Waveforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doanh Le Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahamat Abakar Djibrillah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMPL'2009 Atomic and Molecular Pulsed Lasers AMPL-2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Tomsk, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power control between two DC buses for on-board systems network stability support</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Berasain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesus Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugenio Gubia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Marroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2009 - 35th Annual Conference of IEEE Industrial Electronics (IECON 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Porto, Portugal. pp.2575-2580, </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2009.5415240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current Source Power Supply for DBD Excilamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Cousineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahamat Abakar Djibrillah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMPL'2009 Atomic and Molecular Pulsed Lasers AMPL-2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Tomsk, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Current Converter for the Study of the UV Emission in DBD Excilamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blaquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 IEEE International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Cambridge, United Kingdom. pp. 62-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01653319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of a Dielectric Barrier Discharge Lamp for UV Production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doanh Le Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Rahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMSOL Multiphysics User's Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Hannover, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current mode converter for dielectric barrier discharge lamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Blaquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 IEEE Power Electronics Specialists Conference - PESC 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Rhodes, Greece. pp.2485-2491, </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PESC.2008.4592314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency computation of current controlled excilamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Lomaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Tarasenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Symposium on High Pressure, Low Temperature Plasma Chemistry (HAKONE XI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Oléron, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02353914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault-Tolerant Power Supply for Embedded Electric Drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Mavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Prissé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on power supply and energy management for defence applications, Agence européenne de la défense, Bruxelles, Belgium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03987636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel structure for aeronautic DC distribution: the Mixed function for Actuation & Power Flow Control (MAPFC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Baumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE International Electric Machines and Drives Conference, IEMDC07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Antalya, Turkey. pp.1695-1700, </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IEMDC.2007.383685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies d'hybridation pour l'optimisation de l'énergie massique dans un réseau de bord aéronautique de secours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Foch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EF'2007 : Electronique du futur, Toulouse, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative power supply concepts for DBD excilamps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Areski Toumi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atomic and Molecular Pulsed Lasers VII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Tomsk, Russia. pp.693810, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.785662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of four AC/DC Front Stage Converters Including an Original Regenerative Self-commutated Rectifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Mavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Prissé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on power supply and energy management for defence applications, Agence européenne de la défense, Bruxelles, Belgium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03987875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault-tolerant inverter for on-board aircraft EHA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Mavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gateau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Aalborg, Denmark. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EPE.2007.4417537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Electronics and Network Quality and Stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Girinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Faucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAE-AE-7 SAE-Aerospace Electrical Power and Equipment Committee, Toulouse, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Onduleur à tolérance de pannes dédié à l'alimentation d'un actionneur électrohydrostatique pour réseau avion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Mavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronique de Puissance du Futur, 11ème édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bond Graph Modeling of an Electro-Hydrostatic Actuator for Aeronautic Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Maré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grace Gandanegara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IMACS World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02517142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle d'une décharge glissante pour l'étude de son alimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Salanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fulcheri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronique de Puissance du Futur 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02517156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un système de décharge à barrière diélectrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Salanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NUMELEC'2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02528585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle de gaz pour l'étude de l'alimentation en courant continu de décharges électriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe P Salanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NUMELEC'2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02528583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A DIAGNOSTIC METHOD FOR ON-LINE FAULT DETECTION AND LOCALIZATION IN VSI-FED AC DRIVES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislaw Abramik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Sleszynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janusz Nieznanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Conference on Power Electronics and Applications, EPE'2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02528594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception en Electronique de Puissance à l'aide d'éléments caractérisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Eddine Demni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Tunisiennes d'Électrotechnique et d'Automatique: JTEA'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Sousse, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of feed back control in a field circuit coupled model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Manot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEF 2001 – 10th International Symposium on Electromagnetic Fields in Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Cracow, Poland. pp. 475-478</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01618156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode de conception en électronique de puissance, à l'aide d'éléments caractérisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Eddine Demni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronique de Puissance du Futur EPF'2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2000, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02520087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHODOLOGIE DE DIMENSIONNEMENT D'UN REDRESSEUR MLI A PRELEVEMENT SINUS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Marroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference: Electronique de Puissance du Futur EPF'1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1998, Belfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02520119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge-base system approach to power electronic systems fault diagnosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Szczesny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Kurzynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Iwan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Warsaw, Poland. pp.1005-1010, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIE.1996.551082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation et étude d'un modèle d'IGBT de type circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronique de Puissance du Futur EPF'1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02520239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie et outils pour la conception en Electronique de Puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Cambronne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Glaize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronique de Puissance du Futur EPF'1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02528564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design tools and methods for power electronics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Chéron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1994 IEEE Workshop on Computers in Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Trois-Rivieres, Canada. pp.238-243, </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CIPE.1994.396710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A model of GTO compatible with power circuit simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Batard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th European Conference on Power Electronics and Applications, EPE'93</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1993, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of static converters: an expert system approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Fezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Chéron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Metz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th European Conference on Power Electronics and Applications (EPE'93)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1993, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A complete modelling of the series-resonant converter in ZCS mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Chéron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Kuo-Peng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th European Conference on Power Electronics and Applications, EPE'93</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1993, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02523148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flat Dielectric Barrier Discharge Lamp in Interaction with a Resonant Power Supply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Caillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE International Conference on Plasma Science (ICOPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Singapore, Singapore. IEEE, pp.173-173, </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICOPS37625.2020.9717472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parasitic capacitances in DBD tranformerless power supply: an issue?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mame Andallah Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Belinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc M Blaquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High-Tech Plasma Processes Conference (HTPP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Munchen, Germany. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03407106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UV emission of DBD Excilamps pumped with a square-wave current generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doanh Le Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounil Bhosle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMPL'2011 Atomic and Molecular Pulsed Lasers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Tomsk, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality and stability of embedded power DC networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Magne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Xavier Roboam. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systemic Design Methodologies for Electrical Energy Systems: Analysis, Synthesis and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 5, </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE; Wyley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.159-222, 2013, 9781848213883. </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781118569863.ch5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02882208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Management in Hybrid Electrical Systems with Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphan Astier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Xavier Roboam. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systemic Design Methodologies for Electrical Energy Systems: Analysis, Synthesis and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 6, </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE; John Wiley &amp; Sons, Inc.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.223-285, 2013, 9781848213883. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781118569863.ch6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02882244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité et stabilité des réseaux de puissance embarqués en tension continue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Magne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conception systémique pour la conversion d'énergie électrique. 1, Gestion, analyse et synthèse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 5, </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermes Science Publications; Lavoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.187-255, 2012, Traité RTA, série Génie électrique, 978-2-7462-3192-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02881901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de l'énergie dans les systèmes électriques hybrides avec stockage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphan Astier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conception systémique pour la conversion d'énergie électrique : Tome 1, Gestion, analyse et synthèse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9782746231924</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association de cellules de commutation : éléments de synthèse des convertisseurs statiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ladoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'ingénieur Convertisseurs électriques et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Base documentaire : TIB253DUO (d3168), </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions T.I.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-21, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association de convertisseurs assurant une liaison énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ladoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'ingénieur Convertisseurs électriques et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Base documentaire : TIB253DUO (d3178), </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions T.I.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-20, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la gestion des contraintes de commutation à la commutation douce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Metz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'ingénieur Convertisseurs électriques et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Base documentaire : TIB253DUO (d3077), </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions T.I.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-10, 2008, </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-d3077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse fonctionnelle des interrupteurs dans la cellule de commutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Metz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Convertisseurs électriques et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Base documentaire : TIB253DUO (d3076), </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions T.I.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-18, 2008, </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-d3076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02882313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des dipôles à la cellule de commutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Metz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'ingénieur Convertisseurs électriques et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Base documentaire : TIB253DUO (d3075), </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions T.I.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-14, 2006, </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-d3075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02882435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graphes de liens causaux pour systèmes à énergie renouvelable (partie 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphan Astier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fontes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grace Gandanegara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes électriques pour énergies renouvelables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Base documentaire : TIB248DUO (d3970), </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions T.I.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-18, 2006, </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-d3970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graphes de liens causaux pour systèmes à énergie renouvelable (partie 2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphan Astier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fontes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grace Gandanegara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes électriques pour énergies renouvelables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Base documentaire : TIB248DUO (d3971), </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions T.I.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-11, 2006, </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-d3971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système propulsif aéronautique et procédé de contrôle associé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2300825. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfigurable voltage inverter with tolerance to failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Mavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : US2007086226. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04788609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Onduleur de tension reconfigurable à tolérance de pannes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Mavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Richardeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2892243A1. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. REGNIER, H. FOCH, X. ROBOAM, H. PIQUET, L. RAULIN , Mixed Device for controlling power transfer between two cores of a direct current network and supplying an alternating current motor’’, Brevet en co-propriété Airbus-CNRS, Numéro de dépôt: FR05.53270. Date de dépôt : 27/10/2005. Extension PCT, WO 2007/048838 /A1, USA, Canada, Russie, Japon, Chine et Brésil, Mai 2007.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Regnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Raulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR05.53270. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hybrid’ source for emergency network’’, Brevet en copropriété Airbus-CNRS N°INPI 0551026, Date de dépôt 21/04/05. Extension USA 11/404077, 2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR0551026. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. REGNIER, H. FOCH, PIQUET, X. ROBOAM, L. RAULIN, Device for controlling power transfer between two cores of a direct current network ’’, Brevet copropriété Airbus-CNRS, Numéro de dépôt: FR05.53269, Date de dépôt : 27/10/2005. Extension PCT WO2007/048837/ A1, USA, Canada, Russie, Japon, Chine et Brésil, Mai 2007.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Regnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Raulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR0553269. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Générateur de tension continue à commande optimale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Laeuffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Nuns</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Planas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR9312681. 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration en Electronique de Puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry A. Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Foch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Girinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04065180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation numérique des convertisseurs statiques : prise en compte des boucles de contrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Energie électrique. Institut National Polytechnique (Toulouse), 1990. Français. </w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1990INPT002H⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02528640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes de conversion de l'énergie électrique. Méthodes et outils. Alimentation de charges non linéaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Piquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Energie électrique. Institut National Polytechnique de Toulouse, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05172581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId449"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:body>
+    <w:sectPr>
+      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:num="1" w:space="720"/>
+      <w:pgNumType w:start="1"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -104,203 +114,51 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...151 lines deleted...]
-</w:numbering>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -337,51 +195,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hubert-piquet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3736-2676" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/05972952X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/D-4396-2013" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.enseeiht.fr/fr/formation/formation-ingenieur/departement-3ea.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.laplace.univ-tlse.fr/genesys/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262347v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bente" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Cuellar Valencia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Piquet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plasma8030036" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628867v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold Wiesner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Diez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11090-024-10480-w" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498475v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Florez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bru" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2024.3372836" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935682v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Richard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Roboam" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Rougier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13010672" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553663v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Ivankov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Capela" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa Rueda" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plasma5010007" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765076v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12168009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884796v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Sanabria" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tpel.2021.3122934" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917227v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame Andallah Diop" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Belinger" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plasma3030009" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381699v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2019.2933519" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013554v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouazza Taghia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Cougo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2018.09.009" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504911v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2547460" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403665v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Morentin Etayo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fontes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Mannes Hillesheim" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meynard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Flumian" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2018.11.006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417678v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2019.02.021" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504984v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-pel.2016.0497" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785337v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2305508" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515718v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/825/1/012004" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984447v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Schitz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2017.2777835" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409213v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2016.2568461" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856869v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Giraud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Budinger" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sartor" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ast.2015.10.013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508049v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Karim Hay Harb" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tie.2014.2361601" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409232v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2014.2370796" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514396v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fezzani" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.1996.11463399" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514380v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Marroyo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Sanchis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2000.11463467" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409259v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2013.2271216" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505854v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Florez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bonnin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Diez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506386v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouzidi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naud&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/550/1/012044" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407703v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Brandelero" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Videau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2013.2295525" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407867v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ch&#233;rif Bouzidi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gh&#233;rardi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2013130080" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523348v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sareni" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-131708" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425294v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Mauricio Lopez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Patino" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2013.2273462" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541076v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sounil Bhosle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Diez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cousineau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamat Abakar Djibrillah" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1070/QE2012v042n02ABEH014266" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/52DCA5F6B2CCFD9E22E5274C552A0BB165DC215F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440368v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Baumann" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2012.2188870" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413301v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durrieu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2011.2116761" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508083v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Faucher" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/taes.2012.6178072" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425191v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2011.2126536" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514463v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722852v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Langlois" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Morin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Turpin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-est.2010.0045" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514446v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Blaqui&#232;re" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2010.08.008" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HXVKGL0M-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412333v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail V. Erofeev" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2010.2060735" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480170v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Girinon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2009071" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514442v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Richardeau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514642v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gateau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana M. Llor" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Regnier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea:2008013" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789274v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi R&#233;gnier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria Llor" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Luga" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407395v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Salanne" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Zissis" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2007017" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514478v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.10.259-283" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2088F81B65D861E1AE737123C7E8F8C91EA567D6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514410v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areski Toumi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.785662" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514469v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Foch" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.9.7-34" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/71AF143C827C0586A818C1C71FB40B783C388413/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537793v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Foch" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514631v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bib-j3ea:2005601" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537791v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ladoux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Toury" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664831v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Manot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Lef&#232;vre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640210437815" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514468v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barrade" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.5.557-577" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7DDCFC03ED0DC73D399C17364107B98E4892AE8D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514377v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vongphouthone" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Foch" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2001173" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DE8EDE55A31449E68B65EDE80880F787D7BEE141/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514471v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bernot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.4.217-235" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/41E46670E0A3E80E96E353E2FEC254D77ED8277D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413361v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Fezzani" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nogaret" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:1998243" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C3507FEA3C4E4A4136063B9D0AC6C0BA405A9EBB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514387v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Charpentier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.717573" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514393v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/63.575685" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249713v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Charpentier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1997254" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2EA9967D1215FCE2CEE3F61CE7EFC73F9737B9B3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249461v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1996100" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E49A0A4529D4F932BDE32AF20CDFB9DA499057DD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249450v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Ch&#233;ron" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1996116" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B3A9A4EE8EC8856318405D56ACEA54D249245612/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514403v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Schneider" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Metz" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Courault" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0378-4754(95)00040-5" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZN5D8Z8D-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188579v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PEPQA66960.2025.11073503" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495827v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Florez" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292301v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292966v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Campos" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812188v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANDESCON61840.2024.10755594" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639116v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nofel Merbahi" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485758v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Ginestet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362647v2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26507/ponencia.2035" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349743v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419609v2" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618269v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506402v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PEDS44367.2019.8998891" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618444v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Caillier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Hamza" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489994v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Makhraz" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mavier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507090v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eeeic.2019.8783361" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507501v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2018.8544496" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514761v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Carayon" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917490v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Billard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933414v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618511v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514766v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wiesner" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514773v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Schitz" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Magin Florez Rubio" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878035v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514784v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507618v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bourdon" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Prisse" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/esars.2015.7101483" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507531v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PPC.2015.7296859" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514790v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sartor" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878004v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Bouzidi" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618598v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515187v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COBEP.2013.6785263" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515208v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madiha Charrada" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECMSM.2013.6648965" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444212v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631928" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515220v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2012.6374052" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186315v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Giraud" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186306v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS.2012.6387377" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877967v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Cherif Bouzidi" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gherardi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877968v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515270v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OPTIM.2012.6231836" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158875v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877966v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Blaqui&#232;re" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353972v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doanh Le Thanh" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2011.6074369" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515302v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2011.5984168" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984451v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865577v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rafal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515658v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737098v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Rafal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2010.5728987" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663035v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Karim Hay" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Perilla" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredy Ruiz" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANDESCON.2010.5633409" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516560v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Nazri" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988413v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Liu" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Forsyth" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516217v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2009.5415172" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984468v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516159v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516415v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Berasain" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Lopez" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Gubia" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2009.5415240" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516136v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653319v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516710v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Rahmani" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516564v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2008.4592314" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353914v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Lomaev" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Tarasenko" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987636v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Priss&#233;" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516714v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.2007.383685" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865514v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Langlois" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Foch" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559113v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987875v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516717v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2007.4417537" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988412v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faucher" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516802v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517142v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Mar&#233;" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace Gandanegara" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517156v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fulcheri" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528585v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528583v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe P Salanne" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528594v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislaw Abramik" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Sleszynski" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Nieznanski" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464569v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Eddine Demni" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618156v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520087v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520119v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505141v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Szczesny" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kurzynski" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Iwan" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.1996.551082" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520239v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alonso" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528564v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Cambronne" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahrokh Saadate" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Glaize" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523137v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ch&#233;ron" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CIPE.1994.396710" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523157v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Batard" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523146v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Metz" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523148v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Kuo-Peng" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935644v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICOPS37625.2020.9717472" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407106v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc M Blaquiere" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618653v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882208v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Nahid-Mobarakeh" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pierfederici" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magne" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781118569863.ch5" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118569863.ch5" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882244v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Astier" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781118569863.ch6" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118569863.ch6" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881901v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/electricite-electronique/conception-systemique-pour-la-conversion-d-energie-electrique-1/roboam/descriptif-9782746231924" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733044v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900574v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.techniques-ingenieur.fr/base-documentaire/energies-th4/convertisseurs-electriques-et-applications-42253210/association-de-cellules-de-commutation-d3168/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900606v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.techniques-ingenieur.fr/base-documentaire/energies-th4/convertisseurs-electriques-et-applications-42253210/association-de-convertisseurs-assurant-une-liaison-energetique-d3178/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900623v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.techniques-ingenieur.fr/base-documentaire/energies-th4/convertisseurs-electriques-et-applications-42253210/de-la-gestion-des-contraintes-de-commutation-a-la-commutation-douce-d3077/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3077" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882313v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.techniques-ingenieur.fr/base-documentaire/energies-th4/convertisseurs-electriques-et-applications-42253210/synthese-fonctionnelle-des-interrupteurs-dans-la-cellule-de-commutation-d3076/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3076" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882435v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.techniques-ingenieur.fr/base-documentaire/energies-th4/convertisseurs-electriques-et-applications-42253210/des-dipoles-a-la-cellule-de-commutation-d3075/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3075" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02735350v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.techniques-ingenieur.fr/base-documentaire/energies-th4/systemes-electriques-pour-energies-renouvelables-42248210/graphes-de-liens-causaux-pour-systemes-a-energie-renouvelable-partie-2-d3971/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3970" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02769085v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3971" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188290v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788609v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093100v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188375v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Raulin" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188346v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188361v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03546667v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Laeuffer" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Nuns" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Planas" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Fadel" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065180v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry A. Meynard" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Schanen" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02528640v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1990INPT002H" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05172581v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>