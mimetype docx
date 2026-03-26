--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -350,222 +350,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’expérience de la vie collective par les habitants d’un « béguinage » pour personnes âgées. Motivations plurielles, projections ambivalentes et relations à géométrie variable</w:t>
+                <w:t xml:space="preserve">L’intersectorialité négociée « par le bas ». Quand une institution médico-sociale s’inscrit dans les murs d’un collège</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Damien Vanneste</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Rapegno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rosenfelder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vie sociale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/vsoc.224.0049⟩</w:t>
+              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (1), pp.27-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gap.231.0027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04164952v1</w:t>
+                <w:t xml:space="preserve">hal-04082208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’intersectorialité négociée « par le bas ». Quand une institution médico-sociale s’inscrit dans les murs d’un collège</w:t>
+                <w:t xml:space="preserve">L’expérience de la vie collective par les habitants d’un « béguinage » pour personnes âgées. Motivations plurielles, projections ambivalentes et relations à géométrie variable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cécile Rosenfelder</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vanneste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12 (1), pp.27-49. </w:t>
+              <w:t xml:space="preserve">Vie sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 40 (4), pp.49-64. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gap.231.0027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/vsoc.224.0049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04082208v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04164952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’inclusion comme expérimentation : la Communauté Amie Des Aînés du pays de Mormal</w:t>
               </w:r>
@@ -636,226 +636,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03738374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesurer la qualité pour transformer l’hôpital ? Analyse sociotechnique d’une discrète quantification</w:t>
+                <w:t xml:space="preserve">Expertise, quality indicators and hospital rationalization: The discreet power of the “integrating nebula”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Hors-série (en lutte), pp. 149-170. </w:t>
+              <w:t xml:space="preserve">Revue française d’administration publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 174 (2), pp.425-441. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfse.spe2020.0149⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfap.174.0129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733791v1</w:t>
+                <w:t xml:space="preserve">hal-03678047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expertise, quality indicators and hospital rationalization: The discreet power of the “integrating nebula”</w:t>
+                <w:t xml:space="preserve">Mesurer la qualité pour transformer l’hôpital ? Analyse sociotechnique d’une discrète quantification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française d’administration publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, N° 174 (2), pp.425-441. </w:t>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Hors-série (en lutte), pp. 149-170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfap.174.0129⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfse.spe2020.0149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03678047v1</w:t>
+                <w:t xml:space="preserve">hal-02733791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’habitat inclusif pour personnes âgées ou handicapées comme problème public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Rapegno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gérontologie et Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 41/n°159 (2), pp.117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
@@ -980,51 +980,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformer l’offre médico-sociale ? L’émergence d’habitats &amp;quot;inclusifs&amp;quot; et d’établissements &amp;quot;hors les murs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Rapegno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Newsletter Recherche sur le vieillissement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 17, p. 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1212,369 +1212,369 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02110280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand la « fragilité » des personnes âgées devient un motif d’action publique</w:t>
+                <w:t xml:space="preserve">Comment l’évaluation de la qualité transforme l’hôpital. Les deux visages de la rationalisation par les indicateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Aline Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Cahiers internationaux de sociologie de la gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 15, p. 11-48</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01448080v1</w:t>
+                <w:t xml:space="preserve">hal-01527568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des indicateurs pour gouverner la qualité hospitalière. Sociogenèse d’une rationalisation en douceur</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reinventing Policy Piloting toward Integration: New Trends in Elderly Care in France [Communication]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aline Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonie Hénaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologie du Travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 58 (3), pp.227 - 252. </w:t>
+              <w:t xml:space="preserve">International Journal of Integrated Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (6), pp.115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/sdt.1133⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5334/ijic.2663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02188042v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04028288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment l’évaluation de la qualité transforme l’hôpital. Les deux visages de la rationalisation par les indicateurs</w:t>
+                <w:t xml:space="preserve">Des indicateurs pour gouverner la qualité hospitalière. Sociogenèse d’une rationalisation en douceur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers internationaux de sociologie de la gestion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sociologie du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 58 (3), pp.227 - 252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sdt.1133⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01527568v1</w:t>
+                <w:t xml:space="preserve">hal-02188042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reinventing Policy Piloting toward Integration: New Trends in Elderly Care in France [Communication]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Quand la « fragilité » des personnes âgées devient un motif d’action publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bertillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aline Bloch</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Léonie Hénaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Integrated Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 16 (6), pp.115. </w:t>
+              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Handicap, âge, dépendance : quelles populations ?, 4, pp.107-127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5334/ijic.2663⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfas.164.0107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04028288v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01448080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand l'évaluation modifie les institutions : Comment l'hôpital est transformé par les indicateurs qualité</w:t>
               </w:r>
@@ -1632,187 +1632,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01521922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficience et qualité. Quelle cohérence à l’échelle des établissements de santé ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La régulation de la qualité dans le secteur de la santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elina Weckert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gestions hospitalières : la revue du management hospitalier</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaderni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 85, pp.39-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/quaderni.832⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01522762v1</w:t>
+                <w:t xml:space="preserve">hal-01522802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La régulation de la qualité dans le secteur de la santé</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficience et qualité. Quelle cohérence à l’échelle des établissements de santé ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaderni</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gestions hospitalières : la revue du management hospitalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 533, pp.104 - 110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/quaderni.832⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01522802v1</w:t>
+                <w:t xml:space="preserve">hal-01522762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2385,178 +2385,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulations résidentielles et normatives autour d’un béguinage pour personnes âgées.</w:t>
+                <w:t xml:space="preserve">L’hôpital aux prises avec la mesure de la qualité des soins : genèse, usages et effets des indicateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Vanneste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Association Française de Sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Les Territoires de la Santé (Séminaire)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04186943v1</w:t>
+                <w:t xml:space="preserve">hal-04186940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’hôpital aux prises avec la mesure de la qualité des soins : genèse, usages et effets des indicateurs</w:t>
+                <w:t xml:space="preserve">Circulations résidentielles et normatives autour d’un béguinage pour personnes âgées.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vanneste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Territoires de la Santé (Séminaire)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, En ligne, France</w:t>
+              <w:t xml:space="preserve">Congrès de l'Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04186940v1</w:t>
+                <w:t xml:space="preserve">hal-04186943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les établissements de santé aux prises avec les indicateurs de qualité. Un « pas de côté » sociologique par rapport à l’évaluation</w:t>
               </w:r>
@@ -2693,64 +2693,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inclusive education as a work from below: Focus on a French experimental device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Rosenfelder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Rapegno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2801,51 +2801,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transformation de l’offre médico-sociale : quels enjeux pour les pouvoirs publics ? Présentation d’une recherche en cours aux directions métier de la CNSA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Rapegno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence "La transformation de l’offre médico-sociale : quels enjeux pour les pouvoirs publics ? Présentation d’une recherche en cours aux directions métier de la CNSA "</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNSA, Apr 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2870,51 +2870,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformer l'offre médico-sociale ? Habitats &amp;quot;inclusifs&amp;quot; et établissements &amp;quot;hors les murs&amp;quot; : l'émergence d'accompagnements alternatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Rapegno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2946,234 +2946,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02914731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire évoluer les lieux de vie pour améliorer les parcours des personnes handicapées et des personnes âgées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De l'institution à l'établissement &amp;quot;hors les murs&amp;quot; : regards croisés dans les champs du handicap et de la perte d'autonomie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Rapegno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Noémie Rapegno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire "Accompagner les personnes dans leur choix de vie De la vie en institution à la vie dans la cité : une transition en question(s)"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Nationale des Directeurs d’Action Sociale et de Santé (ANDASS); Centre National de la Fonction Publique Territoriale (CNFPT); European Social Network (ESN ); Caisse Nationale de Solidarité Autonomie (CNSA); Convention Nationale des Associations de Protection de l’Enfant (CNAPE); Observatoire National de la Protection de l’Enfance (ONPE); Association du Conseil des Communes et Régions d’Europe (AFCCRE); Union Nationale Interfédérale des Œuvres et organismes Privés (UNIOPSS), Jun 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude « Innovation et Vieillissement »,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire interdisciplinaire de recherche sur les transformations des pratiques éducatives et des pratiques sociales (LIRTES); Université Paris Est Créteil Val de Marne, Jun 2017, Créteil, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02886401v1</w:t>
+                <w:t xml:space="preserve">hal-02914724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l'institution à l'établissement &amp;quot;hors les murs&amp;quot; : regards croisés dans les champs du handicap et de la perte d'autonomie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Faire évoluer les lieux de vie pour améliorer les parcours des personnes handicapées et des personnes âgées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bertillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Rapegno</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude « Innovation et Vieillissement »,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire interdisciplinaire de recherche sur les transformations des pratiques éducatives et des pratiques sociales (LIRTES); Université Paris Est Créteil Val de Marne, Jun 2017, Créteil, France</w:t>
+              <w:t xml:space="preserve">Séminaire "Accompagner les personnes dans leur choix de vie De la vie en institution à la vie dans la cité : une transition en question(s)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Nationale des Directeurs d’Action Sociale et de Santé (ANDASS); Centre National de la Fonction Publique Territoriale (CNFPT); European Social Network (ESN ); Caisse Nationale de Solidarité Autonomie (CNSA); Convention Nationale des Associations de Protection de l’Enfant (CNAPE); Observatoire National de la Protection de l’Enfance (ONPE); Association du Conseil des Communes et Régions d’Europe (AFCCRE); Union Nationale Interfédérale des Œuvres et organismes Privés (UNIOPSS), Jun 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02914724v1</w:t>
+                <w:t xml:space="preserve">hal-02886401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fragilité comme motif d’action publique. Sociologie d’une nouvelle approche de prévention de la perte d’autonomie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aline Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Congrès francophone Fragilité du sujet âgé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3397,741 +3397,827 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01534270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">En France, les personnes handicapées peuvent maintenant choisir de vivre dans un logement en dehors des institutions</w:t>
+                <w:t xml:space="preserve">De l’ombre à la lumière. La fabrication d’un territoire intercommunal néorural : la « Communauté Amie des Aînés » du Pays de Mormal.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Etienne DOUAT; Hugo DUPONT; Stéphane VAQUERO. </w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vanneste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Elsa Martin; Jean-Marc Stébé. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Idées reçues sur le handicap</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">À l'ombre des métropoles. Habiter, travailler, gouverner et innover dans les villes petites et moyennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de l'université de Lorraine, pp.229 - 244, 2026, 978-2-38451-223-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04919497v1</w:t>
+                <w:t xml:space="preserve">hal-05561084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">En France, les personnes handicapées peuvent maintenant choisir de vivre dans un logement en dehors des institutions.</w:t>
+                <w:t xml:space="preserve">En France, les personnes handicapées peuvent maintenant choisir de vivre dans un logement en dehors des institutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Rapegno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne DOUAT; Hugo DUPONT; Stéphane VAQUERO. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Idées reçues sur le handicap</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Le Cavalier Bleu, pp.145-149, 2024, 979-10-318-0716-4. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Cavalier Bleu Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05008397v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04919497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des missionnaires de la rationalisation ? Le travail ordinaire des qualiticiens et des pilotes MAIA</w:t>
+                <w:t xml:space="preserve">En France, les personnes handicapées peuvent maintenant choisir de vivre dans un logement en dehors des institutions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Rapegno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologie de la gestion et du management Des interactions de travail aux institutions du capitalisme et de l'État</w:t>
-[...17 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Idées reçues sur le handicap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Cavalier Bleu, pp.145-149, 2024, 979-10-318-0716-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lcb.douat.2024.01.0145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529280v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05008397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epistemology and Methodology of Participatory Research with Older Adults: A Comparison of Four Age-friendly City National Experiences</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des missionnaires de la rationalisation ? Le travail ordinaire des qualiticiens et des pilotes MAIA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">Routledge. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chambost Isabelle; Metzger Jean-Luc; Nocenti Brice Sanson David; Sanson David. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Routledge International Handbook of Participatory Approaches in Ageing Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sociologie de la gestion et du management Des interactions de travail aux institutions du capitalisme et de l'État</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Presses universitaires du Septentrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.149-164, 2024, Capitalismes-éthique-institutions, 978-2-7574-4030-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04191357v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autopsie des dépeçages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Gervais</w:t>
+                <w:t xml:space="preserve">Epistemology and Methodology of Participatory Research with Older Adults: A Comparison of Four Age-friendly City National Experiences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Lemercier</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Willy Pelletier</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fanny Vincent</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Garon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Gervais, Julie; Lemercier, Claire; Pelletier, Willy. </w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Grabczan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Routledge. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La valeur du service public</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Routledge International Handbook of Participatory Approaches in Ageing Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Routledge, pp.419-434, 2023, 9781003254829. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003254829-39⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04053570v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04191357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quality Management in Hospitals: The Two Faces of Rationalization Through Indicators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Autopsie des dépeçages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lemercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gervais, Julie; Lemercier, Claire; Pelletier, Willy. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Altering Frontiers</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La valeur du service public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Découverte, pp.70-133, 2021, 9782348068553</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03783010v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04053570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quality Management in Hospitals: The Two Faces of Rationalization Through Indicators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bertillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Altering Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, John Wiley &amp; Sons, Inc., pp.187-204, 2021, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119842439.ch10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03783010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les indicateurs qualité : l’essor discret d’une dynamique concurrentielle à l’hôpital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faire la concurrence. Retour sur un phénomène social et économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses des mines, 2016, Sciences sociales, 9782356713889</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01529324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4141,51 +4227,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une invitation (sociologique) à discuter quelques idées reçues sur la vieillesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4207,165 +4293,165 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régine Choiseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La généralisation des indicateurs qualité en Aquitaine. Entre contraintes et apprentissages. Une étude sociologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Robelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Benamouzig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bertillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Levif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livia Velpry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
-              <w:r>
-[...76 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00977103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4375,200 +4461,200 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand l’institution médico-sociale s’inscrit dans les murs de l’Éducation nationale. Enquête au sein d’un IME &amp;quot;hors les murs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Rapegno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Rosenfelder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] EHESP. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02278382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformer l’offre médico-sociale ? Habitats &amp;quot;inclusifs&amp;quot; et établissements &amp;quot;hors les murs&amp;quot; : l’émergence d’accompagnements alternatifs pour les personnes âgées et les personnes handicapées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Rapegno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CNSA; EHESP. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02074025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4578,114 +4664,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La rationalisation en douceur : sociologie des indicateurs qualité à l’hôpital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bertillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Institut d'études politiques de paris - Sciences Po, 2014. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2014IEPP0042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03509822v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId103"/>
+      <w:footerReference w:type="default" r:id="rId104"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4753,51 +4839,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D17E6B14"/>
+    <w:nsid w:val="91888985"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4984,51 +5070,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953883v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bertillot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vanneste" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rs1.093.0113" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035042v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clara.010.0094" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164952v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.224.0049" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04082208v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Rapegno" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rosenfelder" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.231.0027" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738374v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.167.0153" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02733791v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.spe2020.0149" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678047v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.174.0129" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278377v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.159.0117" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737853v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.198.0038" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02613768v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03430161v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Segrestin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.198.0022" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110280v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.019.0131" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448080v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Bloch" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.164.0107" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02188042v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.1133" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527568v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04028288v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie H&#233;naut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/ijic.2663" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01521922v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25647/liepp.pb.20" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01522762v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01522802v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Weckert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.832" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05482482v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05482500v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04682248v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Choiseau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Vast" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04682276v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Darras" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Rasset" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04682256v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04790983v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04186943v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04186940v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04682258v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04186930v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278387v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02908242v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02914731v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02886401v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02914724v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01659093v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01661744v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01659080v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534270v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919497v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/idees-recues-handicap/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05008397v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcb.douat.2024.01.0145" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04529280v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/FR/livre/?GCOI=27574100304630&amp;amp;language=fr" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191357v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Leleu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Paris" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Garon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Grabczan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003254829-39" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053570v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gervais" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemercier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Pelletier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vincent" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783010v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119842439.ch10" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529324v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04790998v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977103v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Robelet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Benamouzig" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Levif" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Velpry" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278382v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02074025v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03509822v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014IEPP0042" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953883v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bertillot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vanneste" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rs1.093.0113" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035042v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clara.010.0094" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04082208v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Rapegno" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rosenfelder" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.231.0027" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164952v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.224.0049" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738374v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.167.0153" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678047v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.174.0129" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02733791v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.spe2020.0149" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278377v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.159.0117" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737853v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.198.0038" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02613768v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03430161v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Segrestin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.198.0022" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110280v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.019.0131" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527568v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04028288v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Bloch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie H&#233;naut" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/ijic.2663" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02188042v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.1133" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448080v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.164.0107" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01521922v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25647/liepp.pb.20" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01522802v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Weckert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.832" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01522762v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05482482v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05482500v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04682248v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Choiseau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Vast" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04682276v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Darras" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Rasset" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04682256v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04790983v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04186940v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04186943v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04682258v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04186930v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278387v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02908242v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02914731v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02914724v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02886401v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01659093v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01661744v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01659080v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534270v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561084v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919497v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/idees-recues-handicap/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05008397v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcb.douat.2024.01.0145" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04529280v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/FR/livre/?GCOI=27574100304630&amp;amp;language=fr" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191357v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Leleu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Paris" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Garon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Grabczan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003254829-39" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053570v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gervais" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemercier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Pelletier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vincent" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783010v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119842439.ch10" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529324v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04790998v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977103v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Robelet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Benamouzig" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Levif" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Velpry" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278382v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02074025v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03509822v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014IEPP0042" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>