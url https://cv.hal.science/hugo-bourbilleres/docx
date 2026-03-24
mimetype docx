--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -848,226 +848,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03956917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local protests against the 2024 Olympic Games in European cities: the cases of the Rome, Hamburg, Budapest and Paris 2024 bids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La nouvelle gouvernance du sport : une urgente nécessité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Koebel</w:t>
+                <w:t xml:space="preserve">Charlotte Parmantier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport in Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 215</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03321050v1</w:t>
+                <w:t xml:space="preserve">hal-04314328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nouvelle gouvernance du sport : une urgente nécessité ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Local protests against the 2024 Olympic Games in European cities: the cases of the Rome, Hamburg, Budapest and Paris 2024 bids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bourbillères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Charrier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Parmantier</w:t>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sport in Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17430437.2021.1960312⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04314328v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La promotion du sport auto-organisé dans la redéfinition des usages d’un espace public à forte valeur touristique : le cas des berges de Seine à Paris</w:t>
               </w:r>
@@ -1151,480 +1151,480 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02555401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’impact social des grands événements sportifs : réflexions théoriques et méthodologiques à partir de l’Euro 2016</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les processus de contestation dans le cadre des candidatures des villes européennes aux JOP 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bourbillères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Charrier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Parmantier</w:t>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 107, pp.3-15. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 107, pp.17-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2019032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/sm/2019029⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02555262v1</w:t>
+                <w:t xml:space="preserve">hal-03956931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les processus de contestation dans le cadre des candidatures des villes européennes aux JOP 2024</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’impact social des grands événements sportifs : réflexions théoriques et méthodologiques à partir de l’Euro 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Djaballah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Koebel</w:t>
+                <w:t xml:space="preserve">Charlotte Parmantier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 107, pp.17-29. </w:t>
+              <w:t xml:space="preserve">, 2020, 107, pp.3-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/sm/2019032⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/sm/2019029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03956931v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02555262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Champ-de-Mars, un « haut lieu » sportif ?</w:t>
+                <w:t xml:space="preserve">Quand la ville décide de soutenir les événements sportifs commerciaux et compétitifs : les déterminants de l’action concertée à Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Evrard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charrier Dominique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M@ppemonde</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 125 (Varia), </w:t>
+              <w:t xml:space="preserve">Politiques et Management public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/mappemonde.780⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/pmp.36.2019.0015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02555299v1</w:t>
+                <w:t xml:space="preserve">hal-02555343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand la ville décide de soutenir les événements sportifs commerciaux et compétitifs : les déterminants de l’action concertée à Paris</w:t>
+                <w:t xml:space="preserve">Le Champ-de-Mars, un « haut lieu » sportif ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charrier Dominique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politiques et Management public</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 36 (3), </w:t>
+              <w:t xml:space="preserve">M@ppemonde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 125 (Varia), </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/pmp.36.2019.0015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/mappemonde.780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02555343v1</w:t>
+                <w:t xml:space="preserve">hal-02555299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résumé de thèse : Impacts territoriaux des événements sportifs parisiens (2013-2016). L’approche par les dynamiques locales.</w:t>
               </w:r>
@@ -1996,51 +1996,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les candidatures des villes européennes aux JOP 2024 : entre stratégie de conquête des publics et contestation sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e congrès international de la Société de Sociologie du Sport de Langue Française, Bordeaux (21-24 mai)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2078,51 +2078,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compréhension de l'impact territorial des événements sportifs : pour que l'acteur public s'implique en pleine connaissance des effets induits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babara Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2186,51 +2186,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babara Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOURNEES INTERNATIONALES DE MANAGEMENT DU SPORT, DU TOURISME SPORTIF ET DES LOISIRS ACTIFS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Faculté sciences du sport Dijon, May 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2281,51 +2281,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babara Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « La ville et le sport »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe recherche interdisciplinaire sur les territoires du sport, Apr 2017, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2376,51 +2376,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbilleres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd EASM Conference 2015 - Dublin, Ireland</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association Sport Management, Sep 2015, Dublin (IR), Ireland. pp.295 - 310, </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2467,51 +2467,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POROSITE PUBLIC / PRIVE, LA NORME DE L'EVENEMENTIEL SPORTIF PARISIEN ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2798,90 +2798,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’impact social des grands événements sportifs internationaux : processus, effets et enjeux. L’exemple de l’Euro 2016</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djaballah M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Parmantier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Edition de Bionnay, pp.351, 2019, 978-2-917465-64-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3063,454 +3063,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04990757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’impact social des grands événements sportifs : des enjeux définitionnels à une proposition de périmètre</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Points d’impact de l’Euro 2016 en Île-de-France : la diversité des projets sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Djaballah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'impact social des grands événements sportifs internationaux : processus, effets et enjeux - L'exemple de l'Euro 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Editions de Bionnay, pp.67-97, 2019, 978-2-917465-64-6</w:t>
+              <w:t xml:space="preserve">, Editions de Bionnay, 2019, 978-2-917465-64-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04327842v1</w:t>
+                <w:t xml:space="preserve">hal-04327857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie de recherche et dispositif méthodologique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">L’impact social des grands événements sportifs : des enjeux définitionnels à une proposition de périmètre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Djaballah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Parmantier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">coordonné par Dominique Charrier et Jean Jourdan ; avec Hugo Bourbillères, Mathieu Djaballah, et Charlotte Parmantier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'impact social des grands événements sportifs internationaux : processus, effets et enjeux - L'exemple de l'Euro 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Editions de Bionnay, pp.39-65, 2019, 978-2-917465-64-6</w:t>
+              <w:t xml:space="preserve">, Editions de Bionnay, pp.67-97, 2019, 978-2-917465-64-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04327832v1</w:t>
+                <w:t xml:space="preserve">hal-04327842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Euro 2016 dans la ville : empreintes et mobilités urbaines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratégie de recherche et dispositif méthodologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Djaballah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Parmantier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">coordonné par Dominique Charrier et Jean Jourdan ; avec Hugo Bourbillères, Mathieu Djaballah, et Charlotte Parmantier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'impact social des grands événements sportifs internationaux : processus, effets et enjeux - L'exemple de l'Euro 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Editions de Bionnay, 2019, 978-2-917465-64-6</w:t>
+              <w:t xml:space="preserve">, Editions de Bionnay, pp.39-65, 2019, 978-2-917465-64-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04327800v1</w:t>
+                <w:t xml:space="preserve">hal-04327832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Points d’impact de l’Euro 2016 en Île-de-France : la diversité des projets sociaux</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">L’Euro 2016 dans la ville : empreintes et mobilités urbaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bourbillères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charrier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'impact social des grands événements sportifs internationaux : processus, effets et enjeux - L'exemple de l'Euro 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions de Bionnay, 2019, 978-2-917465-64-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04327857v1</w:t>
+                <w:t xml:space="preserve">hal-04327800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3790,51 +3790,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="65A3DFAA"/>
+    <w:nsid w:val="6DD5926F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4021,51 +4021,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hugo-bourbilleres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5329-444X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/220146357" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/164151302886548660195" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513411v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bourbill&#232;res" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19460171.2026.2622052" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990663v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.064.0037" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990659v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19406940.2024.2378161" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466003v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djaballah Mathieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314210v4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Djaballah" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mos-2024-12668" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318023v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Evrard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charrier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.pr1.0089" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956917v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Zanna" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Roux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2022.2097385" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321050v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gasparini" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koebel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2021.1960312" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314328v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Charrier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Parmantier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555401v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charrier Dominique" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1074090ar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555262v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jourdan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019029" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KDP9LR60-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956931v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019032" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KX52HNTW-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555299v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.780" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555343v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.36.2019.0015" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555416v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555324v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555428v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555360v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096335v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042228v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babara Evrard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042169v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042177v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042152v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bourbilleres" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jsm.2013-0136" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042197v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.080.0115" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990808v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920961v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Rech" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Garcia-Arjona" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Paget" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02182766v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djaballah M" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990732v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990757v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04327842v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04327832v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04327800v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04327857v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956934v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01652104v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLS329" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hugo-bourbilleres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5329-444X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/220146357" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/164151302886548660195" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513411v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bourbill&#232;res" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19460171.2026.2622052" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990663v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.064.0037" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990659v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19406940.2024.2378161" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466003v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djaballah Mathieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314210v4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Djaballah" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mos-2024-12668" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318023v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Evrard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charrier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.pr1.0089" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956917v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Zanna" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Roux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2022.2097385" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314328v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Charrier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Parmantier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321050v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gasparini" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koebel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2021.1960312" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555401v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charrier Dominique" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1074090ar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956931v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019032" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KX52HNTW-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555262v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jourdan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019029" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KDP9LR60-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555343v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.36.2019.0015" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555299v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.780" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555416v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555324v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555428v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555360v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096335v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042228v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babara Evrard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042169v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042177v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042152v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bourbilleres" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jsm.2013-0136" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042197v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.080.0115" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990808v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920961v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Rech" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Garcia-Arjona" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Paget" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02182766v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djaballah M" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990732v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990757v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04327857v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04327842v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04327832v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04327800v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956934v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01652104v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLS329" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>