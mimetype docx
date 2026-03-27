--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -727,299 +727,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03045769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal pollution trajectories and mixture risk assessed by combining dated cores and subsurface sediments along a major European river (Rhône River, France)</w:t>
+                <w:t xml:space="preserve">Dataset of natural metal background levels inferred from pre-industrial palaeochannel sediment cores along the Rhône River (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Dabrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Coynel</w:t>
+                <w:t xml:space="preserve">Adrien Barra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bégorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2020.106032⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32, pp.106256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.106256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02971683v1</w:t>
+                <w:t xml:space="preserve">hal-03111880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dataset of natural metal background levels inferred from pre-industrial palaeochannel sediment cores along the Rhône River (France)</w:t>
+                <w:t xml:space="preserve">Metal pollution trajectories and mixture risk assessed by combining dated cores and subsurface sediments along a major European river (Rhône River, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Dabrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Adrien Barra</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Bégorre</w:t>
+                <w:t xml:space="preserve">Alexandra Coynel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 32, pp.106256. </w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 144, pp.106032. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.106256⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2020.106032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03111880v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02971683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution late Holocene sedimentary cores record the long history of the city of Cádiz (south-western Spain)</w:t>
               </w:r>
@@ -1267,510 +1267,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03522024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palaeogeographical and palaeoenvironmental reconstruction of the Medjerda delta (Tunisia) during the Holocene</w:t>
+                <w:t xml:space="preserve">Exploration of the maritime façade of Utica: The potential location of the Phoenician and Roman harbours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pleuger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-Ph. Goiran</w:t>
+                <w:t xml:space="preserve">J.-Ph Goiran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Mazzini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hugo Delile</w:t>
+                <w:t xml:space="preserve">A. Gadhoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Abichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 220, pp.263-278. </w:t>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 511, pp.140 - 152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2019.07.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2019.04.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03111907v1</w:t>
+                <w:t xml:space="preserve">hal-03111914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration of the maritime façade of Utica: The potential location of the Phoenician and Roman harbours</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Palaeogeographical and palaeoenvironmental reconstruction of the Medjerda delta (Tunisia) during the Holocene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pleuger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-Ph. Goiran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Pleuger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
+                <w:t xml:space="preserve">I. Mazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Abdelhakim Abichou</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2019.04.007⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 220, pp.263-278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2019.07.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02161800v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03111907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of the maritime façade of Utica: The potential location of the Phoenician and Roman harbours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">E. Pleuger</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Pleuger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-Ph Goiran</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hugo Delile</w:t>
+                <w:t xml:space="preserve">Ahmed Gadhoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Gadhoum</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Abichou</w:t>
+                <w:t xml:space="preserve">Abdelhakim Abichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 511, pp.140 - 152. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+              <w:t xml:space="preserve">, 2019, 511, pp.140-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quaint.2019.04.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03111914v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02161800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economic resilience of Carthage during the Punic Wars: Insights from sediments of the Medjerda delta around Utica (Tunisia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Pleuger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fagel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1834,51 +1834,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The contribution of geochemistry to ancient harbor geoarcheology: The example of Ostia Antica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1964,51 +1964,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duncan Keenan-Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Arnaud-Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2053,916 +2053,916 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01672991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale tectonic cycles in Europe revealed by distinct Pb isotope provinces</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’hydromorphologie, une dimension-clé pour l’étude interdisciplinaire des petits hydrosystèmes périurbains (bassin de l’Yzeron, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cin-Ty Lee</w:t>
+                <w:t xml:space="preserve">Laurent Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zofia Stos-Gale</w:t>
+                <w:t xml:space="preserve">Loic Grospretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kjell Billström</w:t>
+                <w:t xml:space="preserve">Pascal Breil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Namour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de la Société Géographique de Liège</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 67, pp.161-179</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03111919v1</w:t>
+                <w:t xml:space="preserve">hal-01354049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’hydromorphologie, une dimension-clé pour l’étude interdisciplinaire des petits hydrosystèmes périurbains (bassin de l’Yzeron, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Schmitt</w:t>
+                <w:t xml:space="preserve">Large-scale tectonic cycles in Europe revealed by distinct Pb isotope provinces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Grospretre</w:t>
+                <w:t xml:space="preserve">Cin-Ty Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Breil</w:t>
+                <w:t xml:space="preserve">Zofia Stos-Gale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Namour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michel Lafont</w:t>
+                <w:t xml:space="preserve">Kjell Billström</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Géographique de Liège</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (10), pp.3854-3864. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2016GC006524⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01354049v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03111919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human impact on Holocene sediment dynamics in the Eastern Mediterranean – the example of the Roman harbour of Ephesus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A geochemical and sedimentological perspective of the life cycle of Neapolis harbor (Naples, southern Italy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Delile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Goiran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Friederike Stock</w:t>
+                <w:t xml:space="preserve">F. Arnaud-Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Knipping</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hugo Delile</w:t>
+                <w:t xml:space="preserve">P. Romano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/esp.3914⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 150, pp.84-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2016.08.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01302641v1</w:t>
+                <w:t xml:space="preserve">hal-03111927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Headwater valley response to climate and land use changes during the Little Ice Age in the Massif Central (Yzeron basin, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Grosprêtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Privolt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geomorphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 257, pp.179-197. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.geomorph.2016.01.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01302648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A lead isotope perspective on urban development in ancient Naples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Human impact on Holocene sediment dynamics in the Eastern Mediterranean – the example of the Roman harbour of Ephesus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Friederike Stock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Knipping</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Pint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Ladstätter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Florent Arnaud-Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1600893113⟩</w:t>
+              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/esp.3914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03111924v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01302641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A geochemical and sedimentological perspective of the life cycle of Neapolis harbor (Naples, southern Italy)</w:t>
+                <w:t xml:space="preserve">A lead isotope perspective on urban development in ancient Naples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J.-P. Goiran</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duncan Keenan-Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Romano</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Arnaud-Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 150, pp.84-97. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 113 (22), pp.6148-6153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2016.08.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1600893113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03111927v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03111924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Geoarchaeology of Utica, Tunisia: The Paleogeography of the Mejerda Delta and Hypotheses Concerning the Location of the Ancient Harbor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhakim Abichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Gadhoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Pleuger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoarchaeology: An International Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 30 (4), pp.291-306. </w:t>
@@ -3038,64 +3038,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Friederike Stock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Arnaud-Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3218,239 +3218,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01099849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lead paleo-pollutions, witnesses of the socio-economic conditions of ancient Rome</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Geochemical investigation of a sediment core from the Trajan basin at Portus, the harbor of ancient Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Delile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Mazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Arnaud-Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/medsci/20143010004⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 87, pp.34 - 45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2014.01.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03111955v1</w:t>
+                <w:t xml:space="preserve">halshs-01099838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geochemical investigation of a sediment core from the Trajan basin at Portus, the harbor of ancient Rome</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lead paleo-pollutions, witnesses of the socio-economic conditions of ancient Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Delile</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 30 (10), pp.831-833. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/20143010004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2014.01.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-01099838v1</w:t>
+                <w:t xml:space="preserve">hal-03111955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lead in ancient Rome's city waters</w:t>
               </w:r>
@@ -3462,51 +3462,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Keay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3605,51 +3605,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferreol Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Keay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3734,51 +3734,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferréol Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Bravard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3863,77 +3863,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optically Stimulated Luminescence (OSL) dating of the sedimentation history of the Yzeron Basin (Chaudanne sub-catchment), Rhône Valley, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Preusser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Grosprêtre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 22 (1), pp.73 - 83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4363,717 +4363,717 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05310396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un plomb venu de loin : sources et acheminement du métal à Vienne durant la période romaine</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Archives environnementales et circulations anciennes des métaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude Métabolisme Urbain - Axe Environnement urbain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MSH Lyon-Saint-Etienne, Jun 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">Conférence Cycle Jean Pouilloux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison de l'Orient et de la Méditerranée, Dec 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05440192v1</w:t>
+                <w:t xml:space="preserve">hal-05440224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutations environnementales, urbaines et portuaires à Burgaz (Cnide, péninsule de Datça, Turquie)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un plomb venu de loin : sources et acheminement du métal à Vienne durant la période romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Heredia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guédron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gourlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Helly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les 45èmes Rencontres internationales d’Histoire et d’Archéologie de Nice Côte d’Azur. Océans, littoraux, îles et sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Nice, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude Métabolisme Urbain - Axe Environnement urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MSH Lyon-Saint-Etienne, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05440209v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05440192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le plomb dans les eaux du Rhône : persistance d’un héritage urbain plurimillénaire</w:t>
+                <w:t xml:space="preserve">Mutations environnementales, urbaines et portuaires à Burgaz (Cnide, péninsule de Datça, Turquie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Adrien Barra</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Leidwanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Brocard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude Métabolisme Urbain - Axe Environnement urbain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MSH Lyon-Saint-Etienne, Jun 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">Les 45èmes Rencontres internationales d’Histoire et d’Archéologie de Nice Côte d’Azur. Océans, littoraux, îles et sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05440202v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05440209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archives environnementales et circulations anciennes des métaux</w:t>
+                <w:t xml:space="preserve">Le plomb dans les eaux du Rhône : persistance d’un héritage urbain plurimillénaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Barra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Cycle Jean Pouilloux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maison de l'Orient et de la Méditerranée, Dec 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude Métabolisme Urbain - Axe Environnement urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MSH Lyon-Saint-Etienne, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05440224v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05440202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pollution au plomb et état sanitaire dans la Vienne antique : une approche isotopique</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Géoarchéologie du bassin portuaire primitif de l’Ancienne-Knidos (péninsule de Datça, sud-ouest de la Turquie).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Granier</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Brocard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Friederike Stock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude Métabolisme Urbain - Axe Environnement urbain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MSH Lyon-Saint-Etienne, Jun 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05440187v1</w:t>
+                <w:t xml:space="preserve">hal-05540580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géoarchéologie du bassin portuaire primitif de l’Ancienne-Knidos (péninsule de Datça, sud-ouest de la Turquie).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pollution au plomb et état sanitaire dans la Vienne antique : une approche isotopique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Heredia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gourlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Albarède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GMPCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude Métabolisme Urbain - Axe Environnement urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MSH Lyon-Saint-Etienne, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05540580v1</w:t>
+                <w:t xml:space="preserve">hal-05440187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du plomb anthropique dans les galeries souterraines de l’antique Lugdunum</w:t>
               </w:r>
@@ -5111,51 +5111,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Galeries Antiques de Lyon : Exploration et Restitution Informatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INSA, Nov 2025, Villeurbanne, France</w:t>
@@ -5348,51 +5348,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gaertner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5680,51 +5680,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iscia Codjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Approcher le métabolisme urbain par les sources archéologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MSH Lyon-Saint-Etienne / UMR 5600 EVS, Jun 2025, Lyon, France</w:t>
@@ -6411,299 +6411,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03934060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du signal des paléo-pollutions métalliques associé à la ville de Vienne depuis l'Antiquité dans les archives fluviales du couloir rhodanien. Réunion des Sciences de la Terre</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les pollutions romaines au cours du paléo-anthropocène : sources de contamination, récits historiques et perspectives de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre des Congrès de Rennes, Oct 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">Polluer : Conséquences des activités humaines sur l’environnement, de l’Antiquité à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journée d'étude M2 PRH Angers «, Apr 2023, Angers (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04375183v1</w:t>
+                <w:t xml:space="preserve">hal-04374983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production-Consommation-Rejets de polluants. Les traceurs urbains du paléo-anthropocènee</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude du signal des paléo-pollutions métalliques associé à la ville de Vienne depuis l'Antiquité dans les archives fluviales du couloir rhodanien. Réunion des Sciences de la Terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laura Chollet</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eau comme risque urbain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, H2O’Lyon - labex IMU, Université de Lyon, May 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre des Congrès de Rennes, Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04375220v1</w:t>
+                <w:t xml:space="preserve">hal-04375183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les pollutions romaines au cours du paléo-anthropocène : sources de contamination, récits historiques et perspectives de recherche</w:t>
+                <w:t xml:space="preserve">Production-Consommation-Rejets de polluants. Les traceurs urbains du paléo-anthropocènee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iscia Codjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Chollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polluer : Conséquences des activités humaines sur l’environnement, de l’Antiquité à nos jours</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Journée d'étude M2 PRH Angers «, Apr 2023, Angers (FR), France</w:t>
+              <w:t xml:space="preserve">Eau comme risque urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, H2O’Lyon - labex IMU, Université de Lyon, May 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04374983v1</w:t>
+                <w:t xml:space="preserve">hal-04375220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du signal des paléo-pollutions métalliques associé à la ville de Vienne depuis l'Antiquité</w:t>
               </w:r>
@@ -6758,51 +6758,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman ore sourcing and human exposure to metallurgy in the ancient city of Vienne (Isere, France) using lead and copper isotopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Heredia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra T. Gourlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7047,51 +7047,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panagiotis Athanasopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bjørn Lovén</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7127,523 +7127,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03845120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narbonne et son territoire. Exploitation, utilisation et rejets des matériaux polluants</w:t>
+                <w:t xml:space="preserve">Lechaion Harbour Project : enjeux et perspectives de l'étude géoarchéologique du principal port antique de Corinthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Sanchez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Cavero</w:t>
+                <w:t xml:space="preserve">Antoine Chabrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop studio IMU.2 PCR-AnthroPoTraces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Modéliser la morphologie et la dynamique des villes portuaires de la Méditerranée romaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Studio IMU.2 Ports romains, Jan 2022, Vaulx-en-Velin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03837417v1</w:t>
+                <w:t xml:space="preserve">hal-04375204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traçage multi-isotopique du plomb et de l’exposition humaine à l’époque romaine dans la ville antique de Vienne (Isère, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">L’exploitation et l’utilisation du plomb dans l’Antiquité et ses conséquences éventuelles sur la santé des populations : l’exemple de Vienne.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Labouré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Helly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Heredia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gourlan</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop studio IMU.2 PCR-AnthroPoTraces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">1847e journées de la Société d’Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03837422v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lechaion Harbour Project : enjeux et perspectives de l'étude géoarchéologique du principal port antique de Corinthe</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les paléo-pollutions au plomb dans les archives sédimentaires des ports antiques, un marqueur de la dynamique du tissu urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modéliser la morphologie et la dynamique des villes portuaires de la Méditerranée romaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Studio IMU.2 Ports romains, Jan 2022, Vaulx-en-Velin, France</w:t>
+              <w:t xml:space="preserve">Workshop studio IMU.2 PCR-AnthroPoTraces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04375204v1</w:t>
+                <w:t xml:space="preserve">hal-03837427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’exploitation et l’utilisation du plomb dans l’Antiquité et ses conséquences éventuelles sur la santé des populations : l’exemple de Vienne.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Granier</w:t>
+                <w:t xml:space="preserve">Traçage multi-isotopique du plomb et de l’exposition humaine à l’époque romaine dans la ville antique de Vienne (Isère, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Heredia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gourlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guédron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Helly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Gourlan</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1847e journées de la Société d’Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Workshop studio IMU.2 PCR-AnthroPoTraces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03837415v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les paléo-pollutions au plomb dans les archives sédimentaires des ports antiques, un marqueur de la dynamique du tissu urbain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Narbonne et son territoire. Exploitation, utilisation et rejets des matériaux polluants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cavero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop studio IMU.2 PCR-AnthroPoTraces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03837427v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche des archives de pollution au plomb conservées dans les tourbières de l’Est du Massif Central (Pilat et Haute Ardèche)</w:t>
               </w:r>
@@ -7655,51 +7655,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Barra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop studio IMU.2 PCR-AnthroPoTraces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7787,109 +7787,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03891673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels sont les stocks et les bilans des flux de matières en suspension et de contaminants dans le Rhône ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les paléo-pollutions métalliques archivées dans les vases portuaires pour reconstituer la dynamique du tissu urbain sur la longue durée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Technique de l’Observatoire des Sédiments du Rhône. 12 années de recherche pour la connaissance et la gestion hydro-sédimentaire du Rhône</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Graie; Observatoire des Sédiments du Rhône, Nov 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Workshop Studio IMU.2 Modéliser la morphologie et la dynamique des villes portuaires de la Méditerranée romaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03870166v1</w:t>
+                <w:t xml:space="preserve">hal-03837409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une lecture du statut économique des grands bassins fluviaux par l'évaluation de leur niveau de contamination aux micropolluants hérités</w:t>
               </w:r>
@@ -7994,96 +7981,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03837433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les paléo-pollutions métalliques archivées dans les vases portuaires pour reconstituer la dynamique du tissu urbain sur la longue durée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quels sont les stocks et les bilans des flux de matières en suspension et de contaminants dans le Rhône ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Studio IMU.2 Modéliser la morphologie et la dynamique des villes portuaires de la Méditerranée romaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, LYON, France</w:t>
+              <w:t xml:space="preserve">Journée Technique de l’Observatoire des Sédiments du Rhône. 12 années de recherche pour la connaissance et la gestion hydro-sédimentaire du Rhône</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Graie; Observatoire des Sédiments du Rhône, Nov 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03837409v1</w:t>
+                <w:t xml:space="preserve">hal-03870166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights on the Holocene environmental evolution of the ancient harbour of Lechaion (Corinth, Greece): the first results of an interdisciplinary project</w:t>
               </w:r>
@@ -8121,51 +8121,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panagiotis Athanasopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bjørn Lovén</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Under the Mediterranean II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Malta University / Honor Forst foundation, Nov 2022, La valette, Malta</w:t>
@@ -8188,497 +8188,497 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03934047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origine et devenir des stocks particulaires de contaminants hérités dans le continuum Rhône-Méditerranée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lead and copper isotopic tracing of human exposure and ore sources during Roman mining activities in the ancient city of Vienne (Isère, France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Heredia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gourlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Helly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier CNRS-IRSN sur les recherches transverses in situ</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Goldschmidt International Conference. Session 12a: Metal Isotope Systems in Biomedicine, Archeology, Anthropology and Beyond – Foundations and Future Horizons.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03837392v1</w:t>
+                <w:t xml:space="preserve">halshs-03563719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des dépôts de paléotunami à l'embouchure du Tibre (Ostia Antica, Italie) ?</w:t>
+                <w:t xml:space="preserve">La résilience économique de Carthage au cours des Guerres puniques : les enseignements des archives sédimentaires du delta de la Medjerda aux alentours d’Utique (Tunisie).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ferréol Salomon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">3e workshop du projet SfaxForward. Le patrimoine face à la pollution : Approche multidisciplinaire et comparative de la gestion des pollutions industrielles héritées en Méditerranée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03587838v1</w:t>
+                <w:t xml:space="preserve">hal-03837395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lead and copper isotopic tracing of human exposure and ore sources during Roman mining activities in the ancient city of Vienne (Isère, France).</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Granier</w:t>
+                <w:t xml:space="preserve">Evolution de la pollution métallique et du risque écotoxicologique le long du Rhône depuis 1960 : approche combinée à partir de données de suivi particulaire et d’archives sédimentaires datées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Dabrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bégorre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Coynel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt International Conference. Session 12a: Metal Isotope Systems in Biomedicine, Archeology, Anthropology and Beyond – Foundations and Future Horizons.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03563719v1</w:t>
+                <w:t xml:space="preserve">hal-03837402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution de la pollution métallique et du risque écotoxicologique le long du Rhône depuis 1960 : approche combinée à partir de données de suivi particulaire et d’archives sédimentaires datées</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des dépôts de paléotunami à l'embouchure du Tibre (Ostia Antica, Italie) ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Delile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferréol Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03837402v1</w:t>
+                <w:t xml:space="preserve">hal-03587838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La résilience économique de Carthage au cours des Guerres puniques : les enseignements des archives sédimentaires du delta de la Medjerda aux alentours d’Utique (Tunisie).</w:t>
+                <w:t xml:space="preserve">Origine et devenir des stocks particulaires de contaminants hérités dans le continuum Rhône-Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3e workshop du projet SfaxForward. Le patrimoine face à la pollution : Approche multidisciplinaire et comparative de la gestion des pollutions industrielles héritées en Méditerranée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Atelier CNRS-IRSN sur les recherches transverses in situ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03837395v1</w:t>
+                <w:t xml:space="preserve">hal-03837392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des dépôts de paléotunami à l'embouchure du Tibre (Ostia Antica, Italie) ?</w:t>
               </w:r>
@@ -8910,64 +8910,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Dabrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bégorre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Coynel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
@@ -9035,64 +9035,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Dabrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Coynel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bégorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CONTASED 2021 (2020 CoV postponed), 2nd International Conference on Contaminated Sediments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Bern (CH), Switzerland</w:t>
@@ -9134,90 +9134,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Palaeo-geography of the Medjerda delta and the lead palaeo-pollution trapped in the vicinity of Utica (Tunisia): first results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Pleuger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhakim Abichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Gadhoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Portuslimen: Rome’s Mediterranean Ports (RoMP) Workshop 4</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Rome, Italy</w:t>
@@ -9367,51 +9367,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Albarède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9449,103 +9449,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdisciplinary and interlocked spatial-temporal studies to enhance efficiency and sustainability of environmental management of streams impacted by urbanization (Yzeron catchment, city of Lyon, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Namour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Breil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Grospretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Symposium on Flash Floods in Wadi Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Casablanca, Morocco</w:t>
@@ -9574,103 +9574,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoarchaeology and palaeoenvironment of the Medjerda delta (Tunisia) during the Holocene: Evolution of the maritime façade of Utica and potential location for the Phoenician and Roman harbours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Pleuger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Mazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhakim Abichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Winter colloquium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Leipzig, Germany</w:t>
@@ -9725,51 +9725,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duncan Keenan-Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Portuslimen: Rome’s Mediterranean Ports (RoMP) Workshop 3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Rome, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9833,51 +9833,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duncan Keenan-Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Albarède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9945,64 +9945,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Friederike Stock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Bravard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10057,51 +10057,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONTRIBUTION DU SIG A LA RECONSTITUTION DES PROCESSUS DE PROGRADATION DE LA MAJERDA : quels enjeux pour le port d’Utique?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Bravard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10165,64 +10165,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Friederike Stock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Bravard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10264,90 +10264,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reading the geo-bioarchives of Ephesos: Human-environment interactions in Western Turkey during the last 8 millennia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Friederike Stock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Knipping</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Pint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Wulf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10389,90 +10389,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the Medjerda delta's palaeoenvironment: Evidence of an intense sedimentation event post 10th c. A.D. near the ancient city of Utica (Tunisia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Pleuger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhakim Abichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fagel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10510,90 +10510,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoarchaeology of the ancient city of Utica (Tunisia) and evolution of the Medjerda delta's palaeoenvironment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Pleuger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhakim Abichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fagel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10670,51 +10670,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Albarède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th European Association of Archaeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Pilsen, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10739,51 +10739,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contemporary channel adjustments in a periurban catchment in the frame of a long-term sediment cascade history (Yzeron, city of Lyon, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Grospretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10791,51 +10791,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Privolt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th IAG International Conference on Geomorphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAG, Aug 2013, Paris, France</w:t>
@@ -10903,51 +10903,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Mazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Arnaud-Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11296,51 +11296,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geochemical investigation of palaeo-pollutions in sedimentary archives of the ancient harbor of Rome (Tiber delta, Italy)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11408,77 +11408,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The record of human impact in the sedimentary record at Portus, the harbor of ancient Rome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Bravard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11555,51 +11555,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Albarède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11654,90 +11654,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles sont les caractéristiques hydro-géomorphologiques associées aux rivières péri-urbaines et comment quantifier le risque d’incision ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Grospretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Breil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Chocat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11792,77 +11792,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques des paysages et flux hydro-sédimentaires : le cas du bassin versant de l’Yzeron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Grospretre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre inter Zones Ateliers autour du paysage. Seconde journée d’étude ZABR-ZAL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11887,90 +11887,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles sont les caractéristiques hydro-géomorphologiques associées aux rivières péri-urbaines et comment quantifier le risque d’incision ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Grospretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Breil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Chocat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12064,51 +12064,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferréol Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Bravard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Portus Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Rome, Italy</w:t>
@@ -12219,103 +12219,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les formations superficielles en domaine continental : apport des nouvelles méthodes de datation. Applications aux stratigraphies locales et régionales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Preusser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Privolt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AFEQ, Rencontre datations. Les formations superficielles en domaine continental : apport des nouvelles méthodes de datation. Applications aux stratigraphies locales et régionales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Montpellier, France</w:t>
@@ -12389,77 +12389,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Old to New Knidos: Insights into Human-Environment Interplay Inferred from Harbor Sediments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Brocard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Friederike Stock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12574,51 +12574,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Lagouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25e colloque d’Archéométrie, GMPCA</w:t>
+              <w:t xml:space="preserve">25. Colloque d’Archéométrie, GMPCA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05440171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -12639,77 +12639,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géoarchéologie du bassin portuaire primitif de l’Ancienne-Knidos (péninsule de Datça, sud-ouest de la Turquie).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Brocard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Friederike Stock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13105,51 +13105,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Mazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Arnaud-Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13217,51 +13217,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Bravard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Oueslati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13511,51 +13511,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2007. OMEAA, une plateforme dédiée aux sciences environnementales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oldrich Navratil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13563,51 +13563,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Delunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50 histoires mondiales de la MOM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MOM Editions, pp.101-104, 2025</w:t>
@@ -13735,51 +13735,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developments in Geoarchaeological Research, Methodologies and Applications in Harbour Maritime Archaeology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Winnie May Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13873,51 +13873,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High chrono-stratigraphical resolution of the harbour sequence of Ostia: palaeo-depth of the basin, ship draught and dredging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferréol Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14278,77 +14278,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental, Urban, and Maritime Change at Burgaz in the Knidia (Turkey)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Leidwanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Brocard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janne Blichert-Toft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14537,51 +14537,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d'activité projet Partenariat Hubert Curien TOUBKAL 2022 Projet : Toubkal/21/132 -Campus France : 45924WJ : « ANALYSE SOCIO-ENVIRONNEMENTALE HOLOCÈNE D'UN TRANSECT LATITUDINAL ENTRE ZONE MÉDITERRANÉENNE DU MAROC ET le NO du SAHARA (28°-34°N) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larbi Boudad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14681,51 +14681,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Doucelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Contrat Territorial Loire et Affluents Vellaves. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14743,51 +14743,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport annuel de PCR inter-régional : Trajectoire(s) de l’hydrosystème Saône-Rhône au paléoanthropocène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Edouard Cossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15035,51 +15035,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Dabrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ENTPE; INRAE; CNRS. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -15585,64 +15585,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude morphosédimentaire des marges anciennes des secteurs de Péage-de-Roussillon et de Donzère. OSR4 | Action II.3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15975,51 +15975,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183857v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Delile" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leidwanger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Goiran" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blichert-Toft" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Stock" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109526" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942551v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Heredia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;dron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.T. Gourlan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Helly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109227" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282063v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chabrol" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouras" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Athanasopoulos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2023.107167" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589353v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;&#8208;marie Dendievel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anice Yari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miege" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.14511" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045769v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferr&#233;ol Salomon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2020.103268" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02971683v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Coynel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2020.106032" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111880v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Barra" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line B&#233;gorre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.106256" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733462v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dar&#237;o Bernal-Casasola" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; D&#237;az" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macarena Lara" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Dom&#237;nguez-Bella" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/sd-27-35-2020" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522024v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mi&#232;ge" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Coz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Poulier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2020.116067" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111907v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pleuger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Ph. Goiran" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mazzini" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abichou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2019.07.017" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNSTXN78-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02161800v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Pleuger" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goiran" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Gadhoum" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhakim Abichou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2019.04.007" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111914v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Ph Goiran" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gadhoum" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111905v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janne Blichert-Toft" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fagel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1821015116" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869227v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2018.06.019" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01672991v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duncan Keenan-Jones" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arnaud-Godet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1706334114" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111919v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cin-Ty Lee" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Stos-Gale" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kjell Billstr&#246;m" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GC006524" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354049v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schmitt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Grospretre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Breil" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Namour" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lafont" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01302641v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike Stock" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Knipping" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pint" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Ladst&#228;tter" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3914" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R6KR8Q28-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01302648v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Grospr&#234;tre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Privolt" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2016.01.010" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111924v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1600893113" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111927v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Arnaud-Godet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Romano" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2016.08.026" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01166837v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21514" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9647HFV4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099871v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2014.10.002" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099849v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20143010004" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111955v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099838v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Delile" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Mazzini" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Arnaud-Godet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2014.01.002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099828v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Keay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Albar&#232;de" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1400097111" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01233189v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bravard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferreol Salomon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.9754" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-1SJ28PR4-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099942v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099914v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Preusser" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.5877" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-MBR1F31P-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440204v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iscia Codjo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chollet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bigot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440179v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Terraz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chr&#233;tien Batiste" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Roman" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310396v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440192v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Heredia" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gourlan" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440209v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Leidwanger" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brocard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440202v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440224v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440187v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540580v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440217v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ducourthial" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332776v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thollet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepage" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440167v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaertner" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440212v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Flaux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440168v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203803v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440176v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lagouy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440214v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867204v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867160v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892384v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio L&#243;pez-Cilla" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; E. Ortiz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trinidad Torres" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis L&#243;pez Castro" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda S&#225;nchez-Palencia" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934060v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375183v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375220v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374983v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375324v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288913v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra T. Gourlan" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Helly" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837440v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845120v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn Lov&#233;n" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837417v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cavero" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837422v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375204v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chabrolle" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837415v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Labour&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837427v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837426v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891673v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870166v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837433v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837409v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934047v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837392v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587838v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03563719v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837402v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837395v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837403v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587864v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587902v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861930v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837253v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837314v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837284v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837300v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837245v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Mazzini" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837233v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837226v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837210v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099895v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837194v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099963v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Wulf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837166v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837157v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837107v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01372516v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Schmitt" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jacob" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099888v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837129v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099969v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain A. Bouchet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007GC001925" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837113v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouchet Bert  Manoz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837085v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099878v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Albarede" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837054v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845133v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chocat" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837010v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836998v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836979v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Winiarski" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836990v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836963v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Preusser" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440182v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440171v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440173v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288955v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854041v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374994v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237056v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237632v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oueslati" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abichou" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869998v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Camenen" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58165/osr-g471" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530540v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oldrich Navratil" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delunel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867299v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/ecologie-environnement-sciences-de-la-terre/urban-geoarchaeology/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03616455v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winnie May Chan" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benech" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Vitale" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Riddick" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/propylaeum.910.c12051" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836792v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vittori" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonatan Christiansen" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journalofromanarch.com/supplements/S104.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917989v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917983v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917968v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024899v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808621v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Kurzaj" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Collet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Deberge" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374966v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Boudad" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Elamrani" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Saadi" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Segaoui" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374878v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Doucelin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374937v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Edouard Cossart" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressard" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Chaize" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291035v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gruat" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293125v2" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293153v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mathon" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bretier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Dherret" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312630v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lagouy" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03126156v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03126148v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749274v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dezileau" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01084909v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183857v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Delile" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leidwanger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Goiran" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blichert-Toft" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Stock" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109526" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942551v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Heredia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;dron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.T. Gourlan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Helly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109227" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282063v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chabrol" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouras" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Athanasopoulos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2023.107167" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589353v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;&#8208;marie Dendievel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anice Yari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miege" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.14511" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045769v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferr&#233;ol Salomon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2020.103268" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111880v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Barra" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line B&#233;gorre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.106256" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02971683v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Coynel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2020.106032" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733462v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dar&#237;o Bernal-Casasola" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; D&#237;az" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macarena Lara" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Dom&#237;nguez-Bella" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/sd-27-35-2020" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522024v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mi&#232;ge" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Coz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Poulier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2020.116067" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111914v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pleuger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Ph Goiran" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gadhoum" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abichou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2019.04.007" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111907v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Ph. Goiran" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mazzini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2019.07.017" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNSTXN78-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02161800v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Pleuger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goiran" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Gadhoum" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhakim Abichou" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111905v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janne Blichert-Toft" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fagel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1821015116" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869227v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2018.06.019" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01672991v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duncan Keenan-Jones" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arnaud-Godet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1706334114" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354049v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schmitt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Grospretre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Breil" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Namour" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lafont" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111919v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cin-Ty Lee" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Stos-Gale" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kjell Billstr&#246;m" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GC006524" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111927v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Arnaud-Godet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Romano" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2016.08.026" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01302648v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Grospr&#234;tre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Privolt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2016.01.010" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01302641v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike Stock" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Knipping" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pint" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Ladst&#228;tter" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3914" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R6KR8Q28-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111924v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1600893113" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01166837v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21514" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9647HFV4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099871v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2014.10.002" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099849v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20143010004" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099838v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Delile" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Mazzini" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Arnaud-Godet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2014.01.002" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111955v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099828v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Keay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Albar&#232;de" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1400097111" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01233189v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bravard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferreol Salomon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.9754" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-1SJ28PR4-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099942v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099914v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Preusser" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.5877" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-MBR1F31P-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440204v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iscia Codjo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chollet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bigot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440179v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Terraz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chr&#233;tien Batiste" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Roman" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310396v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440224v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440192v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Heredia" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gourlan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440209v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Leidwanger" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brocard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440202v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540580v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440187v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440217v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ducourthial" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332776v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thollet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepage" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440167v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaertner" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440212v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Flaux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440168v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203803v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440176v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lagouy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440214v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867204v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867160v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892384v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio L&#243;pez-Cilla" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; E. Ortiz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trinidad Torres" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis L&#243;pez Castro" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda S&#225;nchez-Palencia" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934060v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374983v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375183v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375220v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375324v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288913v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra T. Gourlan" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Helly" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837440v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845120v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn Lov&#233;n" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375204v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chabrolle" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837415v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Labour&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837427v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837422v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837417v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cavero" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837426v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891673v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837409v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837433v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870166v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934047v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03563719v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837395v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837402v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587838v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837392v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837403v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587864v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587902v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861930v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837253v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837314v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837284v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837300v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837245v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Mazzini" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837233v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837226v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837210v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099895v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837194v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099963v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Wulf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837166v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837157v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837107v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01372516v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Schmitt" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jacob" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099888v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837129v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099969v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain A. Bouchet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007GC001925" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837113v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouchet Bert  Manoz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837085v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01099878v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Albarede" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837054v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845133v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chocat" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837010v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836998v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836979v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Winiarski" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836990v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836963v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Preusser" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440182v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440171v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440173v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288955v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854041v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374994v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237056v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237632v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oueslati" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abichou" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869998v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Camenen" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58165/osr-g471" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530540v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oldrich Navratil" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delunel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867299v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/ecologie-environnement-sciences-de-la-terre/urban-geoarchaeology/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03616455v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winnie May Chan" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benech" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Vitale" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Riddick" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/propylaeum.910.c12051" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836792v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vittori" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonatan Christiansen" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journalofromanarch.com/supplements/S104.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917989v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917983v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917968v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024899v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808621v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Kurzaj" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Collet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Deberge" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374966v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Boudad" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Elamrani" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Saadi" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Segaoui" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374878v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Doucelin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374937v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Edouard Cossart" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressard" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Chaize" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291035v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gruat" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293125v2" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293153v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mathon" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bretier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Dherret" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312630v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lagouy" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03126156v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03126148v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749274v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dezileau" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01084909v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>